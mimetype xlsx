--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -1,148 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Labor PMC\7. Qualitätskontrollen\Interne QC\AFIAS-Spezifisch\MAU Boditech Control\MAU Control MACOVY71\Zielwert\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5A62935B-8BFD-48B6-B726-F5511F14B4C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4821CC12-9E97-4C85-8EF1-54E6E342577D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dokumentationshilfe" sheetId="1" r:id="rId1"/>
     <sheet name="Zielwerte im A4-Format" sheetId="4" r:id="rId2"/>
     <sheet name="Rechnungshilfen" sheetId="5" state="hidden" r:id="rId3"/>
     <sheet name="Qualabtoleranzen&amp;Einheiten" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="Hilfstabelle" sheetId="2" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Dokumentationshilfe!$A$1:$BD$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Dokumentationshilfe!$A$1:$BD$73</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Dokumentationshilfe!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D25" i="5" l="1"/>
+  <c r="G20" i="5" l="1"/>
+  <c r="D24" i="5"/>
   <c r="G26" i="5"/>
   <c r="D26" i="5"/>
-  <c r="F15" i="5" a="1"/>
-  <c r="F15" i="5" s="1"/>
   <c r="G23" i="5"/>
   <c r="G25" i="5" s="1"/>
   <c r="G22" i="5"/>
   <c r="G21" i="5"/>
-  <c r="G20" i="5"/>
-  <c r="D24" i="5"/>
+  <c r="M11" i="5"/>
+  <c r="M10" i="5"/>
+  <c r="M9" i="5"/>
+  <c r="I11" i="5"/>
+  <c r="I10" i="5"/>
+  <c r="I9" i="5"/>
+  <c r="X11" i="2"/>
+  <c r="X10" i="2"/>
+  <c r="X9" i="2"/>
+  <c r="X8" i="2"/>
+  <c r="X7" i="2"/>
+  <c r="X6" i="2"/>
+  <c r="F15" i="5" a="1"/>
+  <c r="F15" i="5" s="1"/>
+  <c r="I8" i="5"/>
+  <c r="I7" i="5"/>
+  <c r="I6" i="5"/>
   <c r="D23" i="5"/>
   <c r="D22" i="5"/>
   <c r="D21" i="5"/>
   <c r="D20" i="5"/>
-  <c r="X8" i="2"/>
-[...1 lines deleted...]
-  <c r="X6" i="2"/>
+  <c r="G15" i="5"/>
+  <c r="M8" i="5"/>
   <c r="M7" i="5"/>
-  <c r="M8" i="5"/>
   <c r="M6" i="5"/>
-  <c r="I8" i="5"/>
-[...2 lines deleted...]
-  <c r="G15" i="5"/>
   <c r="E5" i="5"/>
   <c r="F5" i="5" s="1"/>
   <c r="C7" i="5" s="1"/>
-  <c r="G24" i="5" l="1"/>
-[...4 lines deleted...]
-  <c r="N6" i="1"/>
+  <c r="B13" i="4"/>
+  <c r="B12" i="4"/>
+  <c r="B11" i="4"/>
   <c r="B10" i="4"/>
   <c r="B9" i="4"/>
   <c r="B8" i="4"/>
   <c r="F5" i="4"/>
   <c r="D5" i="4"/>
   <c r="B5" i="4"/>
   <c r="B2" i="4"/>
+  <c r="G24" i="5" l="1"/>
   <c r="AM4" i="1"/>
   <c r="E832" i="2"/>
   <c r="E833" i="2"/>
   <c r="E834" i="2"/>
   <c r="E835" i="2"/>
   <c r="E836" i="2"/>
   <c r="E837" i="2"/>
   <c r="E838" i="2"/>
   <c r="E839" i="2"/>
   <c r="E840" i="2"/>
   <c r="E841" i="2"/>
   <c r="E842" i="2"/>
   <c r="E792" i="2"/>
   <c r="E793" i="2"/>
   <c r="E794" i="2"/>
   <c r="E795" i="2"/>
   <c r="E796" i="2"/>
   <c r="E797" i="2"/>
   <c r="E798" i="2"/>
   <c r="E799" i="2"/>
   <c r="E800" i="2"/>
   <c r="E801" i="2"/>
   <c r="E802" i="2"/>
   <c r="E803" i="2"/>
   <c r="E804" i="2"/>
@@ -673,219 +683,290 @@
   <c r="E214" i="2"/>
   <c r="E215" i="2"/>
   <c r="E216" i="2"/>
   <c r="E217" i="2"/>
   <c r="E218" i="2"/>
   <c r="E219" i="2"/>
   <c r="E220" i="2"/>
   <c r="E221" i="2"/>
   <c r="E222" i="2"/>
   <c r="E223" i="2"/>
   <c r="E224" i="2"/>
   <c r="E225" i="2"/>
   <c r="E226" i="2"/>
   <c r="E227" i="2"/>
   <c r="E191" i="2"/>
   <c r="E192" i="2"/>
   <c r="E193" i="2"/>
   <c r="E194" i="2"/>
   <c r="E195" i="2"/>
   <c r="E196" i="2"/>
   <c r="E197" i="2"/>
   <c r="E198" i="2"/>
   <c r="E199" i="2"/>
   <c r="E231" i="2"/>
   <c r="E203" i="2"/>
-  <c r="E147" i="2"/>
-  <c r="E120" i="2"/>
   <c r="E121" i="2"/>
   <c r="E122" i="2"/>
   <c r="E123" i="2"/>
   <c r="E124" i="2"/>
   <c r="E125" i="2"/>
   <c r="E126" i="2"/>
   <c r="E127" i="2"/>
   <c r="E128" i="2"/>
   <c r="E129" i="2"/>
   <c r="E130" i="2"/>
   <c r="E131" i="2"/>
   <c r="E132" i="2"/>
   <c r="E133" i="2"/>
   <c r="E134" i="2"/>
   <c r="E135" i="2"/>
   <c r="E136" i="2"/>
   <c r="E137" i="2"/>
   <c r="E138" i="2"/>
   <c r="E139" i="2"/>
   <c r="E140" i="2"/>
   <c r="E141" i="2"/>
   <c r="E142" i="2"/>
   <c r="E143" i="2"/>
   <c r="E92" i="2"/>
-  <c r="E93" i="2"/>
-[...10 lines deleted...]
-  <c r="E104" i="2"/>
   <c r="E105" i="2"/>
   <c r="E106" i="2"/>
   <c r="E107" i="2"/>
   <c r="E108" i="2"/>
   <c r="E109" i="2"/>
   <c r="E110" i="2"/>
   <c r="E111" i="2"/>
   <c r="E112" i="2"/>
   <c r="E113" i="2"/>
   <c r="E114" i="2"/>
   <c r="E115" i="2"/>
   <c r="E91" i="2"/>
+  <c r="E63" i="2"/>
+  <c r="E35" i="2"/>
   <c r="AX5" i="1"/>
   <c r="AF5" i="1"/>
   <c r="E73" i="2"/>
   <c r="E74" i="2"/>
   <c r="E79" i="2"/>
   <c r="E80" i="2"/>
   <c r="E81" i="2"/>
   <c r="E82" i="2"/>
   <c r="E83" i="2"/>
   <c r="E84" i="2"/>
   <c r="E85" i="2"/>
   <c r="E86" i="2"/>
   <c r="E49" i="2"/>
   <c r="E50" i="2"/>
   <c r="E51" i="2"/>
   <c r="E52" i="2"/>
   <c r="E53" i="2"/>
   <c r="E54" i="2"/>
   <c r="E55" i="2"/>
   <c r="E56" i="2"/>
   <c r="E57" i="2"/>
   <c r="E58" i="2"/>
   <c r="E59" i="2"/>
-  <c r="E19" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="E21" i="2"/>
+  <c r="E21" i="2" l="1"/>
   <c r="E22" i="2"/>
   <c r="E23" i="2"/>
   <c r="E24" i="2"/>
   <c r="E25" i="2"/>
   <c r="E26" i="2"/>
   <c r="E27" i="2"/>
   <c r="E28" i="2"/>
   <c r="E29" i="2"/>
   <c r="E30" i="2"/>
   <c r="E31" i="2"/>
+  <c r="N5" i="1"/>
   <c r="E148" i="2" l="1"/>
   <c r="E149" i="2"/>
   <c r="E150" i="2"/>
   <c r="E151" i="2"/>
-  <c r="E152" i="2"/>
-  <c r="E153" i="2"/>
   <c r="E155" i="2"/>
   <c r="E156" i="2"/>
   <c r="E157" i="2"/>
   <c r="E158" i="2"/>
-  <c r="E159" i="2"/>
   <c r="E160" i="2"/>
   <c r="E161" i="2"/>
   <c r="E162" i="2"/>
   <c r="E163" i="2"/>
   <c r="E164" i="2"/>
   <c r="E165" i="2"/>
   <c r="E166" i="2"/>
   <c r="E168" i="2"/>
   <c r="E169" i="2"/>
   <c r="E170" i="2"/>
   <c r="AB11" i="1" a="1"/>
   <c r="AB11" i="1" s="1"/>
   <c r="A4" i="1"/>
+  <c r="AK48" i="1"/>
+  <c r="AT46" i="1"/>
+  <c r="AY45" i="1" a="1"/>
+  <c r="AY45" i="1" s="1"/>
+  <c r="AN45" i="1" s="1"/>
+  <c r="AK45" i="1"/>
+  <c r="AY43" i="1"/>
+  <c r="AV43" i="1" a="1"/>
+  <c r="AV43" i="1" s="1"/>
+  <c r="AT47" i="1" s="1" a="1"/>
+  <c r="AT47" i="1" s="1"/>
+  <c r="AX42" i="1"/>
+  <c r="AX41" i="1"/>
+  <c r="S48" i="1"/>
+  <c r="AB46" i="1"/>
+  <c r="AG45" i="1" a="1"/>
+  <c r="AG45" i="1" s="1"/>
+  <c r="V45" i="1" s="1"/>
+  <c r="S45" i="1"/>
+  <c r="AG43" i="1"/>
+  <c r="AB47" i="1" a="1"/>
+  <c r="AB47" i="1" s="1"/>
+  <c r="AF42" i="1"/>
+  <c r="AF41" i="1"/>
+  <c r="A48" i="1"/>
+  <c r="J46" i="1"/>
+  <c r="O45" i="1" a="1"/>
+  <c r="O45" i="1" s="1"/>
+  <c r="D45" i="1" s="1"/>
+  <c r="A45" i="1"/>
+  <c r="O43" i="1"/>
+  <c r="J47" i="1" a="1"/>
+  <c r="J47" i="1" s="1"/>
+  <c r="N42" i="1"/>
+  <c r="N41" i="1"/>
   <c r="AK12" i="1"/>
   <c r="AT10" i="1"/>
   <c r="AY9" i="1" a="1"/>
   <c r="AY9" i="1" s="1"/>
   <c r="AN9" i="1" s="1"/>
   <c r="AK9" i="1"/>
   <c r="AY7" i="1"/>
   <c r="AV7" i="1" a="1"/>
   <c r="AV7" i="1" s="1"/>
   <c r="AT11" i="1" s="1" a="1"/>
   <c r="AT11" i="1" s="1"/>
   <c r="AX6" i="1"/>
   <c r="S12" i="1"/>
   <c r="AB10" i="1"/>
   <c r="AG9" i="1" a="1"/>
   <c r="AG9" i="1" s="1"/>
   <c r="V9" i="1" s="1"/>
   <c r="S9" i="1"/>
-  <c r="G8" i="4"/>
+  <c r="AG7" i="1"/>
+  <c r="AF6" i="1"/>
+  <c r="O7" i="1"/>
+  <c r="G8" i="4" s="1"/>
+  <c r="N6" i="1"/>
   <c r="A9" i="1"/>
   <c r="O9" i="1" a="1"/>
   <c r="O9" i="1" s="1"/>
   <c r="D9" i="1" s="1"/>
-  <c r="C9" i="4" l="1"/>
+  <c r="C11" i="4" l="1"/>
+  <c r="L9" i="5"/>
+  <c r="C12" i="4"/>
+  <c r="L10" i="5"/>
+  <c r="C13" i="4"/>
+  <c r="L11" i="5"/>
+  <c r="C9" i="4"/>
   <c r="L7" i="5"/>
   <c r="C10" i="4"/>
   <c r="L8" i="5"/>
+  <c r="B46" i="1"/>
+  <c r="G11" i="4"/>
+  <c r="T46" i="1"/>
+  <c r="G12" i="4"/>
+  <c r="AL46" i="1"/>
+  <c r="G13" i="4"/>
+  <c r="AL10" i="1"/>
+  <c r="G10" i="4"/>
   <c r="T10" i="1"/>
   <c r="G9" i="4"/>
-  <c r="AL10" i="1"/>
-  <c r="G10" i="4"/>
+  <c r="H47" i="1"/>
   <c r="J11" i="1" a="1"/>
   <c r="J11" i="1" s="1"/>
   <c r="D7" i="1"/>
+  <c r="D47" i="1"/>
+  <c r="P47" i="1"/>
   <c r="E843" i="2"/>
-  <c r="E119" i="2"/>
+  <c r="AZ47" i="1"/>
+  <c r="AV47" i="1"/>
+  <c r="AP47" i="1"/>
+  <c r="AX47" i="1"/>
+  <c r="AR47" i="1"/>
+  <c r="AN47" i="1"/>
+  <c r="E147" i="2" s="1"/>
+  <c r="AH47" i="1"/>
+  <c r="AD47" i="1"/>
+  <c r="AF47" i="1"/>
+  <c r="Z47" i="1"/>
+  <c r="V47" i="1"/>
+  <c r="E120" i="2" s="1"/>
+  <c r="X47" i="1"/>
+  <c r="N47" i="1"/>
+  <c r="F47" i="1"/>
+  <c r="L47" i="1"/>
   <c r="AZ11" i="1"/>
   <c r="AV11" i="1"/>
   <c r="AP11" i="1"/>
   <c r="AX11" i="1"/>
   <c r="AR11" i="1"/>
   <c r="AN11" i="1"/>
-  <c r="E63" i="2" s="1"/>
   <c r="AH11" i="1"/>
   <c r="AD11" i="1"/>
   <c r="X11" i="1"/>
   <c r="AF11" i="1"/>
   <c r="Z11" i="1"/>
   <c r="V11" i="1"/>
-  <c r="E35" i="2" s="1"/>
+  <c r="AN43" i="1"/>
+  <c r="V43" i="1"/>
+  <c r="D43" i="1"/>
   <c r="AN7" i="1"/>
   <c r="V7" i="1"/>
   <c r="B10" i="1"/>
-  <c r="C8" i="4" l="1"/>
+  <c r="E104" i="2" l="1"/>
+  <c r="E103" i="2"/>
+  <c r="E102" i="2"/>
+  <c r="E101" i="2"/>
+  <c r="E100" i="2"/>
+  <c r="E99" i="2"/>
+  <c r="E98" i="2"/>
+  <c r="E97" i="2"/>
+  <c r="E96" i="2"/>
+  <c r="E95" i="2"/>
+  <c r="E94" i="2"/>
+  <c r="E93" i="2"/>
+  <c r="C8" i="4"/>
   <c r="L6" i="5"/>
+  <c r="D13" i="4"/>
+  <c r="D11" i="4"/>
+  <c r="E87" i="2"/>
+  <c r="D10" i="4"/>
+  <c r="E119" i="2"/>
+  <c r="D12" i="4"/>
   <c r="E48" i="2"/>
   <c r="D9" i="4"/>
-  <c r="E87" i="2"/>
-  <c r="D10" i="4"/>
   <c r="E830" i="2"/>
   <c r="E831" i="2"/>
   <c r="E829" i="2"/>
   <c r="E828" i="2"/>
   <c r="E827" i="2"/>
   <c r="E826" i="2"/>
   <c r="E825" i="2"/>
   <c r="E824" i="2"/>
   <c r="E822" i="2"/>
   <c r="E823" i="2"/>
   <c r="E820" i="2"/>
   <c r="E821" i="2"/>
   <c r="E819" i="2"/>
   <c r="E189" i="2"/>
   <c r="E190" i="2"/>
   <c r="E188" i="2"/>
   <c r="E187" i="2"/>
   <c r="E186" i="2"/>
   <c r="E184" i="2"/>
   <c r="E185" i="2"/>
   <c r="E183" i="2"/>
   <c r="E181" i="2"/>
   <c r="E182" i="2"/>
   <c r="E179" i="2"/>
   <c r="E180" i="2"/>
@@ -902,130 +983,147 @@
   <c r="E70" i="2"/>
   <c r="E72" i="2"/>
   <c r="E65" i="2"/>
   <c r="E67" i="2"/>
   <c r="E69" i="2"/>
   <c r="E71" i="2"/>
   <c r="E75" i="2"/>
   <c r="E46" i="2"/>
   <c r="E47" i="2"/>
   <c r="E45" i="2"/>
   <c r="E43" i="2"/>
   <c r="E44" i="2"/>
   <c r="E41" i="2"/>
   <c r="E42" i="2"/>
   <c r="E39" i="2"/>
   <c r="E40" i="2"/>
   <c r="E37" i="2"/>
   <c r="E38" i="2"/>
   <c r="E36" i="2"/>
   <c r="N11" i="1"/>
   <c r="F11" i="1"/>
   <c r="L11" i="1"/>
   <c r="H11" i="1"/>
   <c r="P11" i="1"/>
   <c r="D11" i="1"/>
+  <c r="AV44" i="1"/>
+  <c r="E153" i="2" s="1"/>
+  <c r="AD44" i="1"/>
+  <c r="L44" i="1"/>
   <c r="AV8" i="1"/>
   <c r="AD8" i="1"/>
   <c r="L8" i="1"/>
   <c r="A12" i="1"/>
   <c r="J10" i="1"/>
-  <c r="E7" i="2" l="1"/>
+  <c r="E19" i="2" l="1"/>
+  <c r="E20" i="2"/>
+  <c r="E159" i="2"/>
+  <c r="E152" i="2"/>
+  <c r="E7" i="2"/>
   <c r="D8" i="4"/>
   <c r="E17" i="2"/>
   <c r="E18" i="2"/>
   <c r="E15" i="2"/>
   <c r="E16" i="2"/>
   <c r="E13" i="2"/>
   <c r="E14" i="2"/>
   <c r="E8" i="2"/>
   <c r="E10" i="2"/>
   <c r="E12" i="2"/>
   <c r="E9" i="2"/>
   <c r="E11" i="2"/>
   <c r="E171" i="2"/>
   <c r="E167" i="2"/>
   <c r="E154" i="2"/>
+  <c r="AY44" i="1"/>
+  <c r="AN44" i="1"/>
+  <c r="AG44" i="1"/>
+  <c r="V44" i="1"/>
+  <c r="O44" i="1"/>
+  <c r="D44" i="1"/>
   <c r="AY8" i="1"/>
   <c r="AN8" i="1"/>
   <c r="AG8" i="1"/>
   <c r="V8" i="1"/>
   <c r="O8" i="1"/>
   <c r="D8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1008" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1054" uniqueCount="270">
   <si>
     <t>Toleranzbreite QUALAB</t>
   </si>
   <si>
     <t>Einheit</t>
   </si>
   <si>
     <t>-3s</t>
   </si>
   <si>
     <t>-2s</t>
   </si>
   <si>
     <t>-1s</t>
   </si>
   <si>
     <t>+1s</t>
   </si>
   <si>
     <t>+2s</t>
   </si>
   <si>
     <t>+3s</t>
   </si>
   <si>
     <t>Toleranzbreite Hersteller</t>
+  </si>
+  <si>
+    <t>Test</t>
   </si>
   <si>
     <t>Datum/Kürzel</t>
   </si>
   <si>
     <t>Zahlenfolge</t>
   </si>
   <si>
     <t>-3s (rote Linie)</t>
   </si>
   <si>
     <t>-2s (organge linie)</t>
   </si>
   <si>
     <t>-1s (grüne Linie)</t>
   </si>
   <si>
     <t>Zielwert (MW) scharze linie)</t>
   </si>
   <si>
     <t>+1s (grüne linie)</t>
   </si>
   <si>
     <t>+2s (orange linie)</t>
   </si>
@@ -1042,50 +1140,53 @@
     <t>1 1</t>
   </si>
   <si>
     <t>1 2</t>
   </si>
   <si>
     <t>1 3</t>
   </si>
   <si>
     <t>2 1</t>
   </si>
   <si>
     <t xml:space="preserve">Kontrolle: </t>
   </si>
   <si>
     <t xml:space="preserve">Gerät:                                </t>
   </si>
   <si>
     <t xml:space="preserve">Lot: </t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t xml:space="preserve">Verfall: </t>
+  </si>
+  <si>
+    <t>Level / Lot</t>
   </si>
   <si>
     <t>Dropdownfelder</t>
   </si>
   <si>
     <t>Eine Vorlage zur Zielwertüberwachung</t>
   </si>
   <si>
     <t>Eine Vorlage zur Zielwertermittlung</t>
   </si>
   <si>
     <t>Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe</t>
   </si>
   <si>
     <t>Spalte1</t>
   </si>
   <si>
     <t>Auswahl</t>
   </si>
   <si>
     <t xml:space="preserve">Runden auf: </t>
   </si>
   <si>
     <t>0 Komastellen</t>
   </si>
@@ -1147,53 +1248,50 @@
     <t>aPTT</t>
   </si>
   <si>
     <t>ALT</t>
   </si>
   <si>
     <t>GPT</t>
   </si>
   <si>
     <t>ALB</t>
   </si>
   <si>
     <t>Albumin</t>
   </si>
   <si>
     <t>g/l</t>
   </si>
   <si>
     <t>alk. Phos</t>
   </si>
   <si>
     <t>ALP</t>
   </si>
   <si>
     <t>Amylase</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">AMYL </t>
   </si>
   <si>
     <t>AST</t>
   </si>
   <si>
     <t>GOT</t>
   </si>
   <si>
     <t>AST/GOT</t>
   </si>
   <si>
     <t>ALT/GPT</t>
   </si>
   <si>
     <t>TBIL</t>
   </si>
   <si>
     <t>Bilirubin total</t>
   </si>
   <si>
     <t xml:space="preserve">Bilirubin  </t>
   </si>
   <si>
     <t>µmol/l</t>
   </si>
@@ -1647,221 +1745,276 @@
   <si>
     <t>=WENN(NICHT($V$4="Eine Vorlage zur Zielwertermittlung");"";WENN(UND(B13:B37="";$V$4="Eine Vorlage zur Zielwertermittlung");"----------";RUNDEN(MITTELWERT(B13:B37);WENN(B12="0 Komastellen";0;WENN(B12="1 Komastelle";1;WENN(B12="2 Komastellen";2;WENN(B12="3 Komastellen";3;1)))))))</t>
   </si>
   <si>
     <t>Fabian</t>
   </si>
   <si>
     <t>kg</t>
   </si>
   <si>
     <t>MAU</t>
   </si>
   <si>
     <t>Mikroalbumin</t>
   </si>
   <si>
     <t>Microalbumin</t>
   </si>
   <si>
     <t>Zielwert</t>
   </si>
   <si>
     <t>Toleranzbereich (+/- 3s)</t>
   </si>
   <si>
-    <t>Hersteller VK %</t>
+    <t>Rechner: kritische Differenz (Gibt es eine signifikante (=methodenunabhängige) Messwertdifferenz)</t>
   </si>
   <si>
-    <t>Calcium</t>
-[...3 lines deleted...]
-FDC 10%</t>
+    <t>Kalibrationsfaktoren berechnen</t>
   </si>
   <si>
     <t>1. Messwert</t>
   </si>
   <si>
     <t>2. Messwert</t>
   </si>
   <si>
     <t>Differenz Messung</t>
   </si>
   <si>
     <t>kritische Differenz</t>
   </si>
   <si>
+    <t>manuelle Eingabe VK(%)</t>
+  </si>
+  <si>
+    <t>Bitte Wählen (Hämatologie oder Klinische Chemie):</t>
+  </si>
+  <si>
+    <t>Aktueller Kalibrationsfaktor</t>
+  </si>
+  <si>
+    <t>gemesserner Wert</t>
+  </si>
+  <si>
+    <t>Zielwert der Kontrolle</t>
+  </si>
+  <si>
+    <t>neuer Kalibrationsfaktor</t>
+  </si>
+  <si>
     <t>Bewertung:</t>
   </si>
   <si>
-    <t>manuelle Eingabe VK(%)</t>
+    <t>Einheitenrechner:</t>
+  </si>
+  <si>
+    <t>Konzentration:</t>
+  </si>
+  <si>
+    <t>bisherige Einheit:</t>
+  </si>
+  <si>
+    <t>gewünschte Einheit:</t>
+  </si>
+  <si>
+    <t>Umrechnung:</t>
+  </si>
+  <si>
+    <t>Statistische Angaben zu den Messwerten:</t>
+  </si>
+  <si>
+    <t>Parameterauswahl:</t>
+  </si>
+  <si>
+    <t>Hersteller VK %</t>
   </si>
   <si>
     <t>Infos für manuelle VK Eingabe</t>
   </si>
   <si>
-    <t>Einheitenrechner:</t>
+    <t>Calcium</t>
+  </si>
+  <si>
+    <t>Afias 9%
+FDC 10%</t>
+  </si>
+  <si>
+    <t>Statistische Messwerte Parameterauswahl</t>
+  </si>
+  <si>
+    <t>Einheitenrechner: Hilfstabelle</t>
+  </si>
+  <si>
+    <t>Einheitenauswahl</t>
   </si>
   <si>
     <t>Vorher Einheit</t>
   </si>
   <si>
     <t>Nacher Einheit</t>
   </si>
   <si>
     <t>Konvertierungsfaktor</t>
   </si>
   <si>
     <t>kg/l</t>
   </si>
   <si>
     <t>ug/l</t>
   </si>
   <si>
+    <t>Kalibrationsfaktoren</t>
+  </si>
+  <si>
     <t>pg/l</t>
   </si>
   <si>
+    <t xml:space="preserve">     Hämatologie (Proportionales Verhältnis)</t>
+  </si>
+  <si>
     <t>g/ml</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Klinische Chemie (Umgekehrt Proportionales Verhältnis)</t>
   </si>
   <si>
     <t>mg/ml</t>
   </si>
   <si>
     <t>ug/ml</t>
   </si>
   <si>
     <t>pg/ml</t>
-  </si>
-[...43 lines deleted...]
-    <t xml:space="preserve">     Klinische Chemie (Umgekehrt Proportionales Verhältnis)</t>
   </si>
   <si>
     <t>Text für krit Diff Rechner</t>
   </si>
   <si>
     <t xml:space="preserve">Liegt der gemessene Wert im Bereich von </t>
   </si>
   <si>
     <t xml:space="preserve">  bis  </t>
   </si>
   <si>
     <t>, gibt es keinen signifikanten Unterschied zwischen den Messwerten. Wenn die gemessene Differenz kleiner als die kritische Differenz ist, kann aufgrund der erwarteten Messungenauigkeit des Analysesystems nicht sicher zwischen den Werten unterschieden werden.</t>
   </si>
   <si>
-    <t>Statistische Messwerte Parameterauswahl</t>
-[...8 lines deleted...]
-    <t>Parameterauswahl:</t>
+    <t>Es gibt keinen signifikanten Unterschied zwischen den Messwerten. Wenn die Differenz der Messwerte kleiner als die kritische Differenz ist, kann aufgrund der erwarteten Messungenauigkeit des Analysesystems nicht zwischen den Werten unterschieden werden.</t>
   </si>
   <si>
     <t>Es handelt sich sehr wahrscheinlich um zwei verschiedene Messwerte. Die Werte unterscheiden sich signifikant. Wenn die gemessene Differenz größer als die kritische Differenz ist, kann der Unterschied nicht allein durch die Messungenauigkeit des Analysesystems erklärt werden. Es kann somit davon ausgegangen werden, dass es sich tatsächlich um zwei verschiedene Werte handelt.</t>
   </si>
   <si>
-    <t>Es gibt keinen signifikanten Unterschied zwischen den Messwerten. Wenn die Differenz der Messwerte kleiner als die kritische Differenz ist, kann aufgrund der erwarteten Messungenauigkeit des Analysesystems nicht zwischen den Werten unterschieden werden.</t>
+    <t>AMYL</t>
   </si>
   <si>
     <t>Bemerkungen:</t>
-  </si>
-[...4 lines deleted...]
-    <t>Level / Lot</t>
   </si>
   <si>
     <t>AFIAS Boditech</t>
   </si>
   <si>
     <t>MAU Control</t>
   </si>
   <si>
-    <t>Level 1</t>
+    <t>MACOVY71</t>
   </si>
   <si>
-    <t>Level 2</t>
+    <r>
+      <t xml:space="preserve">Level 1 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Lot: MAVFA33X</t>
+    </r>
   </si>
   <si>
-    <t>MACOVY71</t>
+    <r>
+      <t xml:space="preserve">Level 2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Lot: MAVFA33X</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Level 1</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 
+Lot: MAVYA36X</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Level 2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Lot: MAVYA36X</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
-    <numFmt numFmtId="165" formatCode="####################################0.##############################"/>
+    <numFmt numFmtId="165" formatCode="####################################0.0##############################"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1869,63 +2022,63 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
+      <sz val="22"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="22"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
@@ -2010,112 +2163,114 @@
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-      <sz val="9"/>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.39994506668294322"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59996337778862885"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14996795556505021"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="87">
+  <borders count="90">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
@@ -2583,90 +2738,78 @@
     <border>
       <left/>
       <right/>
       <top style="thick">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="thick">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right/>
-      <top/>
-[...5 lines deleted...]
-      <right style="thick">
+      <top style="medium">
         <color auto="1"/>
-      </right>
-[...10 lines deleted...]
-      <bottom style="thick">
+      </top>
+      <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
-      <bottom style="thick">
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color auto="1"/>
       </right>
-      <top/>
-      <bottom style="thick">
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
@@ -2679,145 +2822,249 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...35 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
@@ -2826,376 +3073,324 @@
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right/>
+      <top/>
+      <bottom style="thick">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right/>
       <top style="thick">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thick">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="thick">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right style="thick">
+      <left style="thin">
         <color auto="1"/>
-      </right>
+      </left>
+      <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right style="thick">
         <color auto="1"/>
-      </left>
-      <right/>
+      </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
-      <right style="thin">
-[...121 lines deleted...]
-      </left>
       <right/>
       <top style="medium">
-        <color auto="1"/>
-[...11 lines deleted...]
-      <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="32" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="220">
+  <cellXfs count="228">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -3212,50 +3407,59 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -3270,568 +3474,600 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="20" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="48" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="49" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="50" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="51" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="55" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="56" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="56" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="7" borderId="57" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="58" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="59" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="59" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="60" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="64" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="64" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="65" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="66" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="68" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="69" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="70" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="71" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="49" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="50" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="77" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="78" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="68" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="80" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="51" xfId="2" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="84" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="7" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="8" borderId="65" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="65" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="72" xfId="2" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="70" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="79" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="55" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="87" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="62" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="88" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="8" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="89" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...125 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="16" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="16" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="16" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="16" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="17" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="17" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+      <alignment horizontal="left" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+      <alignment horizontal="left" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+      <alignment horizontal="right" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+      <alignment horizontal="right" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="85" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="64" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="86" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="69" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="69" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="43" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="44" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="45" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="81" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="82" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="83" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="50" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="50" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="52" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="53" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="54" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="7" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="7" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="67" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="7" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="62" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="7" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="72" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="7" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="73" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="74" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="75" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="76" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
-    </xf>
-[...20 lines deleted...]
-      <alignment horizontal="right" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Komma" xfId="2" builtinId="3"/>
+  <cellStyles count="4">
+    <cellStyle name="Komma 2" xfId="3" xr:uid="{C1AE93F3-E8AD-49E0-A299-CEEFF4ED9D31}"/>
     <cellStyle name="Prozent" xfId="1" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
+    <cellStyle name="Standard 2" xfId="2" xr:uid="{26884428-0A0F-4A8D-868B-1E76288DA920}"/>
   </cellStyles>
-  <dxfs count="120">
+  <dxfs count="219">
+    <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
@@ -4041,75 +4277,137 @@
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="13" formatCode="0%"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="13" formatCode="0%"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
         <patternFill>
-          <bgColor theme="6" tint="0.59996337778862885"/>
+          <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="lightUp">
           <fgColor theme="0" tint="-0.24994659260841701"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="6" tint="0.59996337778862885"/>
+          <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="lightUp">
           <fgColor theme="0" tint="-0.24994659260841701"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
@@ -4120,50 +4418,117 @@
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom/>
+      </border>
     </dxf>
     <dxf>
       <border>
         <right style="hair">
           <color auto="1"/>
         </right>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -4315,67 +4680,259 @@
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="3" tint="0.79998168889431442"/>
+          <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="hair">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <vertical/>
         <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <bottom/>
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="hair">
           <color auto="1"/>
         </right>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="hair">
           <color auto="1"/>
         </right>
@@ -4404,78 +4961,922 @@
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="lightUp">
           <fgColor theme="0" tint="-0.24994659260841701"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="hair">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -4490,60 +5891,165 @@
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color auto="1"/>
         </right>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom/>
+      </border>
     </dxf>
     <dxf>
       <border>
         <right style="hair">
           <color auto="1"/>
         </right>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
@@ -4695,294 +6201,50 @@
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor rgb="FFFFC000"/>
-[...242 lines deleted...]
-        <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
@@ -5097,50 +6359,111 @@
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="hair">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="hair">
           <color auto="1"/>
         </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="1" tint="0.499984740745262"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="hair">
           <color auto="1"/>
         </right>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
@@ -5159,101 +6482,170 @@
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="1"/>
       </font>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="lightUp">
           <fgColor theme="0" tint="-0.24994659260841701"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="lightUp">
           <fgColor theme="0" tint="-0.24994659260841701"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="lightUp">
           <fgColor theme="0" tint="-0.24994659260841701"/>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.24994659260841701"/>
+          <bgColor theme="0" tint="-4.9989318521683403E-2"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="6" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
@@ -10210,335 +11602,5405 @@
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="0">
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.78740157499999996" l="0.7" r="0.7" t="0.78740157499999996" header="0.3" footer="0.3"/>
     <c:pageSetup orientation="portrait"/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
+<file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="de-DE"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="2.2734509694798174E-3"/>
+          <c:y val="1.5930530964013749E-2"/>
+          <c:w val="0.99635985885573208"/>
+          <c:h val="0.98301521071600029"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:scatterChart>
+        <c:scatterStyle val="lineMarker"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>-1s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$H$7:$H$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:v>-2s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFC000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$G$7:$G$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:v>-3s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$F$7:$F$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:v>+1s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$J$7:$J$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="6"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:v>+2s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFC000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$K$7:$K$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="7"/>
+          <c:order val="5"/>
+          <c:tx>
+            <c:v>+3s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$L$7:$L$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>7</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000005-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="6"/>
+          <c:tx>
+            <c:v>X</c:v>
+          </c:tx>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$I$7:$I$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="7"/>
+          <c:tx>
+            <c:v>Messwerte</c:v>
+          </c:tx>
+          <c:marker>
+            <c:symbol val="circle"/>
+            <c:size val="6"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="9525"/>
+            </c:spPr>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$E$91:$E$115</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$91:$D$115</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000007-45B3-4B0C-A35C-92D01C22A25F}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:axId val="84320256"/>
+        <c:axId val="84322176"/>
+      </c:scatterChart>
+      <c:valAx>
+        <c:axId val="84320256"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="8"/>
+          <c:min val="0"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="t"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="none"/>
+        <c:spPr>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash val="sysDash"/>
+          </a:ln>
+        </c:spPr>
+        <c:crossAx val="84322176"/>
+        <c:crossesAt val="0"/>
+        <c:crossBetween val="midCat"/>
+        <c:majorUnit val="1"/>
+      </c:valAx>
+      <c:valAx>
+        <c:axId val="84322176"/>
+        <c:scaling>
+          <c:orientation val="maxMin"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="none"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </c:spPr>
+        <c:crossAx val="84320256"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="midCat"/>
+        <c:majorUnit val="1"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="0">
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.78740157499999996" l="0.7" r="0.7" t="0.78740157499999996" header="0.3" footer="0.3"/>
+    <c:pageSetup orientation="portrait"/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="de-DE"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="1.1466222643713825E-2"/>
+          <c:y val="0"/>
+          <c:w val="0.98322567816202466"/>
+          <c:h val="1"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:scatterChart>
+        <c:scatterStyle val="lineMarker"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>-1s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$H$7:$H$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:v>-2s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFC000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$G$7:$G$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:v>-3s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$F$7:$F$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:v>+1s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$J$7:$J$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="6"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:v>+2s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFC000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$K$7:$K$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="7"/>
+          <c:order val="5"/>
+          <c:tx>
+            <c:v>+3s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$L$7:$L$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>7</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000005-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="6"/>
+          <c:tx>
+            <c:v>X</c:v>
+          </c:tx>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$I$7:$I$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="7"/>
+          <c:tx>
+            <c:v>Messwerte</c:v>
+          </c:tx>
+          <c:marker>
+            <c:symbol val="circle"/>
+            <c:size val="6"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="9525"/>
+            </c:spPr>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$E$119:$E$143</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$119:$D$143</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000007-F15B-4829-A29E-D3AD52788A14}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:axId val="84369792"/>
+        <c:axId val="84371712"/>
+      </c:scatterChart>
+      <c:valAx>
+        <c:axId val="84369792"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="8"/>
+          <c:min val="0"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="t"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="none"/>
+        <c:spPr>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash val="sysDash"/>
+          </a:ln>
+        </c:spPr>
+        <c:crossAx val="84371712"/>
+        <c:crossesAt val="0"/>
+        <c:crossBetween val="midCat"/>
+        <c:majorUnit val="1"/>
+      </c:valAx>
+      <c:valAx>
+        <c:axId val="84371712"/>
+        <c:scaling>
+          <c:orientation val="maxMin"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="none"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </c:spPr>
+        <c:crossAx val="84369792"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="midCat"/>
+        <c:majorUnit val="1"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="0">
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.78740157499999996" l="0.7" r="0.7" t="0.78740157499999996" header="0.3" footer="0.3"/>
+    <c:pageSetup orientation="portrait"/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="de-DE"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="2.2733501347693662E-3"/>
+          <c:y val="0"/>
+          <c:w val="0.99772673966912906"/>
+          <c:h val="1"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:scatterChart>
+        <c:scatterStyle val="lineMarker"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>-1s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$H$7:$H$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:v>-2s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFC000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$G$7:$G$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:v>-3s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$F$7:$F$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="5"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:v>+1s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$J$7:$J$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="6"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:v>+2s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFC000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$K$7:$K$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="7"/>
+          <c:order val="5"/>
+          <c:tx>
+            <c:v>+3s</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$L$7:$L$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>7</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000005-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="6"/>
+          <c:tx>
+            <c:v>X</c:v>
+          </c:tx>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$I$7:$I$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$7:$D$31</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000006-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="7"/>
+          <c:tx>
+            <c:v>Messwerte</c:v>
+          </c:tx>
+          <c:marker>
+            <c:symbol val="circle"/>
+            <c:size val="6"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ln w="9525"/>
+            </c:spPr>
+          </c:marker>
+          <c:xVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$E$147:$E$171</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:xVal>
+          <c:yVal>
+            <c:numRef>
+              <c:f>Hilfstabelle!$D$147:$D$171</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="25"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>25</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:yVal>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000007-630C-481F-811D-7BD137365069}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:axId val="88921984"/>
+        <c:axId val="88944640"/>
+      </c:scatterChart>
+      <c:valAx>
+        <c:axId val="88921984"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+          <c:max val="8"/>
+          <c:min val="0"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="t"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="none"/>
+        <c:spPr>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash val="sysDash"/>
+          </a:ln>
+        </c:spPr>
+        <c:crossAx val="88944640"/>
+        <c:crossesAt val="0"/>
+        <c:crossBetween val="midCat"/>
+        <c:majorUnit val="1"/>
+      </c:valAx>
+      <c:valAx>
+        <c:axId val="88944640"/>
+        <c:scaling>
+          <c:orientation val="maxMin"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln>
+              <a:noFill/>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="none"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </c:spPr>
+        <c:crossAx val="88921984"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="midCat"/>
+        <c:majorUnit val="1"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="0">
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.78740157499999996" l="0.7" r="0.7" t="0.78740157499999996" header="0.3" footer="0.3"/>
+    <c:pageSetup orientation="portrait"/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
-[...42 lines deleted...]
-  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>29267</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>107497</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>193771</xdr:colOff>
-      <xdr:row>39</xdr:row>
-      <xdr:rowOff>34459</xdr:rowOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>90488</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>47</xdr:col>
+      <xdr:colOff>158050</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>56</xdr:col>
+      <xdr:colOff>2931</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>361950</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Grafik 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11721400" y="47625"/>
+          <a:ext cx="2511881" cy="704850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>43961</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>117022</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>35</xdr:col>
       <xdr:colOff>193771</xdr:colOff>
-      <xdr:row>39</xdr:row>
-      <xdr:rowOff>106457</xdr:rowOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="36" name="Diagramm 35">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000024000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>38</xdr:col>
       <xdr:colOff>19742</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>7181</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>54</xdr:col>
-      <xdr:colOff>66771</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>64914</xdr:rowOff>
+      <xdr:colOff>69946</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>120943</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="37" name="Diagramm 36">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000025000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="absolute">
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>50718</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>97971</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>147598</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="38" name="Diagramm 37">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000026000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="absolute">
+    <xdr:from>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>29117</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>58924</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>35</xdr:col>
+      <xdr:colOff>188517</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>125427</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="39" name="Diagramm 38">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000027000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="absolute">
+    <xdr:from>
+      <xdr:col>38</xdr:col>
+      <xdr:colOff>54483</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>36942</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>54</xdr:col>
+      <xdr:colOff>57290</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>134951</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="46" name="Diagramm 45">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002E000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>6</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>838200</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>19051</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>1502231</xdr:colOff>
+      <xdr:colOff>1492706</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>119409</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA07683F-56C1-4870-A593-9465275AAFA8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89A7A91A-19E7-4676-9E25-D292B613E403}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4267200" y="104776"/>
           <a:ext cx="1502231" cy="424208"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:alpha val="61000"/>
           </a:schemeClr>
         </a:solidFill>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{59B453A0-B1BA-4DF8-90E2-37D6834C2D68}" name="Tabelle4" displayName="Tabelle4" ref="B5:G201" totalsRowShown="0">
-  <autoFilter ref="B5:G201" xr:uid="{59B453A0-B1BA-4DF8-90E2-37D6834C2D68}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{B8E25281-88D9-48FB-84E9-E2C809E22CE5}" name="Tabelle46" displayName="Tabelle46" ref="B5:G201" totalsRowShown="0">
+  <autoFilter ref="B5:G201" xr:uid="{B8E25281-88D9-48FB-84E9-E2C809E22CE5}"/>
   <tableColumns count="6">
-    <tableColumn id="1" xr3:uid="{E9F8E1F5-6978-43B2-9C4B-7147BBC87A7F}" name="Parameter" dataDxfId="16"/>
-[...4 lines deleted...]
-    <tableColumn id="6" xr3:uid="{302C4874-B8E1-48A5-9602-B897EF0F8960}" name="Infos für manuelle VK Eingabe"/>
+    <tableColumn id="1" xr3:uid="{5D3D8CB4-9D77-47CD-BA49-D17BFED65ABD}" name="Parameter" dataDxfId="18"/>
+    <tableColumn id="2" xr3:uid="{59B22583-81B7-4A1D-A326-B08B881A4C72}" name="Qualabtoleranz" dataDxfId="17"/>
+    <tableColumn id="3" xr3:uid="{76921229-A9FC-4ED5-8067-99B992139DF6}" name="Herstellertoleranz" dataDxfId="16"/>
+    <tableColumn id="4" xr3:uid="{59CCD0C8-6B96-4341-AE7C-F1C80F4C3270}" name="Einheit " dataDxfId="15"/>
+    <tableColumn id="5" xr3:uid="{4F42A865-88F1-4ED7-9467-1B1EA1484D77}" name="Hersteller VK %"/>
+    <tableColumn id="6" xr3:uid="{994D3421-C292-4236-94DD-21E5B9334012}" name="Infos für manuelle VK Eingabe"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A097AC96-663D-4F95-8E08-B3756FF016CB}" name="Tabelle1" displayName="Tabelle1" ref="Q6:Q9" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
-  <autoFilter ref="Q6:Q9" xr:uid="{A097AC96-663D-4F95-8E08-B3756FF016CB}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{ED86DE10-AF89-430C-85B0-83AA3B699A9E}" name="Tabelle17" displayName="Tabelle17" ref="Q6:Q9" totalsRowShown="0" headerRowDxfId="14" dataDxfId="13">
+  <autoFilter ref="Q6:Q9" xr:uid="{ED86DE10-AF89-430C-85B0-83AA3B699A9E}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{6B9400A4-1C7F-45E7-8FF2-4BC7B4ACAD65}" name="Spalte1" dataDxfId="10"/>
+    <tableColumn id="1" xr3:uid="{B30DB705-0700-4BF8-AB0C-AF5CB25E41BD}" name="Spalte1" dataDxfId="12"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{AD968933-D034-4F77-A989-B236BDEA0DB9}" name="Tabelle2" displayName="Tabelle2" ref="Q12:Q17" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-  <autoFilter ref="Q12:Q17" xr:uid="{AD968933-D034-4F77-A989-B236BDEA0DB9}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{F4A98236-B612-4103-8659-106C6CEFD33F}" name="Tabelle28" displayName="Tabelle28" ref="Q12:Q17" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10">
+  <autoFilter ref="Q12:Q17" xr:uid="{F4A98236-B612-4103-8659-106C6CEFD33F}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{CEB7BD47-4169-4D5D-8F00-CCF7E22BBA25}" name="Runden auf: " dataDxfId="7"/>
+    <tableColumn id="1" xr3:uid="{15413E9B-5E87-419B-BA2A-716383922853}" name="Runden auf: " dataDxfId="9"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{6B89DABE-03D4-4389-950C-C6BF57CA3B92}" name="Tabelle3" displayName="Tabelle3" ref="Q20:Q23" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-  <autoFilter ref="Q20:Q23" xr:uid="{6B89DABE-03D4-4389-950C-C6BF57CA3B92}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{DE0318A8-5AEB-4DC3-BCED-45F485CFE159}" name="Tabelle39" displayName="Tabelle39" ref="Q20:Q23" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="Q20:Q23" xr:uid="{DE0318A8-5AEB-4DC3-BCED-45F485CFE159}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{9AB434B0-6C7A-4851-9192-702B3A4D66EC}" name="Verwendeter Zielwert" dataDxfId="4"/>
+    <tableColumn id="1" xr3:uid="{30A79CA8-AC18-4C30-873E-619AB9F50A10}" name="Verwendeter Zielwert" dataDxfId="6"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{2601078F-6F15-47F0-84CF-97AD42398F06}" name="Tabelle5" displayName="Tabelle5" ref="S12:S17" totalsRowShown="0" headerRowDxfId="3" dataDxfId="2">
-  <autoFilter ref="S12:S17" xr:uid="{2601078F-6F15-47F0-84CF-97AD42398F06}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{6D175C87-1FC2-470E-B372-314774B94250}" name="Tabelle5" displayName="Tabelle5" ref="S12:S17" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4">
+  <autoFilter ref="S12:S17" xr:uid="{6D175C87-1FC2-470E-B372-314774B94250}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{740F77EB-A97A-4F7E-A56E-423EFB1E5F7A}" name="Kalibrationsfaktoren" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{B4C15B1F-9529-4432-8642-FD3418CF796A}" name="Kalibrationsfaktoren" dataDxfId="3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{9EA7957A-555A-4B9F-9858-347A079FA54A}" name="Tabelle6" displayName="Tabelle6" ref="X4:X37" totalsRowShown="0" headerRowDxfId="0">
-  <autoFilter ref="X4:X37" xr:uid="{9EA7957A-555A-4B9F-9858-347A079FA54A}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{4D5A884D-94FC-4334-9DA1-85BF693A99D9}" name="Tabelle6" displayName="Tabelle6" ref="X4:X37" totalsRowShown="0" headerRowDxfId="2">
+  <autoFilter ref="X4:X37" xr:uid="{4D5A884D-94FC-4334-9DA1-85BF693A99D9}"/>
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{355C833A-38D2-476F-A978-39A42D162C18}" name="Statistische Messwerte Parameterauswahl"/>
+    <tableColumn id="1" xr3:uid="{CB43D808-D4AA-4470-ACDE-0B152D72F586}" name="Statistische Messwerte Parameterauswahl"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -10844,8302 +17306,11115 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BD38"/>
+  <dimension ref="A1:BD76"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="T16" sqref="T16"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A40" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="T49" sqref="T49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="16" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="16" customWidth="1"/>
     <col min="3" max="3" width="3.42578125" style="16" customWidth="1"/>
     <col min="4" max="17" width="2.5703125" style="16" customWidth="1"/>
     <col min="18" max="18" width="3.7109375" style="16" customWidth="1"/>
     <col min="19" max="19" width="13.42578125" style="16" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="16" customWidth="1"/>
     <col min="21" max="21" width="3.42578125" style="16" customWidth="1"/>
     <col min="22" max="35" width="2.5703125" style="16" customWidth="1"/>
     <col min="36" max="36" width="3.7109375" style="16" customWidth="1"/>
     <col min="37" max="37" width="13.42578125" style="16" customWidth="1"/>
     <col min="38" max="38" width="7.7109375" style="16" customWidth="1"/>
     <col min="39" max="39" width="3.42578125" style="16" customWidth="1"/>
     <col min="40" max="53" width="2.5703125" style="16" customWidth="1"/>
     <col min="54" max="54" width="1.7109375" style="16" customWidth="1"/>
     <col min="55" max="16384" width="11.42578125" style="16"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:56" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="161" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="162" t="s">
+      <c r="A1" s="155" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="156"/>
+      <c r="C1" s="156" t="s">
         <v>263</v>
       </c>
-      <c r="D1" s="162"/>
-[...42 lines deleted...]
-      <c r="AU1" s="15"/>
+      <c r="D1" s="156"/>
+      <c r="E1" s="156"/>
+      <c r="F1" s="156"/>
+      <c r="G1" s="156"/>
+      <c r="H1" s="156"/>
+      <c r="I1" s="156"/>
+      <c r="J1" s="156"/>
+      <c r="K1" s="156"/>
+      <c r="L1" s="156"/>
+      <c r="M1" s="156"/>
+      <c r="N1" s="156"/>
+      <c r="O1" s="156"/>
+      <c r="P1" s="156"/>
+      <c r="Q1" s="156"/>
+      <c r="R1" s="156"/>
+      <c r="S1" s="156"/>
+      <c r="T1" s="156"/>
+      <c r="U1" s="156"/>
+      <c r="V1" s="156"/>
+      <c r="W1" s="156"/>
+      <c r="X1" s="156"/>
+      <c r="Y1" s="156"/>
+      <c r="Z1" s="156"/>
+      <c r="AA1" s="156"/>
+      <c r="AB1" s="156"/>
+      <c r="AC1" s="156"/>
+      <c r="AD1" s="156"/>
+      <c r="AE1" s="156"/>
+      <c r="AF1" s="156"/>
+      <c r="AG1" s="156"/>
+      <c r="AH1" s="156"/>
+      <c r="AI1" s="156"/>
+      <c r="AJ1" s="156"/>
+      <c r="AK1" s="156"/>
+      <c r="AL1" s="156"/>
+      <c r="AM1" s="156"/>
+      <c r="AN1" s="156"/>
+      <c r="AO1" s="156"/>
+      <c r="AP1" s="156"/>
+      <c r="AQ1" s="156"/>
+      <c r="AR1" s="156"/>
+      <c r="AS1" s="156"/>
+      <c r="AT1" s="156"/>
+      <c r="AU1" s="174"/>
       <c r="AV1" s="15"/>
       <c r="AW1" s="15"/>
       <c r="AX1" s="15"/>
       <c r="AY1" s="15"/>
       <c r="AZ1" s="15"/>
       <c r="BA1" s="15"/>
     </row>
     <row r="2" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="163"/>
-[...45 lines deleted...]
-      <c r="AU2" s="15"/>
+      <c r="A2" s="157"/>
+      <c r="B2" s="158"/>
+      <c r="C2" s="158"/>
+      <c r="D2" s="158"/>
+      <c r="E2" s="158"/>
+      <c r="F2" s="158"/>
+      <c r="G2" s="158"/>
+      <c r="H2" s="158"/>
+      <c r="I2" s="158"/>
+      <c r="J2" s="158"/>
+      <c r="K2" s="158"/>
+      <c r="L2" s="158"/>
+      <c r="M2" s="158"/>
+      <c r="N2" s="158"/>
+      <c r="O2" s="158"/>
+      <c r="P2" s="158"/>
+      <c r="Q2" s="158"/>
+      <c r="R2" s="158"/>
+      <c r="S2" s="158"/>
+      <c r="T2" s="158"/>
+      <c r="U2" s="158"/>
+      <c r="V2" s="158"/>
+      <c r="W2" s="158"/>
+      <c r="X2" s="158"/>
+      <c r="Y2" s="158"/>
+      <c r="Z2" s="158"/>
+      <c r="AA2" s="158"/>
+      <c r="AB2" s="158"/>
+      <c r="AC2" s="158"/>
+      <c r="AD2" s="158"/>
+      <c r="AE2" s="158"/>
+      <c r="AF2" s="158"/>
+      <c r="AG2" s="158"/>
+      <c r="AH2" s="158"/>
+      <c r="AI2" s="158"/>
+      <c r="AJ2" s="158"/>
+      <c r="AK2" s="158"/>
+      <c r="AL2" s="158"/>
+      <c r="AM2" s="158"/>
+      <c r="AN2" s="158"/>
+      <c r="AO2" s="158"/>
+      <c r="AP2" s="158"/>
+      <c r="AQ2" s="158"/>
+      <c r="AR2" s="158"/>
+      <c r="AS2" s="158"/>
+      <c r="AT2" s="158"/>
+      <c r="AU2" s="175"/>
       <c r="AV2" s="15"/>
       <c r="AW2" s="15"/>
       <c r="AX2" s="15"/>
       <c r="AY2" s="15"/>
       <c r="AZ2" s="15"/>
       <c r="BA2" s="15"/>
     </row>
     <row r="3" spans="1:56" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="165" t="s">
-[...3 lines deleted...]
-      <c r="C3" s="166" t="s">
+      <c r="A3" s="159" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="160"/>
+      <c r="C3" s="161" t="s">
         <v>264</v>
       </c>
-      <c r="D3" s="166"/>
-[...38 lines deleted...]
-      <c r="AK3" s="171">
+      <c r="D3" s="161"/>
+      <c r="E3" s="161"/>
+      <c r="F3" s="161"/>
+      <c r="G3" s="161"/>
+      <c r="H3" s="161"/>
+      <c r="I3" s="161"/>
+      <c r="J3" s="161"/>
+      <c r="K3" s="161"/>
+      <c r="L3" s="161"/>
+      <c r="M3" s="161"/>
+      <c r="N3" s="161"/>
+      <c r="O3" s="161"/>
+      <c r="P3" s="161"/>
+      <c r="Q3" s="161"/>
+      <c r="R3" s="122"/>
+      <c r="S3" s="122" t="s">
+        <v>27</v>
+      </c>
+      <c r="T3" s="161" t="s">
+        <v>265</v>
+      </c>
+      <c r="U3" s="161"/>
+      <c r="V3" s="161"/>
+      <c r="W3" s="161"/>
+      <c r="X3" s="161"/>
+      <c r="Y3" s="161"/>
+      <c r="Z3" s="161"/>
+      <c r="AA3" s="161"/>
+      <c r="AB3" s="161"/>
+      <c r="AC3" s="161"/>
+      <c r="AD3" s="161"/>
+      <c r="AE3" s="161"/>
+      <c r="AF3" s="160" t="s">
+        <v>29</v>
+      </c>
+      <c r="AG3" s="160"/>
+      <c r="AH3" s="160"/>
+      <c r="AI3" s="160"/>
+      <c r="AJ3" s="160"/>
+      <c r="AK3" s="176">
         <v>46325</v>
       </c>
-      <c r="AL3" s="171"/>
-[...8 lines deleted...]
-      <c r="AU3" s="57"/>
+      <c r="AL3" s="176"/>
+      <c r="AM3" s="176"/>
+      <c r="AN3" s="176"/>
+      <c r="AO3" s="176"/>
+      <c r="AP3" s="176"/>
+      <c r="AQ3" s="176"/>
+      <c r="AR3" s="176"/>
+      <c r="AS3" s="176"/>
+      <c r="AT3" s="176"/>
+      <c r="AU3" s="177"/>
       <c r="AV3" s="17"/>
       <c r="AW3" s="17"/>
       <c r="AX3" s="17"/>
       <c r="AY3" s="17"/>
       <c r="AZ3" s="17"/>
       <c r="BA3" s="17"/>
     </row>
     <row r="4" spans="1:56" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="160" t="str">
+      <c r="A4" s="154" t="str">
         <f>IF(V4="","Welche Art von Vorlage wird benötigt? Wählen Sie im orangen Feld (rechts) aus.","")</f>
         <v/>
       </c>
-      <c r="B4" s="160"/>
-[...37 lines deleted...]
-      <c r="AM4" s="122" t="str">
+      <c r="B4" s="154"/>
+      <c r="C4" s="154"/>
+      <c r="D4" s="154"/>
+      <c r="E4" s="154"/>
+      <c r="F4" s="154"/>
+      <c r="G4" s="154"/>
+      <c r="H4" s="154"/>
+      <c r="I4" s="154"/>
+      <c r="J4" s="154"/>
+      <c r="K4" s="154"/>
+      <c r="L4" s="154"/>
+      <c r="M4" s="154"/>
+      <c r="N4" s="154"/>
+      <c r="O4" s="154"/>
+      <c r="P4" s="154"/>
+      <c r="Q4" s="154"/>
+      <c r="R4" s="154"/>
+      <c r="S4" s="154"/>
+      <c r="T4" s="154"/>
+      <c r="U4" s="154"/>
+      <c r="V4" s="153" t="s">
+        <v>33</v>
+      </c>
+      <c r="W4" s="153"/>
+      <c r="X4" s="153"/>
+      <c r="Y4" s="153"/>
+      <c r="Z4" s="153"/>
+      <c r="AA4" s="153"/>
+      <c r="AB4" s="153"/>
+      <c r="AC4" s="153"/>
+      <c r="AD4" s="153"/>
+      <c r="AE4" s="153"/>
+      <c r="AF4" s="153"/>
+      <c r="AG4" s="153"/>
+      <c r="AH4" s="153"/>
+      <c r="AI4" s="153"/>
+      <c r="AJ4" s="153"/>
+      <c r="AK4" s="153"/>
+      <c r="AM4" s="164" t="str">
         <f>IF($V$4="","Nach jedem Gebrauch eine neue Vorlage öffnen -&gt; Speichern unter","")</f>
         <v/>
       </c>
-      <c r="AN4" s="122"/>
-[...14 lines deleted...]
-      <c r="BC4" s="122"/>
+      <c r="AN4" s="164"/>
+      <c r="AO4" s="164"/>
+      <c r="AP4" s="164"/>
+      <c r="AQ4" s="164"/>
+      <c r="AR4" s="164"/>
+      <c r="AS4" s="164"/>
+      <c r="AT4" s="164"/>
+      <c r="AU4" s="164"/>
+      <c r="AV4" s="164"/>
+      <c r="AW4" s="164"/>
+      <c r="AX4" s="164"/>
+      <c r="AY4" s="164"/>
+      <c r="AZ4" s="164"/>
+      <c r="BA4" s="164"/>
+      <c r="BB4" s="164"/>
+      <c r="BC4" s="164"/>
     </row>
     <row r="5" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="155" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="156"/>
+      <c r="A5" s="147" t="s">
+        <v>210</v>
+      </c>
+      <c r="B5" s="148"/>
       <c r="C5" s="18"/>
-      <c r="D5" s="132" t="s">
+      <c r="D5" s="128" t="s">
         <v>0</v>
       </c>
-      <c r="E5" s="133"/>
-[...9 lines deleted...]
-        <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,2,FALSE),"")</f>
+      <c r="E5" s="129"/>
+      <c r="F5" s="129"/>
+      <c r="G5" s="129"/>
+      <c r="H5" s="129"/>
+      <c r="I5" s="129"/>
+      <c r="J5" s="129"/>
+      <c r="K5" s="129"/>
+      <c r="L5" s="129"/>
+      <c r="M5" s="130"/>
+      <c r="N5" s="151">
+        <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,2,FALSE),"")</f>
         <v>0.24</v>
       </c>
-      <c r="O5" s="140"/>
-[...1 lines deleted...]
-      <c r="Q5" s="141"/>
+      <c r="O5" s="151"/>
+      <c r="P5" s="151"/>
+      <c r="Q5" s="152"/>
       <c r="R5" s="19"/>
-      <c r="S5" s="155" t="s">
-[...2 lines deleted...]
-      <c r="T5" s="156"/>
+      <c r="S5" s="147" t="s">
+        <v>210</v>
+      </c>
+      <c r="T5" s="148"/>
       <c r="U5" s="18"/>
-      <c r="V5" s="132" t="s">
+      <c r="V5" s="128" t="s">
         <v>0</v>
       </c>
-      <c r="W5" s="133"/>
-[...9 lines deleted...]
-        <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,2,FALSE),"")</f>
+      <c r="W5" s="129"/>
+      <c r="X5" s="129"/>
+      <c r="Y5" s="129"/>
+      <c r="Z5" s="129"/>
+      <c r="AA5" s="129"/>
+      <c r="AB5" s="129"/>
+      <c r="AC5" s="129"/>
+      <c r="AD5" s="129"/>
+      <c r="AE5" s="130"/>
+      <c r="AF5" s="151">
+        <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,2,FALSE),"")</f>
         <v>0.24</v>
       </c>
-      <c r="AG5" s="140"/>
-[...6 lines deleted...]
-      <c r="AL5" s="156"/>
+      <c r="AG5" s="151"/>
+      <c r="AH5" s="151"/>
+      <c r="AI5" s="152"/>
+      <c r="AJ5" s="40"/>
+      <c r="AK5" s="147" t="s">
+        <v>9</v>
+      </c>
+      <c r="AL5" s="148"/>
       <c r="AM5" s="18"/>
-      <c r="AN5" s="132" t="s">
+      <c r="AN5" s="128" t="s">
         <v>0</v>
       </c>
-      <c r="AO5" s="133"/>
-[...9 lines deleted...]
-        <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,2,FALSE),"")</f>
+      <c r="AO5" s="129"/>
+      <c r="AP5" s="129"/>
+      <c r="AQ5" s="129"/>
+      <c r="AR5" s="129"/>
+      <c r="AS5" s="129"/>
+      <c r="AT5" s="129"/>
+      <c r="AU5" s="129"/>
+      <c r="AV5" s="129"/>
+      <c r="AW5" s="130"/>
+      <c r="AX5" s="151" t="str">
+        <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,2,FALSE),"")</f>
         <v/>
       </c>
-      <c r="AY5" s="140"/>
-[...1 lines deleted...]
-      <c r="BA5" s="141"/>
+      <c r="AY5" s="151"/>
+      <c r="AZ5" s="151"/>
+      <c r="BA5" s="152"/>
     </row>
     <row r="6" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="157"/>
-      <c r="B6" s="158"/>
+      <c r="A6" s="149"/>
+      <c r="B6" s="150"/>
       <c r="C6" s="18"/>
-      <c r="D6" s="132" t="s">
+      <c r="D6" s="128" t="s">
         <v>8</v>
       </c>
-      <c r="E6" s="133"/>
-[...9 lines deleted...]
-        <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,3,FALSE),"")</f>
+      <c r="E6" s="129"/>
+      <c r="F6" s="129"/>
+      <c r="G6" s="129"/>
+      <c r="H6" s="129"/>
+      <c r="I6" s="129"/>
+      <c r="J6" s="129"/>
+      <c r="K6" s="129"/>
+      <c r="L6" s="129"/>
+      <c r="M6" s="130"/>
+      <c r="N6" s="151">
+        <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,3,FALSE),"")</f>
         <v>0.24</v>
       </c>
-      <c r="O6" s="140"/>
-[...1 lines deleted...]
-      <c r="Q6" s="141"/>
+      <c r="O6" s="151"/>
+      <c r="P6" s="151"/>
+      <c r="Q6" s="152"/>
       <c r="R6" s="19"/>
-      <c r="S6" s="157"/>
-      <c r="T6" s="158"/>
+      <c r="S6" s="149"/>
+      <c r="T6" s="150"/>
       <c r="U6" s="18"/>
-      <c r="V6" s="132" t="s">
+      <c r="V6" s="128" t="s">
         <v>8</v>
       </c>
-      <c r="W6" s="133"/>
-[...9 lines deleted...]
-        <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,3,FALSE),"")</f>
+      <c r="W6" s="129"/>
+      <c r="X6" s="129"/>
+      <c r="Y6" s="129"/>
+      <c r="Z6" s="129"/>
+      <c r="AA6" s="129"/>
+      <c r="AB6" s="129"/>
+      <c r="AC6" s="129"/>
+      <c r="AD6" s="129"/>
+      <c r="AE6" s="130"/>
+      <c r="AF6" s="151">
+        <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,3,FALSE),"")</f>
         <v>0.24</v>
       </c>
-      <c r="AG6" s="140"/>
-[...4 lines deleted...]
-      <c r="AL6" s="158"/>
+      <c r="AG6" s="151"/>
+      <c r="AH6" s="151"/>
+      <c r="AI6" s="152"/>
+      <c r="AJ6" s="40"/>
+      <c r="AK6" s="149"/>
+      <c r="AL6" s="150"/>
       <c r="AM6" s="18"/>
-      <c r="AN6" s="132" t="s">
+      <c r="AN6" s="128" t="s">
         <v>8</v>
       </c>
-      <c r="AO6" s="133"/>
-[...9 lines deleted...]
-        <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,3,FALSE),"")</f>
+      <c r="AO6" s="129"/>
+      <c r="AP6" s="129"/>
+      <c r="AQ6" s="129"/>
+      <c r="AR6" s="129"/>
+      <c r="AS6" s="129"/>
+      <c r="AT6" s="129"/>
+      <c r="AU6" s="129"/>
+      <c r="AV6" s="129"/>
+      <c r="AW6" s="130"/>
+      <c r="AX6" s="151" t="str">
+        <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,3,FALSE),"")</f>
         <v/>
       </c>
-      <c r="AY6" s="140"/>
-[...1 lines deleted...]
-      <c r="BA6" s="141"/>
+      <c r="AY6" s="151"/>
+      <c r="AZ6" s="151"/>
+      <c r="BA6" s="152"/>
     </row>
     <row r="7" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="126" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="127"/>
+      <c r="A7" s="224" t="s">
+        <v>266</v>
+      </c>
+      <c r="B7" s="225"/>
       <c r="C7" s="18"/>
-      <c r="D7" s="135" t="str">
+      <c r="D7" s="131" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
-        <v>Zielwert</v>
-[...8 lines deleted...]
-      <c r="L7" s="130">
+        <v>neuer Zielwert</v>
+      </c>
+      <c r="E7" s="132"/>
+      <c r="F7" s="132"/>
+      <c r="G7" s="132"/>
+      <c r="H7" s="132"/>
+      <c r="I7" s="132"/>
+      <c r="J7" s="132"/>
+      <c r="K7" s="133"/>
+      <c r="L7" s="223">
         <v>11</v>
       </c>
-      <c r="M7" s="130"/>
-[...2 lines deleted...]
-        <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,4,FALSE),"Einheit")</f>
+      <c r="M7" s="223"/>
+      <c r="N7" s="223"/>
+      <c r="O7" s="144" t="str">
+        <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,4,FALSE),"Einheit")</f>
         <v>mg/l</v>
       </c>
-      <c r="P7" s="143"/>
-      <c r="Q7" s="144"/>
+      <c r="P7" s="145"/>
+      <c r="Q7" s="146"/>
       <c r="R7" s="19"/>
-      <c r="S7" s="126" t="s">
-[...2 lines deleted...]
-      <c r="T7" s="127"/>
+      <c r="S7" s="224" t="s">
+        <v>267</v>
+      </c>
+      <c r="T7" s="225"/>
       <c r="U7" s="18"/>
-      <c r="V7" s="135" t="str">
+      <c r="V7" s="131" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
-        <v>Zielwert</v>
-[...8 lines deleted...]
-      <c r="AD7" s="130">
+        <v>neuer Zielwert</v>
+      </c>
+      <c r="W7" s="132"/>
+      <c r="X7" s="132"/>
+      <c r="Y7" s="132"/>
+      <c r="Z7" s="132"/>
+      <c r="AA7" s="132"/>
+      <c r="AB7" s="132"/>
+      <c r="AC7" s="133"/>
+      <c r="AD7" s="143">
         <v>53.2</v>
       </c>
-      <c r="AE7" s="130"/>
-[...2 lines deleted...]
-        <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,4,FALSE),"Einheit")</f>
+      <c r="AE7" s="143"/>
+      <c r="AF7" s="143"/>
+      <c r="AG7" s="144" t="str">
+        <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,4,FALSE),"Einheit")</f>
         <v>mg/l</v>
       </c>
-      <c r="AH7" s="143"/>
-[...5 lines deleted...]
-      <c r="AL7" s="127"/>
+      <c r="AH7" s="145"/>
+      <c r="AI7" s="146"/>
+      <c r="AJ7" s="40"/>
+      <c r="AK7" s="139" t="s">
+        <v>30</v>
+      </c>
+      <c r="AL7" s="140"/>
       <c r="AM7" s="18"/>
-      <c r="AN7" s="135" t="str">
+      <c r="AN7" s="131" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
-        <v>Zielwert</v>
-[...8 lines deleted...]
-      <c r="AV7" s="130" t="str" cm="1">
+        <v/>
+      </c>
+      <c r="AO7" s="132"/>
+      <c r="AP7" s="132"/>
+      <c r="AQ7" s="132"/>
+      <c r="AR7" s="132"/>
+      <c r="AS7" s="132"/>
+      <c r="AT7" s="132"/>
+      <c r="AU7" s="133"/>
+      <c r="AV7" s="143" t="str" cm="1">
         <f t="array" ref="AV7">IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"",IF(AND(AL13:AL37="",$V$4="Eine Vorlage zur Zielwertermittlung"),"----------",ROUND(AVERAGE(AL13:AL37),IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1)))))))</f>
-        <v/>
-[...4 lines deleted...]
-        <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,4,FALSE),"Einheit")</f>
+        <v>----------</v>
+      </c>
+      <c r="AW7" s="143"/>
+      <c r="AX7" s="143"/>
+      <c r="AY7" s="144" t="str">
+        <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,4,FALSE),"Einheit")</f>
         <v>Einheit</v>
       </c>
-      <c r="AZ7" s="143"/>
-      <c r="BA7" s="144"/>
+      <c r="AZ7" s="145"/>
+      <c r="BA7" s="146"/>
     </row>
     <row r="8" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="128"/>
-      <c r="B8" s="129"/>
+      <c r="A8" s="226"/>
+      <c r="B8" s="227"/>
       <c r="C8" s="18"/>
-      <c r="D8" s="138" t="str">
+      <c r="D8" s="162" t="str">
         <f>IF(L8="","","Standardabweichung")</f>
         <v>Standardabweichung</v>
       </c>
-      <c r="E8" s="138"/>
-[...6 lines deleted...]
-      <c r="L8" s="139">
+      <c r="E8" s="162"/>
+      <c r="F8" s="162"/>
+      <c r="G8" s="162"/>
+      <c r="H8" s="162"/>
+      <c r="I8" s="162"/>
+      <c r="J8" s="162"/>
+      <c r="K8" s="162"/>
+      <c r="L8" s="163">
         <f>IF(J11="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v>0.9</v>
       </c>
-      <c r="M8" s="139"/>
-[...1 lines deleted...]
-      <c r="O8" s="131" t="str">
+      <c r="M8" s="163"/>
+      <c r="N8" s="163"/>
+      <c r="O8" s="134" t="str">
         <f>IF(L8="","",O7)</f>
         <v>mg/l</v>
       </c>
-      <c r="P8" s="131"/>
-      <c r="Q8" s="131"/>
+      <c r="P8" s="134"/>
+      <c r="Q8" s="134"/>
       <c r="R8" s="19"/>
-      <c r="S8" s="128"/>
-      <c r="T8" s="129"/>
+      <c r="S8" s="226"/>
+      <c r="T8" s="227"/>
       <c r="U8" s="18"/>
-      <c r="V8" s="138" t="str">
+      <c r="V8" s="162" t="str">
         <f>IF(AD8="","","Standardabweichung")</f>
         <v>Standardabweichung</v>
       </c>
-      <c r="W8" s="138"/>
-[...6 lines deleted...]
-      <c r="AD8" s="139">
+      <c r="W8" s="162"/>
+      <c r="X8" s="162"/>
+      <c r="Y8" s="162"/>
+      <c r="Z8" s="162"/>
+      <c r="AA8" s="162"/>
+      <c r="AB8" s="162"/>
+      <c r="AC8" s="162"/>
+      <c r="AD8" s="163">
         <f>IF(AB11="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v>4.3</v>
       </c>
-      <c r="AE8" s="139"/>
-[...1 lines deleted...]
-      <c r="AG8" s="131" t="str">
+      <c r="AE8" s="163"/>
+      <c r="AF8" s="163"/>
+      <c r="AG8" s="134" t="str">
         <f>IF(AD8="","",AG7)</f>
         <v>mg/l</v>
       </c>
-      <c r="AH8" s="131"/>
-[...3 lines deleted...]
-      <c r="AL8" s="129"/>
+      <c r="AH8" s="134"/>
+      <c r="AI8" s="134"/>
+      <c r="AJ8" s="40"/>
+      <c r="AK8" s="141"/>
+      <c r="AL8" s="142"/>
       <c r="AM8" s="18"/>
-      <c r="AN8" s="138" t="str">
+      <c r="AN8" s="162" t="str">
         <f>IF(AV8="","","Standardabweichung")</f>
         <v/>
       </c>
-      <c r="AO8" s="138"/>
-[...6 lines deleted...]
-      <c r="AV8" s="139" t="str">
+      <c r="AO8" s="162"/>
+      <c r="AP8" s="162"/>
+      <c r="AQ8" s="162"/>
+      <c r="AR8" s="162"/>
+      <c r="AS8" s="162"/>
+      <c r="AT8" s="162"/>
+      <c r="AU8" s="162"/>
+      <c r="AV8" s="163" t="str">
         <f>IF(AT11="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AW8" s="139"/>
-[...1 lines deleted...]
-      <c r="AY8" s="131" t="str">
+      <c r="AW8" s="163"/>
+      <c r="AX8" s="163"/>
+      <c r="AY8" s="134" t="str">
         <f>IF(AV8="","",AY7)</f>
         <v/>
       </c>
-      <c r="AZ8" s="131"/>
-      <c r="BA8" s="131"/>
+      <c r="AZ8" s="134"/>
+      <c r="BA8" s="134"/>
     </row>
     <row r="9" spans="1:56" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="A9" s="58" t="str">
+      <c r="A9" s="60" t="str">
         <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
         <v/>
       </c>
-      <c r="B9" s="123" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="124" t="str">
+      <c r="B9" s="165" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="165"/>
+      <c r="D9" s="166" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(O9="")),"errechneter Mittelwert:","")</f>
         <v/>
       </c>
-      <c r="E9" s="124"/>
-[...9 lines deleted...]
-      <c r="O9" s="125" t="str" cm="1">
+      <c r="E9" s="166"/>
+      <c r="F9" s="166"/>
+      <c r="G9" s="166"/>
+      <c r="H9" s="166"/>
+      <c r="I9" s="166"/>
+      <c r="J9" s="166"/>
+      <c r="K9" s="166"/>
+      <c r="L9" s="166"/>
+      <c r="M9" s="166"/>
+      <c r="N9" s="166"/>
+      <c r="O9" s="167" t="str" cm="1">
         <f t="array" ref="O9">IF(OR(AND(B13:B37=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(B13:B37),IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="P9" s="125"/>
-      <c r="Q9" s="125"/>
+      <c r="P9" s="167"/>
+      <c r="Q9" s="167"/>
       <c r="R9" s="20"/>
-      <c r="S9" s="58" t="str">
+      <c r="S9" s="60" t="str">
         <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
         <v/>
       </c>
-      <c r="T9" s="123" t="s">
-[...3 lines deleted...]
-      <c r="V9" s="124" t="str">
+      <c r="T9" s="165" t="s">
+        <v>36</v>
+      </c>
+      <c r="U9" s="165"/>
+      <c r="V9" s="166" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AG9="")),"errechneter Mittelwert:","")</f>
         <v/>
       </c>
-      <c r="W9" s="124"/>
-[...9 lines deleted...]
-      <c r="AG9" s="125" t="str" cm="1">
+      <c r="W9" s="166"/>
+      <c r="X9" s="166"/>
+      <c r="Y9" s="166"/>
+      <c r="Z9" s="166"/>
+      <c r="AA9" s="166"/>
+      <c r="AB9" s="166"/>
+      <c r="AC9" s="166"/>
+      <c r="AD9" s="166"/>
+      <c r="AE9" s="166"/>
+      <c r="AF9" s="166"/>
+      <c r="AG9" s="167" t="str" cm="1">
         <f t="array" ref="AG9">IF(OR(AND(T13:T37=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(T13:T37),IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AH9" s="125"/>
-[...1 lines deleted...]
-      <c r="AK9" s="58" t="str">
+      <c r="AH9" s="167"/>
+      <c r="AI9" s="167"/>
+      <c r="AK9" s="60" t="str">
         <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
         <v/>
       </c>
-      <c r="AL9" s="123" t="s">
-[...3 lines deleted...]
-      <c r="AN9" s="124" t="str">
+      <c r="AL9" s="165" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM9" s="165"/>
+      <c r="AN9" s="166" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AY9="")),"errechneter Mittelwert:","")</f>
         <v/>
       </c>
-      <c r="AO9" s="124"/>
-[...9 lines deleted...]
-      <c r="AY9" s="125" t="str" cm="1">
+      <c r="AO9" s="166"/>
+      <c r="AP9" s="166"/>
+      <c r="AQ9" s="166"/>
+      <c r="AR9" s="166"/>
+      <c r="AS9" s="166"/>
+      <c r="AT9" s="166"/>
+      <c r="AU9" s="166"/>
+      <c r="AV9" s="166"/>
+      <c r="AW9" s="166"/>
+      <c r="AX9" s="166"/>
+      <c r="AY9" s="167" t="str" cm="1">
         <f t="array" ref="AY9">IF(OR(AND(AL13:AL37=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(AL13:AL37),IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AZ9" s="125"/>
-      <c r="BA9" s="125"/>
+      <c r="AZ9" s="167"/>
+      <c r="BA9" s="167"/>
     </row>
     <row r="10" spans="1:56" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="45" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="39" t="str">
+      <c r="A10" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="42" t="str">
         <f>O7</f>
         <v>mg/l</v>
       </c>
-      <c r="C10" s="40"/>
-[...12 lines deleted...]
-      <c r="J10" s="147" t="str">
+      <c r="C10" s="43"/>
+      <c r="D10" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="E10" s="138"/>
+      <c r="F10" s="137" t="s">
+        <v>3</v>
+      </c>
+      <c r="G10" s="138"/>
+      <c r="H10" s="137" t="s">
+        <v>4</v>
+      </c>
+      <c r="I10" s="138"/>
+      <c r="J10" s="136" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter Mw"),"Mw","Zw")</f>
         <v>Zw</v>
       </c>
-      <c r="K10" s="153"/>
-[...11 lines deleted...]
-      <c r="Q10" s="148"/>
+      <c r="K10" s="138"/>
+      <c r="L10" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="M10" s="135"/>
+      <c r="N10" s="137" t="s">
+        <v>6</v>
+      </c>
+      <c r="O10" s="135"/>
+      <c r="P10" s="134" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q10" s="135"/>
       <c r="R10" s="21"/>
-      <c r="S10" s="45" t="s">
-[...2 lines deleted...]
-      <c r="T10" s="39" t="str">
+      <c r="S10" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="T10" s="42" t="str">
         <f>AG7</f>
         <v>mg/l</v>
       </c>
-      <c r="U10" s="40"/>
-[...12 lines deleted...]
-      <c r="AB10" s="147" t="str">
+      <c r="U10" s="43"/>
+      <c r="V10" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="W10" s="138"/>
+      <c r="X10" s="137" t="s">
+        <v>3</v>
+      </c>
+      <c r="Y10" s="138"/>
+      <c r="Z10" s="137" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA10" s="138"/>
+      <c r="AB10" s="136" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter Mw"),"Mw","Zw")</f>
         <v>Zw</v>
       </c>
-      <c r="AC10" s="153"/>
-[...16 lines deleted...]
-      <c r="AL10" s="39" t="str">
+      <c r="AC10" s="138"/>
+      <c r="AD10" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="AE10" s="135"/>
+      <c r="AF10" s="137" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG10" s="135"/>
+      <c r="AH10" s="134" t="s">
+        <v>7</v>
+      </c>
+      <c r="AI10" s="135"/>
+      <c r="AJ10" s="40"/>
+      <c r="AK10" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL10" s="42" t="str">
         <f>AY7</f>
         <v>Einheit</v>
       </c>
-      <c r="AM10" s="40"/>
-[...12 lines deleted...]
-      <c r="AT10" s="147" t="str">
+      <c r="AM10" s="43"/>
+      <c r="AN10" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="AO10" s="138"/>
+      <c r="AP10" s="137" t="s">
+        <v>3</v>
+      </c>
+      <c r="AQ10" s="138"/>
+      <c r="AR10" s="137" t="s">
+        <v>4</v>
+      </c>
+      <c r="AS10" s="138"/>
+      <c r="AT10" s="136" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter Mw"),"Mw","Zw")</f>
         <v>Zw</v>
       </c>
-      <c r="AU10" s="153"/>
-[...15 lines deleted...]
-      <c r="BD10" s="174"/>
+      <c r="AU10" s="138"/>
+      <c r="AV10" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="AW10" s="135"/>
+      <c r="AX10" s="137" t="s">
+        <v>6</v>
+      </c>
+      <c r="AY10" s="135"/>
+      <c r="AZ10" s="134" t="s">
+        <v>7</v>
+      </c>
+      <c r="BA10" s="135"/>
+      <c r="BC10" s="168" t="s">
+        <v>262</v>
+      </c>
+      <c r="BD10" s="169"/>
     </row>
     <row r="11" spans="1:56" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="41" t="s">
-[...6 lines deleted...]
-      <c r="D11" s="149">
+      <c r="A11" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="43"/>
+      <c r="D11" s="127">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v>8.4</v>
       </c>
-      <c r="E11" s="146"/>
-      <c r="F11" s="145">
+      <c r="E11" s="126"/>
+      <c r="F11" s="125">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v>9.2999999999999989</v>
       </c>
-      <c r="G11" s="146"/>
-      <c r="H11" s="145">
+      <c r="G11" s="126"/>
+      <c r="H11" s="125">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v>10.199999999999999</v>
       </c>
-      <c r="I11" s="146"/>
-      <c r="J11" s="150" cm="1">
+      <c r="I11" s="126"/>
+      <c r="J11" s="222" cm="1">
         <f t="array" ref="J11">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),IF(AND(B13:B37=""),"",ROUND(AVERAGE(B13:B37),IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),ROUND(L7,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))),""))</f>
         <v>11</v>
       </c>
-      <c r="K11" s="151"/>
-      <c r="L11" s="145">
+      <c r="K11" s="221"/>
+      <c r="L11" s="125">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v>11.8</v>
       </c>
-      <c r="M11" s="146"/>
-      <c r="N11" s="145">
+      <c r="M11" s="126"/>
+      <c r="N11" s="125">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v>12.7</v>
       </c>
-      <c r="O11" s="146"/>
-      <c r="P11" s="145">
+      <c r="O11" s="126"/>
+      <c r="P11" s="125">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v>13.6</v>
       </c>
-      <c r="Q11" s="146"/>
-[...8 lines deleted...]
-      <c r="V11" s="149">
+      <c r="Q11" s="126"/>
+      <c r="R11" s="41"/>
+      <c r="S11" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="T11" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="U11" s="43"/>
+      <c r="V11" s="127">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v>40.5</v>
       </c>
-      <c r="W11" s="146"/>
-      <c r="X11" s="145">
+      <c r="W11" s="126"/>
+      <c r="X11" s="125">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v>44.7</v>
       </c>
-      <c r="Y11" s="146"/>
-      <c r="Z11" s="219">
+      <c r="Y11" s="126"/>
+      <c r="Z11" s="220">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v>49</v>
       </c>
-      <c r="AA11" s="151"/>
-      <c r="AB11" s="150" cm="1">
+      <c r="AA11" s="221"/>
+      <c r="AB11" s="127" cm="1">
         <f t="array" ref="AB11">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),IF(AND(T13:T37=""),"",ROUND(AVERAGE(T13:T37),IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),ROUND(AD7,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))),""))</f>
         <v>53.2</v>
       </c>
-      <c r="AC11" s="151"/>
-      <c r="AD11" s="145">
+      <c r="AC11" s="126"/>
+      <c r="AD11" s="125">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v>57.4</v>
       </c>
-      <c r="AE11" s="146"/>
-      <c r="AF11" s="145">
+      <c r="AE11" s="126"/>
+      <c r="AF11" s="125">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v>61.7</v>
       </c>
-      <c r="AG11" s="146"/>
-      <c r="AH11" s="145">
+      <c r="AG11" s="126"/>
+      <c r="AH11" s="125">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v>65.900000000000006</v>
       </c>
-      <c r="AI11" s="146"/>
-[...8 lines deleted...]
-      <c r="AN11" s="149" t="str">
+      <c r="AI11" s="126"/>
+      <c r="AJ11" s="40"/>
+      <c r="AK11" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="AL11" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM11" s="43"/>
+      <c r="AN11" s="127" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AO11" s="146"/>
-      <c r="AP11" s="145" t="str">
+      <c r="AO11" s="126"/>
+      <c r="AP11" s="125" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AQ11" s="146"/>
-      <c r="AR11" s="145" t="str">
+      <c r="AQ11" s="126"/>
+      <c r="AR11" s="125" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AS11" s="146"/>
-      <c r="AT11" s="149" t="str" cm="1">
+      <c r="AS11" s="126"/>
+      <c r="AT11" s="127" t="str" cm="1">
         <f t="array" ref="AT11">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),IF(AND(AL13:AL37=""),"",ROUND(AVERAGE(AL13:AL37),IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),ROUND(AV7,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))),""))</f>
         <v/>
       </c>
-      <c r="AU11" s="146"/>
-      <c r="AV11" s="145" t="str">
+      <c r="AU11" s="126"/>
+      <c r="AV11" s="125" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AW11" s="146"/>
-      <c r="AX11" s="145" t="str">
+      <c r="AW11" s="126"/>
+      <c r="AX11" s="125" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AY11" s="146"/>
-      <c r="AZ11" s="145" t="str">
+      <c r="AY11" s="126"/>
+      <c r="AZ11" s="125" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="BA11" s="146"/>
-[...1 lines deleted...]
-      <c r="BD11" s="176"/>
+      <c r="BA11" s="126"/>
+      <c r="BC11" s="170"/>
+      <c r="BD11" s="171"/>
     </row>
     <row r="12" spans="1:56" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="48" t="str">
+      <c r="A12" s="51" t="str">
         <f>IF(AND(NOT($V$4=""),OR(B12="",B12="Auswahl")),"Runden auf:","")</f>
         <v/>
       </c>
       <c r="B12" s="19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D12" s="24"/>
       <c r="E12" s="25"/>
       <c r="F12" s="24"/>
       <c r="G12" s="25"/>
       <c r="H12" s="24"/>
       <c r="I12" s="25"/>
       <c r="J12" s="24"/>
       <c r="K12" s="25"/>
       <c r="L12" s="24"/>
       <c r="M12" s="25"/>
       <c r="N12" s="24"/>
       <c r="O12" s="25"/>
       <c r="P12" s="24"/>
       <c r="Q12" s="25"/>
       <c r="R12" s="26"/>
-      <c r="S12" s="48" t="str">
+      <c r="S12" s="51" t="str">
         <f>IF(AND(NOT($V$4=""),OR(T12="",T12="Auswahl")),"Runden auf:","")</f>
         <v/>
       </c>
       <c r="T12" s="19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="V12" s="24"/>
       <c r="W12" s="25"/>
       <c r="X12" s="24"/>
       <c r="Y12" s="25"/>
       <c r="Z12" s="24"/>
       <c r="AA12" s="25"/>
       <c r="AB12" s="24"/>
       <c r="AC12" s="25"/>
       <c r="AD12" s="24"/>
       <c r="AE12" s="25"/>
       <c r="AF12" s="24"/>
       <c r="AG12" s="25"/>
       <c r="AH12" s="24"/>
       <c r="AI12" s="25"/>
-      <c r="AK12" s="48" t="str">
+      <c r="AK12" s="51" t="str">
         <f>IF(AND(NOT($V$4=""),OR(AL12="",AL12="Auswahl")),"Runden auf:","")</f>
         <v>Runden auf:</v>
       </c>
       <c r="AL12" s="19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="AN12" s="24"/>
       <c r="AO12" s="25"/>
       <c r="AP12" s="24"/>
       <c r="AQ12" s="25"/>
       <c r="AR12" s="24"/>
       <c r="AS12" s="25"/>
       <c r="AT12" s="24"/>
       <c r="AU12" s="25"/>
       <c r="AV12" s="24"/>
       <c r="AW12" s="25"/>
       <c r="AX12" s="24"/>
       <c r="AY12" s="25"/>
       <c r="AZ12" s="24"/>
       <c r="BA12" s="25"/>
-      <c r="BC12" s="120"/>
-      <c r="BD12" s="121"/>
+      <c r="BC12" s="123"/>
+      <c r="BD12" s="124"/>
     </row>
     <row r="13" spans="1:56" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="59"/>
-      <c r="B13" s="60"/>
+      <c r="A13" s="61"/>
+      <c r="B13" s="62"/>
       <c r="D13" s="28"/>
       <c r="E13" s="35"/>
-      <c r="F13" s="47"/>
+      <c r="F13" s="50"/>
       <c r="G13" s="23"/>
-      <c r="H13" s="47"/>
+      <c r="H13" s="50"/>
       <c r="I13" s="23"/>
-      <c r="J13" s="47"/>
+      <c r="J13" s="50"/>
       <c r="K13" s="23"/>
       <c r="L13" s="23"/>
       <c r="M13" s="35"/>
-      <c r="N13" s="47"/>
+      <c r="N13" s="50"/>
       <c r="O13" s="23"/>
-      <c r="P13" s="47"/>
+      <c r="P13" s="50"/>
       <c r="Q13" s="31"/>
       <c r="R13" s="26"/>
-      <c r="S13" s="59"/>
-      <c r="T13" s="60"/>
+      <c r="S13" s="61"/>
+      <c r="T13" s="62"/>
       <c r="V13" s="28"/>
       <c r="W13" s="35"/>
-      <c r="X13" s="47"/>
+      <c r="X13" s="50"/>
       <c r="Y13" s="23"/>
-      <c r="Z13" s="47"/>
+      <c r="Z13" s="50"/>
       <c r="AA13" s="23"/>
-      <c r="AB13" s="47"/>
+      <c r="AB13" s="50"/>
       <c r="AC13" s="23"/>
       <c r="AD13" s="23"/>
       <c r="AE13" s="35"/>
-      <c r="AF13" s="47"/>
+      <c r="AF13" s="50"/>
       <c r="AG13" s="23"/>
-      <c r="AH13" s="47"/>
+      <c r="AH13" s="50"/>
       <c r="AI13" s="31"/>
-      <c r="AK13" s="59"/>
-      <c r="AL13" s="60"/>
+      <c r="AK13" s="61"/>
+      <c r="AL13" s="62"/>
       <c r="AN13" s="28"/>
       <c r="AO13" s="35"/>
-      <c r="AP13" s="47"/>
+      <c r="AP13" s="50"/>
       <c r="AQ13" s="23"/>
-      <c r="AR13" s="47"/>
+      <c r="AR13" s="50"/>
       <c r="AS13" s="23"/>
-      <c r="AT13" s="47"/>
+      <c r="AT13" s="50"/>
       <c r="AU13" s="23"/>
       <c r="AV13" s="23"/>
       <c r="AW13" s="35"/>
-      <c r="AX13" s="47"/>
+      <c r="AX13" s="50"/>
       <c r="AY13" s="23"/>
-      <c r="AZ13" s="47"/>
+      <c r="AZ13" s="50"/>
       <c r="BA13" s="31"/>
-      <c r="BC13" s="167"/>
-      <c r="BD13" s="168"/>
+      <c r="BC13" s="172"/>
+      <c r="BD13" s="173"/>
     </row>
     <row r="14" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="42"/>
+      <c r="A14" s="45"/>
       <c r="B14" s="36"/>
       <c r="D14" s="28"/>
       <c r="E14" s="31"/>
       <c r="F14" s="28"/>
       <c r="G14" s="27"/>
       <c r="H14" s="32"/>
       <c r="I14" s="27"/>
       <c r="J14" s="32"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="33"/>
       <c r="N14" s="32"/>
       <c r="O14" s="27"/>
       <c r="P14" s="32"/>
       <c r="Q14" s="26"/>
       <c r="R14" s="26"/>
-      <c r="S14" s="42"/>
+      <c r="S14" s="45"/>
       <c r="T14" s="36"/>
       <c r="V14" s="28"/>
       <c r="W14" s="31"/>
       <c r="X14" s="28"/>
       <c r="Y14" s="27"/>
       <c r="Z14" s="32"/>
       <c r="AA14" s="27"/>
       <c r="AB14" s="32"/>
       <c r="AC14" s="27"/>
       <c r="AD14" s="27"/>
       <c r="AE14" s="33"/>
       <c r="AF14" s="32"/>
       <c r="AG14" s="27"/>
       <c r="AH14" s="32"/>
       <c r="AI14" s="26"/>
-      <c r="AK14" s="42"/>
+      <c r="AK14" s="45"/>
       <c r="AL14" s="36"/>
       <c r="AN14" s="28"/>
       <c r="AO14" s="31"/>
       <c r="AP14" s="28"/>
       <c r="AQ14" s="27"/>
       <c r="AR14" s="32"/>
       <c r="AS14" s="27"/>
       <c r="AT14" s="32"/>
       <c r="AU14" s="27"/>
       <c r="AV14" s="27"/>
       <c r="AW14" s="33"/>
       <c r="AX14" s="32"/>
       <c r="AY14" s="27"/>
       <c r="AZ14" s="32"/>
       <c r="BA14" s="26"/>
-      <c r="BB14" s="49"/>
-[...1 lines deleted...]
-      <c r="BD14" s="168"/>
+      <c r="BB14" s="52"/>
+      <c r="BC14" s="172"/>
+      <c r="BD14" s="173"/>
     </row>
     <row r="15" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="43"/>
+      <c r="A15" s="46"/>
       <c r="B15" s="36"/>
       <c r="D15" s="28"/>
       <c r="E15" s="29"/>
       <c r="F15" s="30"/>
       <c r="G15" s="34"/>
       <c r="H15" s="30"/>
       <c r="I15" s="34"/>
       <c r="J15" s="30"/>
       <c r="K15" s="34"/>
       <c r="L15" s="34"/>
       <c r="M15" s="29"/>
       <c r="N15" s="30"/>
       <c r="O15" s="34"/>
       <c r="P15" s="30"/>
       <c r="Q15" s="26"/>
       <c r="R15" s="26"/>
-      <c r="S15" s="43"/>
+      <c r="S15" s="46"/>
       <c r="T15" s="36"/>
       <c r="V15" s="28"/>
       <c r="W15" s="29"/>
       <c r="X15" s="30"/>
       <c r="Y15" s="34"/>
       <c r="Z15" s="30"/>
       <c r="AA15" s="34"/>
       <c r="AB15" s="30"/>
       <c r="AC15" s="34"/>
       <c r="AD15" s="34"/>
       <c r="AE15" s="29"/>
       <c r="AF15" s="30"/>
       <c r="AG15" s="34"/>
       <c r="AH15" s="30"/>
       <c r="AI15" s="26"/>
-      <c r="AK15" s="43"/>
+      <c r="AK15" s="46"/>
       <c r="AL15" s="36"/>
       <c r="AN15" s="28"/>
       <c r="AO15" s="29"/>
       <c r="AP15" s="30"/>
       <c r="AQ15" s="34"/>
       <c r="AR15" s="30"/>
       <c r="AS15" s="34"/>
       <c r="AT15" s="30"/>
       <c r="AU15" s="34"/>
       <c r="AV15" s="34"/>
       <c r="AW15" s="29"/>
       <c r="AX15" s="30"/>
       <c r="AY15" s="34"/>
       <c r="AZ15" s="30"/>
       <c r="BA15" s="26"/>
-      <c r="BC15" s="167"/>
-      <c r="BD15" s="168"/>
+      <c r="BC15" s="172"/>
+      <c r="BD15" s="173"/>
     </row>
     <row r="16" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="43"/>
+      <c r="A16" s="46"/>
       <c r="B16" s="36"/>
       <c r="D16" s="28"/>
       <c r="E16" s="31"/>
       <c r="F16" s="28"/>
       <c r="G16" s="26"/>
       <c r="H16" s="28"/>
       <c r="I16" s="26"/>
       <c r="J16" s="28"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="31"/>
       <c r="N16" s="28"/>
       <c r="O16" s="26"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="26"/>
       <c r="R16" s="26"/>
-      <c r="S16" s="43"/>
+      <c r="S16" s="46"/>
       <c r="T16" s="36"/>
       <c r="V16" s="28"/>
       <c r="W16" s="31"/>
       <c r="X16" s="28"/>
       <c r="Y16" s="26"/>
       <c r="Z16" s="28"/>
       <c r="AA16" s="26"/>
       <c r="AB16" s="28"/>
       <c r="AC16" s="26"/>
       <c r="AD16" s="26"/>
       <c r="AE16" s="31"/>
       <c r="AF16" s="28"/>
       <c r="AG16" s="26"/>
       <c r="AH16" s="28"/>
       <c r="AI16" s="26"/>
-      <c r="AK16" s="43"/>
+      <c r="AK16" s="46"/>
       <c r="AL16" s="36"/>
       <c r="AN16" s="28"/>
       <c r="AO16" s="31"/>
       <c r="AP16" s="28"/>
       <c r="AQ16" s="26"/>
       <c r="AR16" s="28"/>
       <c r="AS16" s="26"/>
       <c r="AT16" s="28"/>
       <c r="AU16" s="26"/>
       <c r="AV16" s="26"/>
       <c r="AW16" s="31"/>
       <c r="AX16" s="28"/>
       <c r="AY16" s="26"/>
       <c r="AZ16" s="28"/>
       <c r="BA16" s="26"/>
-      <c r="BC16" s="167"/>
-      <c r="BD16" s="168"/>
+      <c r="BC16" s="172"/>
+      <c r="BD16" s="173"/>
     </row>
     <row r="17" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="43"/>
+      <c r="A17" s="46"/>
       <c r="B17" s="36"/>
       <c r="D17" s="28"/>
       <c r="E17" s="29"/>
       <c r="F17" s="30"/>
       <c r="G17" s="34"/>
       <c r="H17" s="30"/>
       <c r="I17" s="34"/>
       <c r="J17" s="30"/>
       <c r="K17" s="34"/>
       <c r="L17" s="34"/>
       <c r="M17" s="29"/>
       <c r="N17" s="30"/>
       <c r="O17" s="34"/>
       <c r="P17" s="30"/>
       <c r="Q17" s="26"/>
       <c r="R17" s="26"/>
-      <c r="S17" s="43"/>
+      <c r="S17" s="46"/>
       <c r="T17" s="36"/>
       <c r="V17" s="28"/>
       <c r="W17" s="29"/>
       <c r="X17" s="30"/>
       <c r="Y17" s="34"/>
       <c r="Z17" s="30"/>
       <c r="AA17" s="34"/>
       <c r="AB17" s="30"/>
       <c r="AC17" s="34"/>
       <c r="AD17" s="34"/>
       <c r="AE17" s="29"/>
       <c r="AF17" s="30"/>
       <c r="AG17" s="34"/>
       <c r="AH17" s="30"/>
       <c r="AI17" s="26"/>
-      <c r="AK17" s="43"/>
+      <c r="AK17" s="46"/>
       <c r="AL17" s="36"/>
       <c r="AN17" s="28"/>
       <c r="AO17" s="29"/>
       <c r="AP17" s="30"/>
       <c r="AQ17" s="34"/>
       <c r="AR17" s="30"/>
       <c r="AS17" s="34"/>
       <c r="AT17" s="30"/>
       <c r="AU17" s="34"/>
       <c r="AV17" s="34"/>
       <c r="AW17" s="29"/>
       <c r="AX17" s="30"/>
       <c r="AY17" s="34"/>
       <c r="AZ17" s="30"/>
       <c r="BA17" s="26"/>
-      <c r="BC17" s="167"/>
-      <c r="BD17" s="168"/>
+      <c r="BC17" s="172"/>
+      <c r="BD17" s="173"/>
     </row>
     <row r="18" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="43"/>
+      <c r="A18" s="46"/>
       <c r="B18" s="36"/>
       <c r="D18" s="28"/>
       <c r="E18" s="31"/>
       <c r="F18" s="28"/>
       <c r="G18" s="26"/>
       <c r="H18" s="28"/>
       <c r="I18" s="26"/>
       <c r="J18" s="28"/>
       <c r="K18" s="26"/>
       <c r="L18" s="26"/>
       <c r="M18" s="31"/>
       <c r="N18" s="28"/>
       <c r="O18" s="26"/>
       <c r="P18" s="28"/>
       <c r="Q18" s="26"/>
       <c r="R18" s="26"/>
-      <c r="S18" s="43"/>
+      <c r="S18" s="46"/>
       <c r="T18" s="36"/>
       <c r="V18" s="28"/>
       <c r="W18" s="31"/>
       <c r="X18" s="28"/>
       <c r="Y18" s="26"/>
       <c r="Z18" s="28"/>
       <c r="AA18" s="26"/>
       <c r="AB18" s="28"/>
       <c r="AC18" s="26"/>
       <c r="AD18" s="26"/>
       <c r="AE18" s="31"/>
       <c r="AF18" s="28"/>
       <c r="AG18" s="26"/>
       <c r="AH18" s="28"/>
       <c r="AI18" s="26"/>
-      <c r="AK18" s="43"/>
+      <c r="AK18" s="46"/>
       <c r="AL18" s="36"/>
       <c r="AN18" s="28"/>
       <c r="AO18" s="31"/>
       <c r="AP18" s="28"/>
       <c r="AQ18" s="26"/>
       <c r="AR18" s="28"/>
       <c r="AS18" s="26"/>
       <c r="AT18" s="28"/>
       <c r="AU18" s="26"/>
       <c r="AV18" s="26"/>
       <c r="AW18" s="31"/>
       <c r="AX18" s="28"/>
       <c r="AY18" s="26"/>
       <c r="AZ18" s="28"/>
       <c r="BA18" s="26"/>
-      <c r="BC18" s="167"/>
-      <c r="BD18" s="168"/>
+      <c r="BC18" s="172"/>
+      <c r="BD18" s="173"/>
     </row>
     <row r="19" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="43"/>
+      <c r="A19" s="46"/>
       <c r="B19" s="36"/>
       <c r="D19" s="28"/>
       <c r="E19" s="29"/>
       <c r="F19" s="30"/>
       <c r="G19" s="34"/>
       <c r="H19" s="30"/>
       <c r="I19" s="34"/>
       <c r="J19" s="30"/>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
       <c r="M19" s="29"/>
       <c r="N19" s="30"/>
       <c r="O19" s="34"/>
       <c r="P19" s="30"/>
       <c r="Q19" s="26"/>
       <c r="R19" s="26"/>
-      <c r="S19" s="43"/>
+      <c r="S19" s="46"/>
       <c r="T19" s="36"/>
       <c r="V19" s="28"/>
       <c r="W19" s="29"/>
       <c r="X19" s="30"/>
       <c r="Y19" s="34"/>
       <c r="Z19" s="30"/>
       <c r="AA19" s="34"/>
       <c r="AB19" s="30"/>
       <c r="AC19" s="34"/>
       <c r="AD19" s="34"/>
       <c r="AE19" s="29"/>
       <c r="AF19" s="30"/>
       <c r="AG19" s="34"/>
       <c r="AH19" s="30"/>
       <c r="AI19" s="26"/>
-      <c r="AK19" s="43"/>
+      <c r="AK19" s="46"/>
       <c r="AL19" s="36"/>
       <c r="AN19" s="28"/>
       <c r="AO19" s="29"/>
       <c r="AP19" s="30"/>
       <c r="AQ19" s="34"/>
       <c r="AR19" s="30"/>
       <c r="AS19" s="34"/>
       <c r="AT19" s="30"/>
       <c r="AU19" s="34"/>
       <c r="AV19" s="34"/>
       <c r="AW19" s="29"/>
       <c r="AX19" s="30"/>
       <c r="AY19" s="34"/>
       <c r="AZ19" s="30"/>
       <c r="BA19" s="26"/>
-      <c r="BC19" s="167"/>
-      <c r="BD19" s="168"/>
+      <c r="BC19" s="172"/>
+      <c r="BD19" s="173"/>
     </row>
     <row r="20" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="43"/>
+      <c r="A20" s="46"/>
       <c r="B20" s="36"/>
       <c r="D20" s="28"/>
       <c r="E20" s="31"/>
       <c r="F20" s="28"/>
       <c r="G20" s="26"/>
       <c r="H20" s="28"/>
       <c r="I20" s="26"/>
       <c r="J20" s="28"/>
       <c r="K20" s="26"/>
       <c r="L20" s="26"/>
       <c r="M20" s="31"/>
       <c r="N20" s="28"/>
       <c r="O20" s="26"/>
       <c r="P20" s="28"/>
       <c r="Q20" s="26"/>
       <c r="R20" s="26"/>
-      <c r="S20" s="43"/>
+      <c r="S20" s="46"/>
       <c r="T20" s="36"/>
       <c r="V20" s="28"/>
       <c r="W20" s="31"/>
       <c r="X20" s="28"/>
       <c r="Y20" s="26"/>
       <c r="Z20" s="28"/>
       <c r="AA20" s="26"/>
       <c r="AB20" s="28"/>
       <c r="AC20" s="26"/>
       <c r="AD20" s="26"/>
       <c r="AE20" s="31"/>
       <c r="AF20" s="28"/>
       <c r="AG20" s="26"/>
       <c r="AH20" s="28"/>
       <c r="AI20" s="26"/>
-      <c r="AK20" s="43"/>
+      <c r="AK20" s="46"/>
       <c r="AL20" s="36"/>
       <c r="AN20" s="28"/>
       <c r="AO20" s="31"/>
       <c r="AP20" s="28"/>
       <c r="AQ20" s="26"/>
       <c r="AR20" s="28"/>
       <c r="AS20" s="26"/>
       <c r="AT20" s="28"/>
       <c r="AU20" s="26"/>
       <c r="AV20" s="26"/>
       <c r="AW20" s="31"/>
       <c r="AX20" s="28"/>
       <c r="AY20" s="26"/>
       <c r="AZ20" s="28"/>
       <c r="BA20" s="26"/>
-      <c r="BC20" s="167"/>
-      <c r="BD20" s="168"/>
+      <c r="BC20" s="172"/>
+      <c r="BD20" s="173"/>
     </row>
     <row r="21" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="43"/>
+      <c r="A21" s="46"/>
       <c r="B21" s="36"/>
       <c r="D21" s="28"/>
       <c r="E21" s="29"/>
       <c r="F21" s="30"/>
       <c r="G21" s="34"/>
       <c r="H21" s="30"/>
       <c r="I21" s="34"/>
       <c r="J21" s="30"/>
       <c r="K21" s="34"/>
       <c r="L21" s="34"/>
       <c r="M21" s="29"/>
       <c r="N21" s="30"/>
       <c r="O21" s="34"/>
       <c r="P21" s="30"/>
       <c r="Q21" s="26"/>
       <c r="R21" s="26"/>
-      <c r="S21" s="43"/>
+      <c r="S21" s="46"/>
       <c r="T21" s="36"/>
       <c r="V21" s="28"/>
       <c r="W21" s="29"/>
       <c r="X21" s="30"/>
       <c r="Y21" s="34"/>
       <c r="Z21" s="30"/>
       <c r="AA21" s="34"/>
       <c r="AB21" s="30"/>
       <c r="AC21" s="34"/>
       <c r="AD21" s="34"/>
       <c r="AE21" s="29"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="34"/>
       <c r="AH21" s="30"/>
       <c r="AI21" s="26"/>
-      <c r="AK21" s="43"/>
+      <c r="AK21" s="46"/>
       <c r="AL21" s="36"/>
       <c r="AN21" s="28"/>
       <c r="AO21" s="29"/>
       <c r="AP21" s="30"/>
       <c r="AQ21" s="34"/>
       <c r="AR21" s="30"/>
       <c r="AS21" s="34"/>
       <c r="AT21" s="30"/>
       <c r="AU21" s="34"/>
       <c r="AV21" s="34"/>
       <c r="AW21" s="29"/>
       <c r="AX21" s="30"/>
       <c r="AY21" s="34"/>
       <c r="AZ21" s="30"/>
       <c r="BA21" s="26"/>
-      <c r="BC21" s="167"/>
-      <c r="BD21" s="168"/>
+      <c r="BC21" s="172"/>
+      <c r="BD21" s="173"/>
     </row>
     <row r="22" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="43"/>
+      <c r="A22" s="46"/>
       <c r="B22" s="36"/>
       <c r="D22" s="28"/>
       <c r="E22" s="31"/>
       <c r="F22" s="28"/>
       <c r="G22" s="26"/>
       <c r="H22" s="28"/>
       <c r="I22" s="26"/>
       <c r="J22" s="28"/>
       <c r="K22" s="26"/>
       <c r="L22" s="26"/>
       <c r="M22" s="31"/>
       <c r="N22" s="28"/>
       <c r="O22" s="26"/>
       <c r="P22" s="28"/>
       <c r="Q22" s="26"/>
       <c r="R22" s="26"/>
-      <c r="S22" s="43"/>
+      <c r="S22" s="46"/>
       <c r="T22" s="36"/>
       <c r="V22" s="28"/>
       <c r="W22" s="31"/>
       <c r="X22" s="28"/>
       <c r="Y22" s="26"/>
       <c r="Z22" s="28"/>
       <c r="AA22" s="26"/>
       <c r="AB22" s="28"/>
       <c r="AC22" s="26"/>
       <c r="AD22" s="26"/>
       <c r="AE22" s="31"/>
       <c r="AF22" s="28"/>
       <c r="AG22" s="26"/>
       <c r="AH22" s="28"/>
       <c r="AI22" s="26"/>
-      <c r="AK22" s="43"/>
+      <c r="AK22" s="46"/>
       <c r="AL22" s="36"/>
       <c r="AN22" s="28"/>
       <c r="AO22" s="31"/>
       <c r="AP22" s="28"/>
       <c r="AQ22" s="26"/>
       <c r="AR22" s="28"/>
       <c r="AS22" s="26"/>
       <c r="AT22" s="28"/>
       <c r="AU22" s="26"/>
       <c r="AV22" s="26"/>
       <c r="AW22" s="31"/>
       <c r="AX22" s="28"/>
       <c r="AY22" s="26"/>
       <c r="AZ22" s="28"/>
       <c r="BA22" s="26"/>
-      <c r="BC22" s="167"/>
-      <c r="BD22" s="168"/>
+      <c r="BC22" s="172"/>
+      <c r="BD22" s="173"/>
     </row>
     <row r="23" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="43"/>
+      <c r="A23" s="46"/>
       <c r="B23" s="36"/>
       <c r="D23" s="28"/>
       <c r="E23" s="29"/>
       <c r="F23" s="30"/>
       <c r="G23" s="34"/>
       <c r="H23" s="30"/>
       <c r="I23" s="34"/>
       <c r="J23" s="30"/>
       <c r="K23" s="34"/>
       <c r="L23" s="34"/>
       <c r="M23" s="29"/>
       <c r="N23" s="30"/>
       <c r="O23" s="34"/>
       <c r="P23" s="30"/>
       <c r="Q23" s="26"/>
       <c r="R23" s="26"/>
-      <c r="S23" s="43"/>
+      <c r="S23" s="46"/>
       <c r="T23" s="36"/>
       <c r="V23" s="28"/>
       <c r="W23" s="29"/>
       <c r="X23" s="30"/>
       <c r="Y23" s="34"/>
       <c r="Z23" s="30"/>
       <c r="AA23" s="34"/>
       <c r="AB23" s="30"/>
       <c r="AC23" s="34"/>
       <c r="AD23" s="34"/>
       <c r="AE23" s="29"/>
       <c r="AF23" s="30"/>
       <c r="AG23" s="34"/>
       <c r="AH23" s="30"/>
       <c r="AI23" s="26"/>
-      <c r="AK23" s="43"/>
+      <c r="AK23" s="46"/>
       <c r="AL23" s="36"/>
       <c r="AN23" s="28"/>
       <c r="AO23" s="29"/>
       <c r="AP23" s="30"/>
       <c r="AQ23" s="34"/>
       <c r="AR23" s="30"/>
       <c r="AS23" s="34"/>
       <c r="AT23" s="30"/>
       <c r="AU23" s="34"/>
       <c r="AV23" s="34"/>
       <c r="AW23" s="29"/>
       <c r="AX23" s="30"/>
       <c r="AY23" s="34"/>
       <c r="AZ23" s="30"/>
       <c r="BA23" s="26"/>
-      <c r="BC23" s="167"/>
-      <c r="BD23" s="168"/>
+      <c r="BC23" s="172"/>
+      <c r="BD23" s="173"/>
     </row>
     <row r="24" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="43"/>
+      <c r="A24" s="46"/>
       <c r="B24" s="36"/>
       <c r="D24" s="28"/>
       <c r="E24" s="31"/>
       <c r="F24" s="28"/>
       <c r="G24" s="26"/>
       <c r="H24" s="28"/>
       <c r="I24" s="26"/>
       <c r="J24" s="28"/>
       <c r="K24" s="26"/>
       <c r="L24" s="26"/>
       <c r="M24" s="31"/>
       <c r="N24" s="28"/>
       <c r="O24" s="26"/>
       <c r="P24" s="28"/>
       <c r="Q24" s="26"/>
       <c r="R24" s="26"/>
-      <c r="S24" s="43"/>
+      <c r="S24" s="46"/>
       <c r="T24" s="36"/>
       <c r="V24" s="28"/>
       <c r="W24" s="31"/>
       <c r="X24" s="28"/>
       <c r="Y24" s="26"/>
       <c r="Z24" s="28"/>
       <c r="AA24" s="26"/>
       <c r="AB24" s="28"/>
       <c r="AC24" s="26"/>
       <c r="AD24" s="26"/>
       <c r="AE24" s="31"/>
       <c r="AF24" s="28"/>
       <c r="AG24" s="26"/>
       <c r="AH24" s="28"/>
       <c r="AI24" s="26"/>
-      <c r="AK24" s="43"/>
+      <c r="AK24" s="46"/>
       <c r="AL24" s="36"/>
       <c r="AN24" s="28"/>
       <c r="AO24" s="31"/>
       <c r="AP24" s="28"/>
       <c r="AQ24" s="26"/>
       <c r="AR24" s="28"/>
       <c r="AS24" s="26"/>
       <c r="AT24" s="28"/>
       <c r="AU24" s="26"/>
       <c r="AV24" s="26"/>
       <c r="AW24" s="31"/>
       <c r="AX24" s="28"/>
       <c r="AY24" s="26"/>
       <c r="AZ24" s="28"/>
       <c r="BA24" s="26"/>
-      <c r="BC24" s="167"/>
-      <c r="BD24" s="168"/>
+      <c r="BC24" s="172"/>
+      <c r="BD24" s="173"/>
     </row>
     <row r="25" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="43"/>
+      <c r="A25" s="46"/>
       <c r="B25" s="36"/>
       <c r="D25" s="28"/>
       <c r="E25" s="29"/>
       <c r="F25" s="30"/>
       <c r="G25" s="34"/>
       <c r="H25" s="30"/>
       <c r="I25" s="34"/>
       <c r="J25" s="30"/>
       <c r="K25" s="34"/>
       <c r="L25" s="34"/>
       <c r="M25" s="29"/>
       <c r="N25" s="30"/>
       <c r="O25" s="34"/>
       <c r="P25" s="30"/>
       <c r="Q25" s="26"/>
       <c r="R25" s="26"/>
-      <c r="S25" s="43"/>
+      <c r="S25" s="46"/>
       <c r="T25" s="36"/>
       <c r="V25" s="28"/>
       <c r="W25" s="29"/>
       <c r="X25" s="30"/>
       <c r="Y25" s="34"/>
       <c r="Z25" s="30"/>
       <c r="AA25" s="34"/>
       <c r="AB25" s="30"/>
       <c r="AC25" s="34"/>
       <c r="AD25" s="34"/>
       <c r="AE25" s="29"/>
       <c r="AF25" s="30"/>
       <c r="AG25" s="34"/>
       <c r="AH25" s="30"/>
       <c r="AI25" s="26"/>
-      <c r="AK25" s="43"/>
+      <c r="AK25" s="46"/>
       <c r="AL25" s="36"/>
       <c r="AN25" s="28"/>
       <c r="AO25" s="29"/>
       <c r="AP25" s="30"/>
       <c r="AQ25" s="34"/>
       <c r="AR25" s="30"/>
       <c r="AS25" s="34"/>
       <c r="AT25" s="30"/>
       <c r="AU25" s="34"/>
       <c r="AV25" s="34"/>
       <c r="AW25" s="29"/>
       <c r="AX25" s="30"/>
       <c r="AY25" s="34"/>
       <c r="AZ25" s="30"/>
       <c r="BA25" s="26"/>
-      <c r="BC25" s="167"/>
-      <c r="BD25" s="168"/>
+      <c r="BC25" s="172"/>
+      <c r="BD25" s="173"/>
     </row>
     <row r="26" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="43"/>
+      <c r="A26" s="46"/>
       <c r="B26" s="36"/>
       <c r="D26" s="28"/>
       <c r="E26" s="29"/>
       <c r="F26" s="30"/>
       <c r="G26" s="34"/>
       <c r="H26" s="30"/>
       <c r="I26" s="34"/>
       <c r="J26" s="30"/>
       <c r="K26" s="34"/>
       <c r="L26" s="34"/>
       <c r="M26" s="29"/>
       <c r="N26" s="30"/>
       <c r="O26" s="34"/>
       <c r="P26" s="30"/>
       <c r="Q26" s="26"/>
       <c r="R26" s="26"/>
-      <c r="S26" s="43"/>
+      <c r="S26" s="46"/>
       <c r="T26" s="36"/>
       <c r="V26" s="28"/>
       <c r="W26" s="29"/>
       <c r="X26" s="30"/>
       <c r="Y26" s="34"/>
       <c r="Z26" s="30"/>
       <c r="AA26" s="34"/>
       <c r="AB26" s="30"/>
       <c r="AC26" s="34"/>
       <c r="AD26" s="34"/>
       <c r="AE26" s="29"/>
       <c r="AF26" s="30"/>
       <c r="AG26" s="34"/>
       <c r="AH26" s="30"/>
       <c r="AI26" s="26"/>
-      <c r="AK26" s="43"/>
+      <c r="AK26" s="46"/>
       <c r="AL26" s="36"/>
       <c r="AN26" s="28"/>
       <c r="AO26" s="29"/>
       <c r="AP26" s="30"/>
       <c r="AQ26" s="34"/>
       <c r="AR26" s="30"/>
       <c r="AS26" s="34"/>
       <c r="AT26" s="30"/>
       <c r="AU26" s="34"/>
       <c r="AV26" s="34"/>
       <c r="AW26" s="29"/>
       <c r="AX26" s="30"/>
       <c r="AY26" s="34"/>
       <c r="AZ26" s="30"/>
       <c r="BA26" s="26"/>
-      <c r="BC26" s="167"/>
-      <c r="BD26" s="168"/>
+      <c r="BC26" s="172"/>
+      <c r="BD26" s="173"/>
     </row>
     <row r="27" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="43"/>
+      <c r="A27" s="46"/>
       <c r="B27" s="36"/>
       <c r="D27" s="28"/>
       <c r="E27" s="31"/>
       <c r="F27" s="28"/>
       <c r="G27" s="26"/>
       <c r="H27" s="28"/>
       <c r="I27" s="26"/>
       <c r="J27" s="28"/>
       <c r="K27" s="26"/>
       <c r="L27" s="26"/>
       <c r="M27" s="31"/>
       <c r="N27" s="28"/>
       <c r="O27" s="26"/>
       <c r="P27" s="28"/>
       <c r="Q27" s="26"/>
       <c r="R27" s="26"/>
-      <c r="S27" s="43"/>
+      <c r="S27" s="46"/>
       <c r="T27" s="36"/>
       <c r="V27" s="28"/>
       <c r="W27" s="31"/>
       <c r="X27" s="28"/>
       <c r="Y27" s="26"/>
       <c r="Z27" s="28"/>
       <c r="AA27" s="26"/>
       <c r="AB27" s="28"/>
       <c r="AC27" s="26"/>
       <c r="AD27" s="26"/>
       <c r="AE27" s="31"/>
       <c r="AF27" s="28"/>
       <c r="AG27" s="26"/>
       <c r="AH27" s="28"/>
       <c r="AI27" s="26"/>
-      <c r="AK27" s="43"/>
+      <c r="AK27" s="46"/>
       <c r="AL27" s="36"/>
       <c r="AN27" s="28"/>
       <c r="AO27" s="31"/>
       <c r="AP27" s="28"/>
       <c r="AQ27" s="26"/>
       <c r="AR27" s="28"/>
       <c r="AS27" s="26"/>
       <c r="AT27" s="28"/>
       <c r="AU27" s="26"/>
       <c r="AV27" s="26"/>
       <c r="AW27" s="31"/>
       <c r="AX27" s="28"/>
       <c r="AY27" s="26"/>
       <c r="AZ27" s="28"/>
       <c r="BA27" s="26"/>
-      <c r="BC27" s="167"/>
-      <c r="BD27" s="168"/>
+      <c r="BC27" s="172"/>
+      <c r="BD27" s="173"/>
     </row>
     <row r="28" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="43"/>
+      <c r="A28" s="46"/>
       <c r="B28" s="36"/>
       <c r="D28" s="28"/>
       <c r="E28" s="29"/>
       <c r="F28" s="30"/>
       <c r="G28" s="34"/>
       <c r="H28" s="30"/>
       <c r="I28" s="34"/>
       <c r="J28" s="30"/>
       <c r="K28" s="34"/>
       <c r="L28" s="34"/>
       <c r="M28" s="29"/>
       <c r="N28" s="30"/>
       <c r="O28" s="34"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="26"/>
       <c r="R28" s="26"/>
-      <c r="S28" s="43"/>
+      <c r="S28" s="46"/>
       <c r="T28" s="36"/>
       <c r="V28" s="28"/>
       <c r="W28" s="29"/>
       <c r="X28" s="30"/>
       <c r="Y28" s="34"/>
       <c r="Z28" s="30"/>
       <c r="AA28" s="34"/>
       <c r="AB28" s="30"/>
       <c r="AC28" s="34"/>
       <c r="AD28" s="34"/>
       <c r="AE28" s="29"/>
       <c r="AF28" s="30"/>
       <c r="AG28" s="34"/>
       <c r="AH28" s="30"/>
       <c r="AI28" s="26"/>
-      <c r="AK28" s="43"/>
+      <c r="AK28" s="46"/>
       <c r="AL28" s="36"/>
       <c r="AN28" s="28"/>
       <c r="AO28" s="29"/>
       <c r="AP28" s="30"/>
       <c r="AQ28" s="34"/>
       <c r="AR28" s="30"/>
       <c r="AS28" s="34"/>
       <c r="AT28" s="30"/>
       <c r="AU28" s="34"/>
       <c r="AV28" s="34"/>
       <c r="AW28" s="29"/>
       <c r="AX28" s="30"/>
       <c r="AY28" s="34"/>
       <c r="AZ28" s="30"/>
       <c r="BA28" s="26"/>
-      <c r="BC28" s="167"/>
-      <c r="BD28" s="168"/>
+      <c r="BC28" s="172"/>
+      <c r="BD28" s="173"/>
     </row>
     <row r="29" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="43"/>
+      <c r="A29" s="46"/>
       <c r="B29" s="36"/>
       <c r="D29" s="28"/>
       <c r="E29" s="29"/>
       <c r="F29" s="30"/>
       <c r="G29" s="34"/>
       <c r="H29" s="30"/>
       <c r="I29" s="34"/>
       <c r="J29" s="30"/>
       <c r="K29" s="34"/>
       <c r="L29" s="34"/>
       <c r="M29" s="29"/>
       <c r="N29" s="30"/>
       <c r="O29" s="34"/>
       <c r="P29" s="30"/>
       <c r="Q29" s="26"/>
       <c r="R29" s="26"/>
-      <c r="S29" s="43"/>
+      <c r="S29" s="46"/>
       <c r="T29" s="36"/>
       <c r="V29" s="28"/>
       <c r="W29" s="29"/>
       <c r="X29" s="30"/>
       <c r="Y29" s="34"/>
       <c r="Z29" s="30"/>
       <c r="AA29" s="34"/>
       <c r="AB29" s="30"/>
       <c r="AC29" s="34"/>
       <c r="AD29" s="34"/>
       <c r="AE29" s="29"/>
       <c r="AF29" s="30"/>
       <c r="AG29" s="34"/>
       <c r="AH29" s="30"/>
       <c r="AI29" s="26"/>
-      <c r="AK29" s="43"/>
+      <c r="AK29" s="46"/>
       <c r="AL29" s="36"/>
       <c r="AN29" s="28"/>
       <c r="AO29" s="29"/>
       <c r="AP29" s="30"/>
       <c r="AQ29" s="34"/>
       <c r="AR29" s="30"/>
       <c r="AS29" s="34"/>
       <c r="AT29" s="30"/>
       <c r="AU29" s="34"/>
       <c r="AV29" s="34"/>
       <c r="AW29" s="29"/>
       <c r="AX29" s="30"/>
       <c r="AY29" s="34"/>
       <c r="AZ29" s="30"/>
       <c r="BA29" s="26"/>
-      <c r="BC29" s="167"/>
-      <c r="BD29" s="168"/>
+      <c r="BC29" s="172"/>
+      <c r="BD29" s="173"/>
     </row>
     <row r="30" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="43"/>
+      <c r="A30" s="46"/>
       <c r="B30" s="36"/>
       <c r="D30" s="28"/>
       <c r="E30" s="31"/>
       <c r="F30" s="28"/>
       <c r="G30" s="26"/>
       <c r="H30" s="28"/>
       <c r="I30" s="26"/>
       <c r="J30" s="28"/>
       <c r="K30" s="26"/>
       <c r="L30" s="26"/>
       <c r="M30" s="31"/>
       <c r="N30" s="28"/>
       <c r="O30" s="26"/>
       <c r="P30" s="28"/>
       <c r="Q30" s="26"/>
       <c r="R30" s="26"/>
-      <c r="S30" s="43"/>
+      <c r="S30" s="46"/>
       <c r="T30" s="36"/>
       <c r="V30" s="28"/>
       <c r="W30" s="31"/>
       <c r="X30" s="28"/>
       <c r="Y30" s="26"/>
       <c r="Z30" s="28"/>
       <c r="AA30" s="26"/>
       <c r="AB30" s="28"/>
       <c r="AC30" s="26"/>
       <c r="AD30" s="26"/>
       <c r="AE30" s="31"/>
       <c r="AF30" s="28"/>
       <c r="AG30" s="26"/>
       <c r="AH30" s="28"/>
       <c r="AI30" s="26"/>
-      <c r="AK30" s="43"/>
+      <c r="AK30" s="46"/>
       <c r="AL30" s="36"/>
       <c r="AN30" s="28"/>
       <c r="AO30" s="31"/>
       <c r="AP30" s="28"/>
       <c r="AQ30" s="26"/>
       <c r="AR30" s="28"/>
       <c r="AS30" s="26"/>
       <c r="AT30" s="28"/>
       <c r="AU30" s="26"/>
       <c r="AV30" s="26"/>
       <c r="AW30" s="31"/>
       <c r="AX30" s="28"/>
       <c r="AY30" s="26"/>
       <c r="AZ30" s="28"/>
       <c r="BA30" s="26"/>
-      <c r="BC30" s="167"/>
-      <c r="BD30" s="168"/>
+      <c r="BC30" s="172"/>
+      <c r="BD30" s="173"/>
     </row>
     <row r="31" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="43"/>
+      <c r="A31" s="46"/>
       <c r="B31" s="36"/>
       <c r="D31" s="28"/>
       <c r="E31" s="29"/>
       <c r="F31" s="30"/>
       <c r="G31" s="34"/>
       <c r="H31" s="30"/>
       <c r="I31" s="34"/>
       <c r="J31" s="30"/>
       <c r="K31" s="34"/>
       <c r="L31" s="34"/>
       <c r="M31" s="29"/>
       <c r="N31" s="30"/>
       <c r="O31" s="34"/>
       <c r="P31" s="30"/>
       <c r="Q31" s="26"/>
       <c r="R31" s="26"/>
-      <c r="S31" s="43"/>
+      <c r="S31" s="46"/>
       <c r="T31" s="36"/>
       <c r="V31" s="28"/>
       <c r="W31" s="29"/>
       <c r="X31" s="30"/>
       <c r="Y31" s="34"/>
       <c r="Z31" s="30"/>
       <c r="AA31" s="34"/>
       <c r="AB31" s="30"/>
       <c r="AC31" s="34"/>
       <c r="AD31" s="34"/>
       <c r="AE31" s="29"/>
       <c r="AF31" s="30"/>
       <c r="AG31" s="34"/>
       <c r="AH31" s="30"/>
       <c r="AI31" s="26"/>
-      <c r="AK31" s="43"/>
+      <c r="AK31" s="46"/>
       <c r="AL31" s="36"/>
       <c r="AN31" s="28"/>
       <c r="AO31" s="29"/>
       <c r="AP31" s="30"/>
       <c r="AQ31" s="34"/>
       <c r="AR31" s="30"/>
       <c r="AS31" s="34"/>
       <c r="AT31" s="30"/>
       <c r="AU31" s="34"/>
       <c r="AV31" s="34"/>
       <c r="AW31" s="29"/>
       <c r="AX31" s="30"/>
       <c r="AY31" s="34"/>
       <c r="AZ31" s="30"/>
       <c r="BA31" s="26"/>
-      <c r="BC31" s="167"/>
-      <c r="BD31" s="168"/>
+      <c r="BC31" s="172"/>
+      <c r="BD31" s="173"/>
     </row>
     <row r="32" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="43"/>
+      <c r="A32" s="46"/>
       <c r="B32" s="36"/>
       <c r="D32" s="28"/>
       <c r="E32" s="31"/>
       <c r="F32" s="28"/>
       <c r="G32" s="26"/>
       <c r="H32" s="28"/>
       <c r="I32" s="26"/>
       <c r="J32" s="28"/>
       <c r="K32" s="26"/>
       <c r="L32" s="26"/>
       <c r="M32" s="31"/>
       <c r="N32" s="28"/>
       <c r="O32" s="26"/>
       <c r="P32" s="28"/>
       <c r="Q32" s="26"/>
       <c r="R32" s="26"/>
-      <c r="S32" s="43"/>
+      <c r="S32" s="46"/>
       <c r="T32" s="36"/>
       <c r="V32" s="28"/>
       <c r="W32" s="31"/>
       <c r="X32" s="28"/>
       <c r="Y32" s="26"/>
       <c r="Z32" s="28"/>
       <c r="AA32" s="26"/>
       <c r="AB32" s="28"/>
       <c r="AC32" s="26"/>
       <c r="AD32" s="26"/>
       <c r="AE32" s="31"/>
       <c r="AF32" s="28"/>
       <c r="AG32" s="26"/>
       <c r="AH32" s="28"/>
       <c r="AI32" s="26"/>
-      <c r="AK32" s="43"/>
+      <c r="AK32" s="46"/>
       <c r="AL32" s="36"/>
       <c r="AN32" s="28"/>
       <c r="AO32" s="31"/>
       <c r="AP32" s="28"/>
       <c r="AQ32" s="26"/>
       <c r="AR32" s="28"/>
       <c r="AS32" s="26"/>
       <c r="AT32" s="28"/>
       <c r="AU32" s="26"/>
       <c r="AV32" s="26"/>
       <c r="AW32" s="31"/>
       <c r="AX32" s="28"/>
       <c r="AY32" s="26"/>
       <c r="AZ32" s="28"/>
       <c r="BA32" s="26"/>
-      <c r="BC32" s="167"/>
-      <c r="BD32" s="168"/>
+      <c r="BC32" s="172"/>
+      <c r="BD32" s="173"/>
     </row>
     <row r="33" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="43"/>
+      <c r="A33" s="46"/>
       <c r="B33" s="36"/>
       <c r="D33" s="28"/>
       <c r="E33" s="29"/>
       <c r="F33" s="30"/>
       <c r="G33" s="34"/>
       <c r="H33" s="30"/>
       <c r="I33" s="34"/>
       <c r="J33" s="30"/>
       <c r="K33" s="34"/>
       <c r="L33" s="34"/>
       <c r="M33" s="29"/>
       <c r="N33" s="30"/>
       <c r="O33" s="34"/>
       <c r="P33" s="30"/>
       <c r="Q33" s="26"/>
       <c r="R33" s="26"/>
-      <c r="S33" s="43"/>
+      <c r="S33" s="46"/>
       <c r="T33" s="36"/>
       <c r="V33" s="28"/>
       <c r="W33" s="29"/>
       <c r="X33" s="30"/>
       <c r="Y33" s="34"/>
       <c r="Z33" s="30"/>
       <c r="AA33" s="34"/>
       <c r="AB33" s="30"/>
       <c r="AC33" s="34"/>
       <c r="AD33" s="34"/>
       <c r="AE33" s="29"/>
       <c r="AF33" s="30"/>
       <c r="AG33" s="34"/>
       <c r="AH33" s="30"/>
       <c r="AI33" s="26"/>
-      <c r="AK33" s="43"/>
+      <c r="AK33" s="46"/>
       <c r="AL33" s="36"/>
       <c r="AN33" s="28"/>
       <c r="AO33" s="29"/>
       <c r="AP33" s="30"/>
       <c r="AQ33" s="34"/>
       <c r="AR33" s="30"/>
       <c r="AS33" s="34"/>
       <c r="AT33" s="30"/>
       <c r="AU33" s="34"/>
       <c r="AV33" s="34"/>
       <c r="AW33" s="29"/>
       <c r="AX33" s="30"/>
       <c r="AY33" s="34"/>
       <c r="AZ33" s="30"/>
       <c r="BA33" s="26"/>
-      <c r="BC33" s="167"/>
-      <c r="BD33" s="168"/>
+      <c r="BC33" s="172"/>
+      <c r="BD33" s="173"/>
     </row>
     <row r="34" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="43"/>
+      <c r="A34" s="46"/>
       <c r="B34" s="36"/>
       <c r="D34" s="28"/>
       <c r="E34" s="35"/>
       <c r="F34" s="28"/>
       <c r="G34" s="26"/>
       <c r="H34" s="28"/>
       <c r="I34" s="26"/>
       <c r="J34" s="28"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="31"/>
       <c r="N34" s="28"/>
       <c r="O34" s="26"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
-      <c r="S34" s="43"/>
+      <c r="S34" s="46"/>
       <c r="T34" s="36"/>
       <c r="V34" s="28"/>
       <c r="W34" s="35"/>
       <c r="X34" s="28"/>
       <c r="Y34" s="26"/>
       <c r="Z34" s="28"/>
       <c r="AA34" s="26"/>
       <c r="AB34" s="28"/>
       <c r="AC34" s="26"/>
       <c r="AD34" s="26"/>
       <c r="AE34" s="31"/>
       <c r="AF34" s="28"/>
       <c r="AG34" s="26"/>
       <c r="AH34" s="28"/>
       <c r="AI34" s="26"/>
-      <c r="AK34" s="43"/>
+      <c r="AK34" s="46"/>
       <c r="AL34" s="36"/>
       <c r="AN34" s="28"/>
       <c r="AO34" s="35"/>
       <c r="AP34" s="28"/>
       <c r="AQ34" s="26"/>
       <c r="AR34" s="28"/>
       <c r="AS34" s="26"/>
       <c r="AT34" s="28"/>
       <c r="AU34" s="26"/>
       <c r="AV34" s="26"/>
       <c r="AW34" s="31"/>
       <c r="AX34" s="28"/>
       <c r="AY34" s="26"/>
       <c r="AZ34" s="28"/>
       <c r="BA34" s="26"/>
-      <c r="BC34" s="167"/>
-      <c r="BD34" s="168"/>
+      <c r="BC34" s="172"/>
+      <c r="BD34" s="173"/>
     </row>
     <row r="35" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="43"/>
+      <c r="A35" s="46"/>
       <c r="B35" s="36"/>
       <c r="D35" s="28"/>
       <c r="E35" s="31"/>
       <c r="F35" s="30"/>
       <c r="G35" s="34"/>
       <c r="H35" s="30"/>
       <c r="I35" s="34"/>
       <c r="J35" s="30"/>
       <c r="K35" s="34"/>
       <c r="L35" s="34"/>
       <c r="M35" s="29"/>
       <c r="N35" s="30"/>
       <c r="O35" s="34"/>
       <c r="P35" s="30"/>
       <c r="Q35" s="26"/>
       <c r="R35" s="26"/>
-      <c r="S35" s="43"/>
+      <c r="S35" s="46"/>
       <c r="T35" s="36"/>
       <c r="V35" s="28"/>
       <c r="W35" s="31"/>
       <c r="X35" s="30"/>
       <c r="Y35" s="34"/>
       <c r="Z35" s="30"/>
       <c r="AA35" s="34"/>
       <c r="AB35" s="30"/>
       <c r="AC35" s="34"/>
       <c r="AD35" s="34"/>
       <c r="AE35" s="29"/>
       <c r="AF35" s="30"/>
       <c r="AG35" s="34"/>
       <c r="AH35" s="30"/>
       <c r="AI35" s="26"/>
-      <c r="AK35" s="43"/>
+      <c r="AK35" s="46"/>
       <c r="AL35" s="36"/>
       <c r="AN35" s="28"/>
       <c r="AO35" s="31"/>
       <c r="AP35" s="30"/>
       <c r="AQ35" s="34"/>
       <c r="AR35" s="30"/>
       <c r="AS35" s="34"/>
       <c r="AT35" s="30"/>
       <c r="AU35" s="34"/>
       <c r="AV35" s="34"/>
       <c r="AW35" s="29"/>
       <c r="AX35" s="30"/>
       <c r="AY35" s="34"/>
       <c r="AZ35" s="30"/>
       <c r="BA35" s="26"/>
-      <c r="BC35" s="167"/>
-      <c r="BD35" s="168"/>
+      <c r="BC35" s="172"/>
+      <c r="BD35" s="173"/>
     </row>
     <row r="36" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="43"/>
+      <c r="A36" s="46"/>
       <c r="B36" s="36"/>
       <c r="D36" s="28"/>
       <c r="E36" s="33"/>
       <c r="F36" s="28"/>
       <c r="G36" s="26"/>
       <c r="H36" s="28"/>
       <c r="I36" s="26"/>
       <c r="J36" s="28"/>
       <c r="K36" s="26"/>
       <c r="L36" s="26"/>
       <c r="M36" s="31"/>
       <c r="N36" s="28"/>
       <c r="O36" s="26"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="26"/>
       <c r="R36" s="26"/>
-      <c r="S36" s="43"/>
+      <c r="S36" s="46"/>
       <c r="T36" s="36"/>
       <c r="V36" s="28"/>
       <c r="W36" s="33"/>
       <c r="X36" s="28"/>
       <c r="Y36" s="26"/>
       <c r="Z36" s="28"/>
       <c r="AA36" s="26"/>
       <c r="AB36" s="28"/>
       <c r="AC36" s="26"/>
       <c r="AD36" s="26"/>
       <c r="AE36" s="31"/>
       <c r="AF36" s="28"/>
       <c r="AG36" s="26"/>
       <c r="AH36" s="28"/>
       <c r="AI36" s="26"/>
-      <c r="AK36" s="43"/>
+      <c r="AK36" s="46"/>
       <c r="AL36" s="36"/>
       <c r="AN36" s="28"/>
       <c r="AO36" s="33"/>
       <c r="AP36" s="28"/>
       <c r="AQ36" s="26"/>
       <c r="AR36" s="28"/>
       <c r="AS36" s="26"/>
       <c r="AT36" s="28"/>
       <c r="AU36" s="26"/>
       <c r="AV36" s="26"/>
       <c r="AW36" s="31"/>
       <c r="AX36" s="28"/>
       <c r="AY36" s="26"/>
       <c r="AZ36" s="28"/>
       <c r="BA36" s="26"/>
-      <c r="BC36" s="167"/>
-      <c r="BD36" s="168"/>
+      <c r="BC36" s="172"/>
+      <c r="BD36" s="173"/>
     </row>
     <row r="37" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="43"/>
+      <c r="A37" s="46"/>
       <c r="B37" s="36"/>
       <c r="D37" s="28"/>
       <c r="E37" s="29"/>
       <c r="F37" s="30"/>
       <c r="G37" s="34"/>
       <c r="H37" s="30"/>
       <c r="I37" s="34"/>
       <c r="J37" s="30"/>
       <c r="K37" s="34"/>
       <c r="L37" s="34"/>
       <c r="M37" s="29"/>
       <c r="N37" s="30"/>
       <c r="O37" s="34"/>
       <c r="P37" s="30"/>
       <c r="Q37" s="26"/>
       <c r="R37" s="26"/>
-      <c r="S37" s="43"/>
+      <c r="S37" s="46"/>
       <c r="T37" s="36"/>
       <c r="V37" s="28"/>
       <c r="W37" s="29"/>
       <c r="X37" s="30"/>
       <c r="Y37" s="34"/>
       <c r="Z37" s="30"/>
       <c r="AA37" s="34"/>
       <c r="AB37" s="30"/>
       <c r="AC37" s="34"/>
       <c r="AD37" s="34"/>
       <c r="AE37" s="29"/>
       <c r="AF37" s="30"/>
       <c r="AG37" s="34"/>
       <c r="AH37" s="30"/>
       <c r="AI37" s="26"/>
-      <c r="AK37" s="43"/>
+      <c r="AK37" s="46"/>
       <c r="AL37" s="36"/>
       <c r="AN37" s="28"/>
       <c r="AO37" s="29"/>
       <c r="AP37" s="30"/>
       <c r="AQ37" s="34"/>
       <c r="AR37" s="30"/>
       <c r="AS37" s="34"/>
       <c r="AT37" s="30"/>
       <c r="AU37" s="34"/>
       <c r="AV37" s="34"/>
       <c r="AW37" s="29"/>
       <c r="AX37" s="30"/>
       <c r="AY37" s="34"/>
       <c r="AZ37" s="30"/>
       <c r="BA37" s="26"/>
-      <c r="BC37" s="167"/>
-      <c r="BD37" s="168"/>
+      <c r="BC37" s="172"/>
+      <c r="BD37" s="173"/>
     </row>
     <row r="38" spans="1:56" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D38" s="26"/>
       <c r="E38" s="26"/>
       <c r="F38" s="26"/>
       <c r="G38" s="26"/>
       <c r="H38" s="26"/>
       <c r="I38" s="26"/>
       <c r="J38" s="26"/>
       <c r="K38" s="26"/>
       <c r="L38" s="26"/>
       <c r="M38" s="26"/>
       <c r="N38" s="26"/>
       <c r="O38" s="26"/>
       <c r="P38" s="26"/>
       <c r="Q38" s="26"/>
       <c r="R38" s="26"/>
       <c r="V38" s="26"/>
       <c r="W38" s="26"/>
       <c r="X38" s="26"/>
       <c r="Y38" s="26"/>
       <c r="Z38" s="26"/>
       <c r="AA38" s="26"/>
       <c r="AB38" s="26"/>
       <c r="AC38" s="26"/>
       <c r="AD38" s="26"/>
       <c r="AE38" s="26"/>
       <c r="AF38" s="26"/>
       <c r="AG38" s="26"/>
       <c r="AH38" s="26"/>
       <c r="AI38" s="26"/>
       <c r="AN38" s="26"/>
       <c r="AO38" s="26"/>
       <c r="AP38" s="26"/>
       <c r="AQ38" s="26"/>
       <c r="AR38" s="26"/>
       <c r="AS38" s="26"/>
       <c r="AT38" s="26"/>
       <c r="AU38" s="26"/>
       <c r="AV38" s="26"/>
       <c r="AW38" s="26"/>
       <c r="AX38" s="26"/>
       <c r="AY38" s="26"/>
       <c r="AZ38" s="26"/>
       <c r="BA38" s="26"/>
       <c r="BB38" s="20"/>
     </row>
+    <row r="39" spans="1:56" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="39"/>
+      <c r="B39" s="39"/>
+      <c r="C39" s="39"/>
+      <c r="D39" s="39"/>
+      <c r="E39" s="39"/>
+      <c r="F39" s="39"/>
+      <c r="G39" s="39"/>
+      <c r="H39" s="39"/>
+      <c r="I39" s="39"/>
+      <c r="J39" s="39"/>
+      <c r="K39" s="39"/>
+      <c r="L39" s="39"/>
+      <c r="M39" s="39"/>
+      <c r="N39" s="39"/>
+      <c r="O39" s="39"/>
+      <c r="P39" s="39"/>
+      <c r="Q39" s="39"/>
+      <c r="R39" s="39"/>
+      <c r="S39" s="39"/>
+      <c r="T39" s="39"/>
+      <c r="U39" s="39"/>
+      <c r="V39" s="39"/>
+      <c r="W39" s="39"/>
+      <c r="X39" s="39"/>
+      <c r="Y39" s="39"/>
+      <c r="Z39" s="39"/>
+      <c r="AA39" s="39"/>
+      <c r="AB39" s="39"/>
+      <c r="AC39" s="39"/>
+      <c r="AD39" s="39"/>
+      <c r="AE39" s="39"/>
+      <c r="AF39" s="39"/>
+      <c r="AG39" s="39"/>
+      <c r="AH39" s="39"/>
+      <c r="AI39" s="39"/>
+      <c r="AJ39" s="39"/>
+      <c r="AK39" s="39"/>
+      <c r="AL39" s="39"/>
+      <c r="AM39" s="39"/>
+      <c r="AN39" s="39"/>
+      <c r="AO39" s="39"/>
+      <c r="AP39" s="39"/>
+      <c r="AQ39" s="39"/>
+      <c r="AR39" s="39"/>
+      <c r="AS39" s="39"/>
+      <c r="AT39" s="39"/>
+      <c r="AU39" s="39"/>
+      <c r="AV39" s="39"/>
+      <c r="AW39" s="39"/>
+      <c r="AX39" s="39"/>
+      <c r="AY39" s="39"/>
+      <c r="AZ39" s="39"/>
+      <c r="BA39" s="39"/>
+    </row>
+    <row r="40" spans="1:56" ht="4.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="147" t="s">
+        <v>210</v>
+      </c>
+      <c r="B41" s="148"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="128" t="s">
+        <v>0</v>
+      </c>
+      <c r="E41" s="129"/>
+      <c r="F41" s="129"/>
+      <c r="G41" s="129"/>
+      <c r="H41" s="129"/>
+      <c r="I41" s="129"/>
+      <c r="J41" s="129"/>
+      <c r="K41" s="129"/>
+      <c r="L41" s="129"/>
+      <c r="M41" s="130"/>
+      <c r="N41" s="151">
+        <f>IFERROR(VLOOKUP(A41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,2,FALSE),"")</f>
+        <v>0.24</v>
+      </c>
+      <c r="O41" s="151"/>
+      <c r="P41" s="151"/>
+      <c r="Q41" s="152"/>
+      <c r="R41" s="19"/>
+      <c r="S41" s="147" t="s">
+        <v>210</v>
+      </c>
+      <c r="T41" s="148"/>
+      <c r="U41" s="18"/>
+      <c r="V41" s="128" t="s">
+        <v>0</v>
+      </c>
+      <c r="W41" s="129"/>
+      <c r="X41" s="129"/>
+      <c r="Y41" s="129"/>
+      <c r="Z41" s="129"/>
+      <c r="AA41" s="129"/>
+      <c r="AB41" s="129"/>
+      <c r="AC41" s="129"/>
+      <c r="AD41" s="129"/>
+      <c r="AE41" s="130"/>
+      <c r="AF41" s="151">
+        <f>IFERROR(VLOOKUP(S41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,2,FALSE),"")</f>
+        <v>0.24</v>
+      </c>
+      <c r="AG41" s="151"/>
+      <c r="AH41" s="151"/>
+      <c r="AI41" s="152"/>
+      <c r="AJ41" s="19"/>
+      <c r="AK41" s="147" t="s">
+        <v>9</v>
+      </c>
+      <c r="AL41" s="148"/>
+      <c r="AM41" s="18"/>
+      <c r="AN41" s="128" t="s">
+        <v>0</v>
+      </c>
+      <c r="AO41" s="129"/>
+      <c r="AP41" s="129"/>
+      <c r="AQ41" s="129"/>
+      <c r="AR41" s="129"/>
+      <c r="AS41" s="129"/>
+      <c r="AT41" s="129"/>
+      <c r="AU41" s="129"/>
+      <c r="AV41" s="129"/>
+      <c r="AW41" s="130"/>
+      <c r="AX41" s="151" t="str">
+        <f>IFERROR(VLOOKUP(AK41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,2,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="AY41" s="151"/>
+      <c r="AZ41" s="151"/>
+      <c r="BA41" s="152"/>
+    </row>
+    <row r="42" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="149"/>
+      <c r="B42" s="150"/>
+      <c r="C42" s="18"/>
+      <c r="D42" s="128" t="s">
+        <v>8</v>
+      </c>
+      <c r="E42" s="129"/>
+      <c r="F42" s="129"/>
+      <c r="G42" s="129"/>
+      <c r="H42" s="129"/>
+      <c r="I42" s="129"/>
+      <c r="J42" s="129"/>
+      <c r="K42" s="129"/>
+      <c r="L42" s="129"/>
+      <c r="M42" s="130"/>
+      <c r="N42" s="151">
+        <f>IFERROR(VLOOKUP(A41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,3,FALSE),"")</f>
+        <v>0.24</v>
+      </c>
+      <c r="O42" s="151"/>
+      <c r="P42" s="151"/>
+      <c r="Q42" s="152"/>
+      <c r="R42" s="19"/>
+      <c r="S42" s="149"/>
+      <c r="T42" s="150"/>
+      <c r="U42" s="18"/>
+      <c r="V42" s="128" t="s">
+        <v>8</v>
+      </c>
+      <c r="W42" s="129"/>
+      <c r="X42" s="129"/>
+      <c r="Y42" s="129"/>
+      <c r="Z42" s="129"/>
+      <c r="AA42" s="129"/>
+      <c r="AB42" s="129"/>
+      <c r="AC42" s="129"/>
+      <c r="AD42" s="129"/>
+      <c r="AE42" s="130"/>
+      <c r="AF42" s="151">
+        <f>IFERROR(VLOOKUP(S41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,3,FALSE),"")</f>
+        <v>0.24</v>
+      </c>
+      <c r="AG42" s="151"/>
+      <c r="AH42" s="151"/>
+      <c r="AI42" s="152"/>
+      <c r="AJ42" s="19"/>
+      <c r="AK42" s="149"/>
+      <c r="AL42" s="150"/>
+      <c r="AM42" s="18"/>
+      <c r="AN42" s="128" t="s">
+        <v>8</v>
+      </c>
+      <c r="AO42" s="129"/>
+      <c r="AP42" s="129"/>
+      <c r="AQ42" s="129"/>
+      <c r="AR42" s="129"/>
+      <c r="AS42" s="129"/>
+      <c r="AT42" s="129"/>
+      <c r="AU42" s="129"/>
+      <c r="AV42" s="129"/>
+      <c r="AW42" s="130"/>
+      <c r="AX42" s="151" t="str">
+        <f>IFERROR(VLOOKUP(AK41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,3,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="AY42" s="151"/>
+      <c r="AZ42" s="151"/>
+      <c r="BA42" s="152"/>
+    </row>
+    <row r="43" spans="1:56" s="22" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="224" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" s="225"/>
+      <c r="C43" s="18"/>
+      <c r="D43" s="131" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
+        <v>neuer Zielwert</v>
+      </c>
+      <c r="E43" s="132"/>
+      <c r="F43" s="132"/>
+      <c r="G43" s="132"/>
+      <c r="H43" s="132"/>
+      <c r="I43" s="132"/>
+      <c r="J43" s="132"/>
+      <c r="K43" s="133"/>
+      <c r="L43" s="223">
+        <v>13</v>
+      </c>
+      <c r="M43" s="223"/>
+      <c r="N43" s="223"/>
+      <c r="O43" s="144" t="str">
+        <f>IFERROR(VLOOKUP(A41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,4,FALSE),"Einheit")</f>
+        <v>mg/l</v>
+      </c>
+      <c r="P43" s="145"/>
+      <c r="Q43" s="146"/>
+      <c r="R43" s="19"/>
+      <c r="S43" s="224" t="s">
+        <v>269</v>
+      </c>
+      <c r="T43" s="225"/>
+      <c r="U43" s="18"/>
+      <c r="V43" s="131" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
+        <v>neuer Zielwert</v>
+      </c>
+      <c r="W43" s="132"/>
+      <c r="X43" s="132"/>
+      <c r="Y43" s="132"/>
+      <c r="Z43" s="132"/>
+      <c r="AA43" s="132"/>
+      <c r="AB43" s="132"/>
+      <c r="AC43" s="133"/>
+      <c r="AD43" s="223">
+        <v>50</v>
+      </c>
+      <c r="AE43" s="223"/>
+      <c r="AF43" s="223"/>
+      <c r="AG43" s="144" t="str">
+        <f>IFERROR(VLOOKUP(S41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,4,FALSE),"Einheit")</f>
+        <v>mg/l</v>
+      </c>
+      <c r="AH43" s="145"/>
+      <c r="AI43" s="146"/>
+      <c r="AJ43" s="19"/>
+      <c r="AK43" s="139" t="s">
+        <v>30</v>
+      </c>
+      <c r="AL43" s="140"/>
+      <c r="AM43" s="18"/>
+      <c r="AN43" s="131" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
+        <v/>
+      </c>
+      <c r="AO43" s="132"/>
+      <c r="AP43" s="132"/>
+      <c r="AQ43" s="132"/>
+      <c r="AR43" s="132"/>
+      <c r="AS43" s="132"/>
+      <c r="AT43" s="132"/>
+      <c r="AU43" s="133"/>
+      <c r="AV43" s="143" t="str" cm="1">
+        <f t="array" ref="AV43">IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"",IF(AND(AL49:AL73="",$V$4="Eine Vorlage zur Zielwertermittlung"),"----------",ROUND(AVERAGE(AL49:AL73),IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1)))))))</f>
+        <v>----------</v>
+      </c>
+      <c r="AW43" s="143"/>
+      <c r="AX43" s="143"/>
+      <c r="AY43" s="144" t="str">
+        <f>IFERROR(VLOOKUP(AK41,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$200,4,FALSE),"Einheit")</f>
+        <v>Einheit</v>
+      </c>
+      <c r="AZ43" s="145"/>
+      <c r="BA43" s="146"/>
+      <c r="BC43" s="16"/>
+    </row>
+    <row r="44" spans="1:56" s="22" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="226"/>
+      <c r="B44" s="227"/>
+      <c r="C44" s="18"/>
+      <c r="D44" s="162" t="str">
+        <f>IF(L44="","","Standardabweichung")</f>
+        <v>Standardabweichung</v>
+      </c>
+      <c r="E44" s="162"/>
+      <c r="F44" s="162"/>
+      <c r="G44" s="162"/>
+      <c r="H44" s="162"/>
+      <c r="I44" s="162"/>
+      <c r="J44" s="162"/>
+      <c r="K44" s="162"/>
+      <c r="L44" s="163">
+        <f>IF(J47="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,""))*IF(MIN(N41,N42)=0,MAX(N41,N42),MIN(N41,N42))/3,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v>1</v>
+      </c>
+      <c r="M44" s="163"/>
+      <c r="N44" s="163"/>
+      <c r="O44" s="134" t="str">
+        <f>IF(L44="","",O43)</f>
+        <v>mg/l</v>
+      </c>
+      <c r="P44" s="134"/>
+      <c r="Q44" s="134"/>
+      <c r="R44" s="19"/>
+      <c r="S44" s="226"/>
+      <c r="T44" s="227"/>
+      <c r="U44" s="18"/>
+      <c r="V44" s="162" t="str">
+        <f>IF(AD44="","","Standardabweichung")</f>
+        <v>Standardabweichung</v>
+      </c>
+      <c r="W44" s="162"/>
+      <c r="X44" s="162"/>
+      <c r="Y44" s="162"/>
+      <c r="Z44" s="162"/>
+      <c r="AA44" s="162"/>
+      <c r="AB44" s="162"/>
+      <c r="AC44" s="162"/>
+      <c r="AD44" s="163">
+        <f>IF(AB47="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,""))*IF(MIN(AF41,AF42)=0,MAX(AF41,AF42),MIN(AF41,AF42))/3,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v>4</v>
+      </c>
+      <c r="AE44" s="163"/>
+      <c r="AF44" s="163"/>
+      <c r="AG44" s="134" t="str">
+        <f>IF(AD44="","",AG43)</f>
+        <v>mg/l</v>
+      </c>
+      <c r="AH44" s="134"/>
+      <c r="AI44" s="134"/>
+      <c r="AJ44" s="19"/>
+      <c r="AK44" s="141"/>
+      <c r="AL44" s="142"/>
+      <c r="AM44" s="18"/>
+      <c r="AN44" s="162" t="str">
+        <f>IF(AV44="","","Standardabweichung")</f>
+        <v/>
+      </c>
+      <c r="AO44" s="162"/>
+      <c r="AP44" s="162"/>
+      <c r="AQ44" s="162"/>
+      <c r="AR44" s="162"/>
+      <c r="AS44" s="162"/>
+      <c r="AT44" s="162"/>
+      <c r="AU44" s="162"/>
+      <c r="AV44" s="163" t="str">
+        <f>IF(AT47="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,""))*IF(MIN(AX41,AX42)=0,MAX(AX41,AX42),MIN(AX41,AX42))/3,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AW44" s="163"/>
+      <c r="AX44" s="163"/>
+      <c r="AY44" s="134" t="str">
+        <f>IF(AV44="","",AY43)</f>
+        <v/>
+      </c>
+      <c r="AZ44" s="134"/>
+      <c r="BA44" s="134"/>
+      <c r="BC44" s="16"/>
+    </row>
+    <row r="45" spans="1:56" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="60" t="str">
+        <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
+        <v/>
+      </c>
+      <c r="B45" s="165" t="s">
+        <v>36</v>
+      </c>
+      <c r="C45" s="165"/>
+      <c r="D45" s="166" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(O45="")),"errechneter Mittelwert:","")</f>
+        <v/>
+      </c>
+      <c r="E45" s="166"/>
+      <c r="F45" s="166"/>
+      <c r="G45" s="166"/>
+      <c r="H45" s="166"/>
+      <c r="I45" s="166"/>
+      <c r="J45" s="166"/>
+      <c r="K45" s="166"/>
+      <c r="L45" s="166"/>
+      <c r="M45" s="166"/>
+      <c r="N45" s="166"/>
+      <c r="O45" s="167" t="str" cm="1">
+        <f t="array" ref="O45">IF(OR(AND(B49:B73=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(B49:B73),IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="P45" s="167"/>
+      <c r="Q45" s="167"/>
+      <c r="R45" s="20"/>
+      <c r="S45" s="60" t="str">
+        <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
+        <v/>
+      </c>
+      <c r="T45" s="165" t="s">
+        <v>36</v>
+      </c>
+      <c r="U45" s="165"/>
+      <c r="V45" s="166" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AG45="")),"errechneter Mittelwert:","")</f>
+        <v/>
+      </c>
+      <c r="W45" s="166"/>
+      <c r="X45" s="166"/>
+      <c r="Y45" s="166"/>
+      <c r="Z45" s="166"/>
+      <c r="AA45" s="166"/>
+      <c r="AB45" s="166"/>
+      <c r="AC45" s="166"/>
+      <c r="AD45" s="166"/>
+      <c r="AE45" s="166"/>
+      <c r="AF45" s="166"/>
+      <c r="AG45" s="167" t="str" cm="1">
+        <f t="array" ref="AG45">IF(OR(AND(T49:T73=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(T49:T73),IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AH45" s="167"/>
+      <c r="AI45" s="167"/>
+      <c r="AK45" s="60" t="str">
+        <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
+        <v/>
+      </c>
+      <c r="AL45" s="165" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM45" s="165"/>
+      <c r="AN45" s="166" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AY45="")),"errechneter Mittelwert:","")</f>
+        <v/>
+      </c>
+      <c r="AO45" s="166"/>
+      <c r="AP45" s="166"/>
+      <c r="AQ45" s="166"/>
+      <c r="AR45" s="166"/>
+      <c r="AS45" s="166"/>
+      <c r="AT45" s="166"/>
+      <c r="AU45" s="166"/>
+      <c r="AV45" s="166"/>
+      <c r="AW45" s="166"/>
+      <c r="AX45" s="166"/>
+      <c r="AY45" s="167" t="str" cm="1">
+        <f t="array" ref="AY45">IF(OR(AND(AL49:AL73=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(AL49:AL73),IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AZ45" s="167"/>
+      <c r="BA45" s="167"/>
+    </row>
+    <row r="46" spans="1:56" x14ac:dyDescent="0.2">
+      <c r="A46" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="B46" s="42" t="str">
+        <f>O43</f>
+        <v>mg/l</v>
+      </c>
+      <c r="C46" s="43"/>
+      <c r="D46" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="E46" s="138"/>
+      <c r="F46" s="137" t="s">
+        <v>3</v>
+      </c>
+      <c r="G46" s="138"/>
+      <c r="H46" s="137" t="s">
+        <v>4</v>
+      </c>
+      <c r="I46" s="138"/>
+      <c r="J46" s="136" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter Mw"),"Mw","Zw")</f>
+        <v>Zw</v>
+      </c>
+      <c r="K46" s="138"/>
+      <c r="L46" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="M46" s="135"/>
+      <c r="N46" s="137" t="s">
+        <v>6</v>
+      </c>
+      <c r="O46" s="135"/>
+      <c r="P46" s="134" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q46" s="135"/>
+      <c r="R46" s="21"/>
+      <c r="S46" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="T46" s="42" t="str">
+        <f>AG43</f>
+        <v>mg/l</v>
+      </c>
+      <c r="U46" s="43"/>
+      <c r="V46" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="W46" s="138"/>
+      <c r="X46" s="137" t="s">
+        <v>3</v>
+      </c>
+      <c r="Y46" s="138"/>
+      <c r="Z46" s="137" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA46" s="138"/>
+      <c r="AB46" s="136" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter Mw"),"Mw","Zw")</f>
+        <v>Zw</v>
+      </c>
+      <c r="AC46" s="138"/>
+      <c r="AD46" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="AE46" s="135"/>
+      <c r="AF46" s="137" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG46" s="135"/>
+      <c r="AH46" s="134" t="s">
+        <v>7</v>
+      </c>
+      <c r="AI46" s="135"/>
+      <c r="AJ46" s="19"/>
+      <c r="AK46" s="48" t="s">
+        <v>1</v>
+      </c>
+      <c r="AL46" s="42" t="str">
+        <f>AY43</f>
+        <v>Einheit</v>
+      </c>
+      <c r="AM46" s="43"/>
+      <c r="AN46" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="AO46" s="138"/>
+      <c r="AP46" s="137" t="s">
+        <v>3</v>
+      </c>
+      <c r="AQ46" s="138"/>
+      <c r="AR46" s="137" t="s">
+        <v>4</v>
+      </c>
+      <c r="AS46" s="138"/>
+      <c r="AT46" s="136" t="str">
+        <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter Mw"),"Mw","Zw")</f>
+        <v>Zw</v>
+      </c>
+      <c r="AU46" s="138"/>
+      <c r="AV46" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="AW46" s="135"/>
+      <c r="AX46" s="137" t="s">
+        <v>6</v>
+      </c>
+      <c r="AY46" s="135"/>
+      <c r="AZ46" s="134" t="s">
+        <v>7</v>
+      </c>
+      <c r="BA46" s="135"/>
+      <c r="BC46" s="168" t="s">
+        <v>262</v>
+      </c>
+      <c r="BD46" s="169"/>
+    </row>
+    <row r="47" spans="1:56" x14ac:dyDescent="0.2">
+      <c r="A47" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="C47" s="43"/>
+      <c r="D47" s="127">
+        <f>IF(OR(J47="",AND(N41="",N42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,"")))*IF(MIN(N41,N42)=0,MAX(N41,N42),MIN(N41,N42))/3,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v>9.9</v>
+      </c>
+      <c r="E47" s="126"/>
+      <c r="F47" s="220">
+        <f>IF(OR(J47="",AND(N41="",N42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,"")))*IF(MIN(N41,N42)=0,MAX(N41,N42),MIN(N41,N42))/3,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v>11</v>
+      </c>
+      <c r="G47" s="221"/>
+      <c r="H47" s="220">
+        <f>IF(OR(J47="",AND(N41="",N42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,"")))*IF(MIN(N41,N42)=0,MAX(N41,N42),MIN(N41,N42))/3,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v>12</v>
+      </c>
+      <c r="I47" s="221"/>
+      <c r="J47" s="222" cm="1">
+        <f t="array" ref="J47">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),IF(AND(B49:B73=""),"",ROUND(AVERAGE(B49:B73),IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),ROUND(L43,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))),""))</f>
+        <v>13</v>
+      </c>
+      <c r="K47" s="221"/>
+      <c r="L47" s="220">
+        <f>IF(OR(J47="",AND(N41="",N42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,"")))*IF(MIN(N41,N42)=0,MAX(N41,N42),MIN(N41,N42))/3,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v>14</v>
+      </c>
+      <c r="M47" s="221"/>
+      <c r="N47" s="220">
+        <f>IF(OR(J47="",AND(N41="",N42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,"")))*IF(MIN(N41,N42)=0,MAX(N41,N42),MIN(N41,N42))/3,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v>15</v>
+      </c>
+      <c r="O47" s="221"/>
+      <c r="P47" s="125">
+        <f>IF(OR(J47="",AND(N41="",N42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="errechneter MW"),AVERAGE(B49:B73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B45="eingetragener ZW",NOT(L43=""))),L43,"")))*IF(MIN(N41,N42)=0,MAX(N41,N42),MIN(N41,N42))/3,IF(B48="0 Komastellen",0,IF(B48="1 Komastelle",1,IF(B48="2 Komastellen",2,IF(B48="3 Komastellen",3,1))))))</f>
+        <v>16.100000000000001</v>
+      </c>
+      <c r="Q47" s="126"/>
+      <c r="R47" s="41"/>
+      <c r="S47" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="T47" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="U47" s="43"/>
+      <c r="V47" s="222">
+        <f>IF(OR(AB47="",AND(AF41="",AF42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,"")))*IF(MIN(AF41,AF42)=0,MAX(AF41,AF42),MIN(AF41,AF42))/3,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v>38</v>
+      </c>
+      <c r="W47" s="221"/>
+      <c r="X47" s="220">
+        <f>IF(OR(AB47="",AND(AF41="",AF42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,"")))*IF(MIN(AF41,AF42)=0,MAX(AF41,AF42),MIN(AF41,AF42))/3,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v>42</v>
+      </c>
+      <c r="Y47" s="221"/>
+      <c r="Z47" s="220">
+        <f>IF(OR(AB47="",AND(AF41="",AF42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,"")))*IF(MIN(AF41,AF42)=0,MAX(AF41,AF42),MIN(AF41,AF42))/3,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v>46</v>
+      </c>
+      <c r="AA47" s="221"/>
+      <c r="AB47" s="222" cm="1">
+        <f t="array" ref="AB47">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),IF(AND(T49:T73=""),"",ROUND(AVERAGE(T49:T73),IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),ROUND(AD43,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))),""))</f>
+        <v>50</v>
+      </c>
+      <c r="AC47" s="221"/>
+      <c r="AD47" s="220">
+        <f>IF(OR(AB47="",AND(AF41="",AF42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,"")))*IF(MIN(AF41,AF42)=0,MAX(AF41,AF42),MIN(AF41,AF42))/3,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v>54</v>
+      </c>
+      <c r="AE47" s="221"/>
+      <c r="AF47" s="220">
+        <f>IF(OR(AB47="",AND(AF41="",AF42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,"")))*IF(MIN(AF41,AF42)=0,MAX(AF41,AF42),MIN(AF41,AF42))/3,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v>58</v>
+      </c>
+      <c r="AG47" s="221"/>
+      <c r="AH47" s="220">
+        <f>IF(OR(AB47="",AND(AF41="",AF42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="errechneter MW"),AVERAGE(T49:T73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T45="eingetragener ZW",NOT(AD43=""))),AD43,"")))*IF(MIN(AF41,AF42)=0,MAX(AF41,AF42),MIN(AF41,AF42))/3,IF(T48="0 Komastellen",0,IF(T48="1 Komastelle",1,IF(T48="2 Komastellen",2,IF(T48="3 Komastellen",3,1))))))</f>
+        <v>62</v>
+      </c>
+      <c r="AI47" s="221"/>
+      <c r="AJ47" s="19"/>
+      <c r="AK47" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="AL47" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM47" s="43"/>
+      <c r="AN47" s="127" t="str">
+        <f>IF(OR(AT47="",AND(AX41="",AX42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,"")))*IF(MIN(AX41,AX42)=0,MAX(AX41,AX42),MIN(AX41,AX42))/3,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AO47" s="126"/>
+      <c r="AP47" s="125" t="str">
+        <f>IF(OR(AT47="",AND(AX41="",AX42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,"")))*IF(MIN(AX41,AX42)=0,MAX(AX41,AX42),MIN(AX41,AX42))/3,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AQ47" s="126"/>
+      <c r="AR47" s="125" t="str">
+        <f>IF(OR(AT47="",AND(AX41="",AX42="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,"")))*IF(MIN(AX41,AX42)=0,MAX(AX41,AX42),MIN(AX41,AX42))/3,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AS47" s="126"/>
+      <c r="AT47" s="127" t="str" cm="1">
+        <f t="array" ref="AT47">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),IF(AND(AL49:AL73=""),"",ROUND(AVERAGE(AL49:AL73),IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),ROUND(AV43,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))),""))</f>
+        <v/>
+      </c>
+      <c r="AU47" s="126"/>
+      <c r="AV47" s="125" t="str">
+        <f>IF(OR(AT47="",AND(AX41="",AX42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,"")))*IF(MIN(AX41,AX42)=0,MAX(AX41,AX42),MIN(AX41,AX42))/3,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AW47" s="126"/>
+      <c r="AX47" s="125" t="str">
+        <f>IF(OR(AT47="",AND(AX41="",AX42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,"")))*IF(MIN(AX41,AX42)=0,MAX(AX41,AX42),MIN(AX41,AX42))/3,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="AY47" s="126"/>
+      <c r="AZ47" s="125" t="str">
+        <f>IF(OR(AT47="",AND(AX41="",AX42="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="errechneter MW"),AVERAGE(AL49:AL73),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV43="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV43="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL45="eingetragener ZW",NOT(AV43=""))),AV43,"")))*IF(MIN(AX41,AX42)=0,MAX(AX41,AX42),MIN(AX41,AX42))/3,IF(AL48="0 Komastellen",0,IF(AL48="1 Komastelle",1,IF(AL48="2 Komastellen",2,IF(AL48="3 Komastellen",3,1))))))</f>
+        <v/>
+      </c>
+      <c r="BA47" s="126"/>
+      <c r="BC47" s="170"/>
+      <c r="BD47" s="171"/>
+    </row>
+    <row r="48" spans="1:56" x14ac:dyDescent="0.2">
+      <c r="A48" s="51" t="str">
+        <f>IF(AND(NOT($V$4=""),OR(B48="",B48="Auswahl")),"Runden auf:","")</f>
+        <v/>
+      </c>
+      <c r="B48" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D48" s="24"/>
+      <c r="E48" s="25"/>
+      <c r="F48" s="24"/>
+      <c r="G48" s="25"/>
+      <c r="H48" s="24"/>
+      <c r="I48" s="25"/>
+      <c r="J48" s="24"/>
+      <c r="K48" s="25"/>
+      <c r="L48" s="24"/>
+      <c r="M48" s="25"/>
+      <c r="N48" s="24"/>
+      <c r="O48" s="25"/>
+      <c r="P48" s="24"/>
+      <c r="Q48" s="25"/>
+      <c r="R48" s="26"/>
+      <c r="S48" s="51" t="str">
+        <f>IF(AND(NOT($V$4=""),OR(T48="",T48="Auswahl")),"Runden auf:","")</f>
+        <v/>
+      </c>
+      <c r="T48" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="V48" s="24"/>
+      <c r="W48" s="25"/>
+      <c r="X48" s="24"/>
+      <c r="Y48" s="25"/>
+      <c r="Z48" s="24"/>
+      <c r="AA48" s="25"/>
+      <c r="AB48" s="24"/>
+      <c r="AC48" s="25"/>
+      <c r="AD48" s="24"/>
+      <c r="AE48" s="25"/>
+      <c r="AF48" s="24"/>
+      <c r="AG48" s="25"/>
+      <c r="AH48" s="24"/>
+      <c r="AI48" s="25"/>
+      <c r="AK48" s="51" t="str">
+        <f>IF(AND(NOT($V$4=""),OR(AL48="",AL48="Auswahl")),"Runden auf:","")</f>
+        <v>Runden auf:</v>
+      </c>
+      <c r="AL48" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="AN48" s="24"/>
+      <c r="AO48" s="25"/>
+      <c r="AP48" s="24"/>
+      <c r="AQ48" s="25"/>
+      <c r="AR48" s="24"/>
+      <c r="AS48" s="25"/>
+      <c r="AT48" s="24"/>
+      <c r="AU48" s="25"/>
+      <c r="AV48" s="24"/>
+      <c r="AW48" s="25"/>
+      <c r="AX48" s="24"/>
+      <c r="AY48" s="25"/>
+      <c r="AZ48" s="24"/>
+      <c r="BA48" s="25"/>
+      <c r="BC48" s="123"/>
+      <c r="BD48" s="124"/>
+    </row>
+    <row r="49" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="61"/>
+      <c r="B49" s="62"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="35"/>
+      <c r="F49" s="50"/>
+      <c r="G49" s="23"/>
+      <c r="H49" s="50"/>
+      <c r="I49" s="23"/>
+      <c r="J49" s="50"/>
+      <c r="K49" s="23"/>
+      <c r="L49" s="23"/>
+      <c r="M49" s="35"/>
+      <c r="N49" s="50"/>
+      <c r="O49" s="23"/>
+      <c r="P49" s="50"/>
+      <c r="Q49" s="31"/>
+      <c r="R49" s="26"/>
+      <c r="S49" s="61"/>
+      <c r="T49" s="62"/>
+      <c r="V49" s="28"/>
+      <c r="W49" s="35"/>
+      <c r="X49" s="50"/>
+      <c r="Y49" s="23"/>
+      <c r="Z49" s="50"/>
+      <c r="AA49" s="23"/>
+      <c r="AB49" s="50"/>
+      <c r="AC49" s="23"/>
+      <c r="AD49" s="23"/>
+      <c r="AE49" s="35"/>
+      <c r="AF49" s="50"/>
+      <c r="AG49" s="23"/>
+      <c r="AH49" s="50"/>
+      <c r="AI49" s="31"/>
+      <c r="AK49" s="61"/>
+      <c r="AL49" s="62"/>
+      <c r="AN49" s="28"/>
+      <c r="AO49" s="35"/>
+      <c r="AP49" s="50"/>
+      <c r="AQ49" s="23"/>
+      <c r="AR49" s="50"/>
+      <c r="AS49" s="23"/>
+      <c r="AT49" s="50"/>
+      <c r="AU49" s="23"/>
+      <c r="AV49" s="23"/>
+      <c r="AW49" s="35"/>
+      <c r="AX49" s="50"/>
+      <c r="AY49" s="23"/>
+      <c r="AZ49" s="50"/>
+      <c r="BA49" s="31"/>
+      <c r="BC49" s="172"/>
+      <c r="BD49" s="173"/>
+    </row>
+    <row r="50" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="45"/>
+      <c r="B50" s="36"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="31"/>
+      <c r="F50" s="28"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="32"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="32"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="33"/>
+      <c r="N50" s="32"/>
+      <c r="O50" s="27"/>
+      <c r="P50" s="32"/>
+      <c r="Q50" s="26"/>
+      <c r="R50" s="26"/>
+      <c r="S50" s="45"/>
+      <c r="T50" s="36"/>
+      <c r="V50" s="28"/>
+      <c r="W50" s="31"/>
+      <c r="X50" s="28"/>
+      <c r="Y50" s="27"/>
+      <c r="Z50" s="32"/>
+      <c r="AA50" s="27"/>
+      <c r="AB50" s="32"/>
+      <c r="AC50" s="27"/>
+      <c r="AD50" s="27"/>
+      <c r="AE50" s="33"/>
+      <c r="AF50" s="32"/>
+      <c r="AG50" s="27"/>
+      <c r="AH50" s="32"/>
+      <c r="AI50" s="26"/>
+      <c r="AK50" s="45"/>
+      <c r="AL50" s="36"/>
+      <c r="AN50" s="28"/>
+      <c r="AO50" s="31"/>
+      <c r="AP50" s="28"/>
+      <c r="AQ50" s="27"/>
+      <c r="AR50" s="32"/>
+      <c r="AS50" s="27"/>
+      <c r="AT50" s="32"/>
+      <c r="AU50" s="27"/>
+      <c r="AV50" s="27"/>
+      <c r="AW50" s="33"/>
+      <c r="AX50" s="32"/>
+      <c r="AY50" s="27"/>
+      <c r="AZ50" s="32"/>
+      <c r="BA50" s="26"/>
+      <c r="BC50" s="172"/>
+      <c r="BD50" s="173"/>
+    </row>
+    <row r="51" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="46"/>
+      <c r="B51" s="36"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="29"/>
+      <c r="F51" s="30"/>
+      <c r="G51" s="34"/>
+      <c r="H51" s="30"/>
+      <c r="I51" s="34"/>
+      <c r="J51" s="30"/>
+      <c r="K51" s="34"/>
+      <c r="L51" s="34"/>
+      <c r="M51" s="29"/>
+      <c r="N51" s="30"/>
+      <c r="O51" s="34"/>
+      <c r="P51" s="30"/>
+      <c r="Q51" s="26"/>
+      <c r="R51" s="26"/>
+      <c r="S51" s="46"/>
+      <c r="T51" s="36"/>
+      <c r="V51" s="28"/>
+      <c r="W51" s="29"/>
+      <c r="X51" s="30"/>
+      <c r="Y51" s="34"/>
+      <c r="Z51" s="30"/>
+      <c r="AA51" s="34"/>
+      <c r="AB51" s="30"/>
+      <c r="AC51" s="34"/>
+      <c r="AD51" s="34"/>
+      <c r="AE51" s="29"/>
+      <c r="AF51" s="30"/>
+      <c r="AG51" s="34"/>
+      <c r="AH51" s="30"/>
+      <c r="AI51" s="26"/>
+      <c r="AK51" s="46"/>
+      <c r="AL51" s="36"/>
+      <c r="AN51" s="28"/>
+      <c r="AO51" s="29"/>
+      <c r="AP51" s="30"/>
+      <c r="AQ51" s="34"/>
+      <c r="AR51" s="30"/>
+      <c r="AS51" s="34"/>
+      <c r="AT51" s="30"/>
+      <c r="AU51" s="34"/>
+      <c r="AV51" s="34"/>
+      <c r="AW51" s="29"/>
+      <c r="AX51" s="30"/>
+      <c r="AY51" s="34"/>
+      <c r="AZ51" s="30"/>
+      <c r="BA51" s="26"/>
+      <c r="BC51" s="172"/>
+      <c r="BD51" s="173"/>
+    </row>
+    <row r="52" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="46"/>
+      <c r="B52" s="36"/>
+      <c r="D52" s="28"/>
+      <c r="E52" s="31"/>
+      <c r="F52" s="28"/>
+      <c r="G52" s="26"/>
+      <c r="H52" s="28"/>
+      <c r="I52" s="26"/>
+      <c r="J52" s="28"/>
+      <c r="K52" s="26"/>
+      <c r="L52" s="26"/>
+      <c r="M52" s="31"/>
+      <c r="N52" s="28"/>
+      <c r="O52" s="26"/>
+      <c r="P52" s="28"/>
+      <c r="Q52" s="26"/>
+      <c r="R52" s="26"/>
+      <c r="S52" s="46"/>
+      <c r="T52" s="36"/>
+      <c r="V52" s="28"/>
+      <c r="W52" s="31"/>
+      <c r="X52" s="28"/>
+      <c r="Y52" s="26"/>
+      <c r="Z52" s="28"/>
+      <c r="AA52" s="26"/>
+      <c r="AB52" s="28"/>
+      <c r="AC52" s="26"/>
+      <c r="AD52" s="26"/>
+      <c r="AE52" s="31"/>
+      <c r="AF52" s="28"/>
+      <c r="AG52" s="26"/>
+      <c r="AH52" s="28"/>
+      <c r="AI52" s="26"/>
+      <c r="AK52" s="46"/>
+      <c r="AL52" s="36"/>
+      <c r="AN52" s="28"/>
+      <c r="AO52" s="31"/>
+      <c r="AP52" s="28"/>
+      <c r="AQ52" s="26"/>
+      <c r="AR52" s="28"/>
+      <c r="AS52" s="26"/>
+      <c r="AT52" s="28"/>
+      <c r="AU52" s="26"/>
+      <c r="AV52" s="26"/>
+      <c r="AW52" s="31"/>
+      <c r="AX52" s="28"/>
+      <c r="AY52" s="26"/>
+      <c r="AZ52" s="28"/>
+      <c r="BA52" s="26"/>
+      <c r="BC52" s="172"/>
+      <c r="BD52" s="173"/>
+    </row>
+    <row r="53" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="46"/>
+      <c r="B53" s="36"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="29"/>
+      <c r="F53" s="30"/>
+      <c r="G53" s="34"/>
+      <c r="H53" s="30"/>
+      <c r="I53" s="34"/>
+      <c r="J53" s="30"/>
+      <c r="K53" s="34"/>
+      <c r="L53" s="34"/>
+      <c r="M53" s="29"/>
+      <c r="N53" s="30"/>
+      <c r="O53" s="34"/>
+      <c r="P53" s="30"/>
+      <c r="Q53" s="26"/>
+      <c r="R53" s="26"/>
+      <c r="S53" s="46"/>
+      <c r="T53" s="36"/>
+      <c r="V53" s="28"/>
+      <c r="W53" s="29"/>
+      <c r="X53" s="30"/>
+      <c r="Y53" s="34"/>
+      <c r="Z53" s="30"/>
+      <c r="AA53" s="34"/>
+      <c r="AB53" s="30"/>
+      <c r="AC53" s="34"/>
+      <c r="AD53" s="34"/>
+      <c r="AE53" s="29"/>
+      <c r="AF53" s="30"/>
+      <c r="AG53" s="34"/>
+      <c r="AH53" s="30"/>
+      <c r="AI53" s="26"/>
+      <c r="AK53" s="46"/>
+      <c r="AL53" s="36"/>
+      <c r="AN53" s="28"/>
+      <c r="AO53" s="29"/>
+      <c r="AP53" s="30"/>
+      <c r="AQ53" s="34"/>
+      <c r="AR53" s="30"/>
+      <c r="AS53" s="34"/>
+      <c r="AT53" s="30"/>
+      <c r="AU53" s="34"/>
+      <c r="AV53" s="34"/>
+      <c r="AW53" s="29"/>
+      <c r="AX53" s="30"/>
+      <c r="AY53" s="34"/>
+      <c r="AZ53" s="30"/>
+      <c r="BA53" s="26"/>
+      <c r="BC53" s="172"/>
+      <c r="BD53" s="173"/>
+    </row>
+    <row r="54" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="46"/>
+      <c r="B54" s="36"/>
+      <c r="D54" s="28"/>
+      <c r="E54" s="31"/>
+      <c r="F54" s="28"/>
+      <c r="G54" s="26"/>
+      <c r="H54" s="28"/>
+      <c r="I54" s="26"/>
+      <c r="J54" s="28"/>
+      <c r="K54" s="26"/>
+      <c r="L54" s="26"/>
+      <c r="M54" s="31"/>
+      <c r="N54" s="28"/>
+      <c r="O54" s="26"/>
+      <c r="P54" s="28"/>
+      <c r="Q54" s="26"/>
+      <c r="R54" s="26"/>
+      <c r="S54" s="46"/>
+      <c r="T54" s="36"/>
+      <c r="V54" s="28"/>
+      <c r="W54" s="31"/>
+      <c r="X54" s="28"/>
+      <c r="Y54" s="26"/>
+      <c r="Z54" s="28"/>
+      <c r="AA54" s="26"/>
+      <c r="AB54" s="28"/>
+      <c r="AC54" s="26"/>
+      <c r="AD54" s="26"/>
+      <c r="AE54" s="31"/>
+      <c r="AF54" s="28"/>
+      <c r="AG54" s="26"/>
+      <c r="AH54" s="28"/>
+      <c r="AI54" s="26"/>
+      <c r="AK54" s="46"/>
+      <c r="AL54" s="36"/>
+      <c r="AN54" s="28"/>
+      <c r="AO54" s="31"/>
+      <c r="AP54" s="28"/>
+      <c r="AQ54" s="26"/>
+      <c r="AR54" s="28"/>
+      <c r="AS54" s="26"/>
+      <c r="AT54" s="28"/>
+      <c r="AU54" s="26"/>
+      <c r="AV54" s="26"/>
+      <c r="AW54" s="31"/>
+      <c r="AX54" s="28"/>
+      <c r="AY54" s="26"/>
+      <c r="AZ54" s="28"/>
+      <c r="BA54" s="26"/>
+      <c r="BC54" s="172"/>
+      <c r="BD54" s="173"/>
+    </row>
+    <row r="55" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="46"/>
+      <c r="B55" s="36"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="30"/>
+      <c r="G55" s="34"/>
+      <c r="H55" s="30"/>
+      <c r="I55" s="34"/>
+      <c r="J55" s="30"/>
+      <c r="K55" s="34"/>
+      <c r="L55" s="34"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="30"/>
+      <c r="O55" s="34"/>
+      <c r="P55" s="30"/>
+      <c r="Q55" s="26"/>
+      <c r="R55" s="26"/>
+      <c r="S55" s="46"/>
+      <c r="T55" s="36"/>
+      <c r="V55" s="28"/>
+      <c r="W55" s="29"/>
+      <c r="X55" s="30"/>
+      <c r="Y55" s="34"/>
+      <c r="Z55" s="30"/>
+      <c r="AA55" s="34"/>
+      <c r="AB55" s="30"/>
+      <c r="AC55" s="34"/>
+      <c r="AD55" s="34"/>
+      <c r="AE55" s="29"/>
+      <c r="AF55" s="30"/>
+      <c r="AG55" s="34"/>
+      <c r="AH55" s="30"/>
+      <c r="AI55" s="26"/>
+      <c r="AK55" s="46"/>
+      <c r="AL55" s="36"/>
+      <c r="AN55" s="28"/>
+      <c r="AO55" s="29"/>
+      <c r="AP55" s="30"/>
+      <c r="AQ55" s="34"/>
+      <c r="AR55" s="30"/>
+      <c r="AS55" s="34"/>
+      <c r="AT55" s="30"/>
+      <c r="AU55" s="34"/>
+      <c r="AV55" s="34"/>
+      <c r="AW55" s="29"/>
+      <c r="AX55" s="30"/>
+      <c r="AY55" s="34"/>
+      <c r="AZ55" s="30"/>
+      <c r="BA55" s="26"/>
+      <c r="BC55" s="172"/>
+      <c r="BD55" s="173"/>
+    </row>
+    <row r="56" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="46"/>
+      <c r="B56" s="36"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="31"/>
+      <c r="F56" s="28"/>
+      <c r="G56" s="26"/>
+      <c r="H56" s="28"/>
+      <c r="I56" s="26"/>
+      <c r="J56" s="28"/>
+      <c r="K56" s="26"/>
+      <c r="L56" s="26"/>
+      <c r="M56" s="31"/>
+      <c r="N56" s="28"/>
+      <c r="O56" s="26"/>
+      <c r="P56" s="28"/>
+      <c r="Q56" s="26"/>
+      <c r="R56" s="26"/>
+      <c r="S56" s="46"/>
+      <c r="T56" s="36"/>
+      <c r="V56" s="28"/>
+      <c r="W56" s="31"/>
+      <c r="X56" s="28"/>
+      <c r="Y56" s="26"/>
+      <c r="Z56" s="28"/>
+      <c r="AA56" s="26"/>
+      <c r="AB56" s="28"/>
+      <c r="AC56" s="26"/>
+      <c r="AD56" s="26"/>
+      <c r="AE56" s="31"/>
+      <c r="AF56" s="28"/>
+      <c r="AG56" s="26"/>
+      <c r="AH56" s="28"/>
+      <c r="AI56" s="26"/>
+      <c r="AK56" s="46"/>
+      <c r="AL56" s="36"/>
+      <c r="AN56" s="28"/>
+      <c r="AO56" s="31"/>
+      <c r="AP56" s="28"/>
+      <c r="AQ56" s="26"/>
+      <c r="AR56" s="28"/>
+      <c r="AS56" s="26"/>
+      <c r="AT56" s="28"/>
+      <c r="AU56" s="26"/>
+      <c r="AV56" s="26"/>
+      <c r="AW56" s="31"/>
+      <c r="AX56" s="28"/>
+      <c r="AY56" s="26"/>
+      <c r="AZ56" s="28"/>
+      <c r="BA56" s="26"/>
+      <c r="BC56" s="172"/>
+      <c r="BD56" s="173"/>
+    </row>
+    <row r="57" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="46"/>
+      <c r="B57" s="36"/>
+      <c r="D57" s="28"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="30"/>
+      <c r="G57" s="34"/>
+      <c r="H57" s="30"/>
+      <c r="I57" s="34"/>
+      <c r="J57" s="30"/>
+      <c r="K57" s="34"/>
+      <c r="L57" s="34"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="30"/>
+      <c r="O57" s="34"/>
+      <c r="P57" s="30"/>
+      <c r="Q57" s="26"/>
+      <c r="R57" s="26"/>
+      <c r="S57" s="46"/>
+      <c r="T57" s="36"/>
+      <c r="V57" s="28"/>
+      <c r="W57" s="29"/>
+      <c r="X57" s="30"/>
+      <c r="Y57" s="34"/>
+      <c r="Z57" s="30"/>
+      <c r="AA57" s="34"/>
+      <c r="AB57" s="30"/>
+      <c r="AC57" s="34"/>
+      <c r="AD57" s="34"/>
+      <c r="AE57" s="29"/>
+      <c r="AF57" s="30"/>
+      <c r="AG57" s="34"/>
+      <c r="AH57" s="30"/>
+      <c r="AI57" s="26"/>
+      <c r="AK57" s="46"/>
+      <c r="AL57" s="36"/>
+      <c r="AN57" s="28"/>
+      <c r="AO57" s="29"/>
+      <c r="AP57" s="30"/>
+      <c r="AQ57" s="34"/>
+      <c r="AR57" s="30"/>
+      <c r="AS57" s="34"/>
+      <c r="AT57" s="30"/>
+      <c r="AU57" s="34"/>
+      <c r="AV57" s="34"/>
+      <c r="AW57" s="29"/>
+      <c r="AX57" s="30"/>
+      <c r="AY57" s="34"/>
+      <c r="AZ57" s="30"/>
+      <c r="BA57" s="26"/>
+      <c r="BC57" s="172"/>
+      <c r="BD57" s="173"/>
+    </row>
+    <row r="58" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="46"/>
+      <c r="B58" s="36"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="31"/>
+      <c r="F58" s="28"/>
+      <c r="G58" s="26"/>
+      <c r="H58" s="28"/>
+      <c r="I58" s="26"/>
+      <c r="J58" s="28"/>
+      <c r="K58" s="26"/>
+      <c r="L58" s="26"/>
+      <c r="M58" s="31"/>
+      <c r="N58" s="28"/>
+      <c r="O58" s="26"/>
+      <c r="P58" s="28"/>
+      <c r="Q58" s="26"/>
+      <c r="R58" s="26"/>
+      <c r="S58" s="46"/>
+      <c r="T58" s="36"/>
+      <c r="V58" s="28"/>
+      <c r="W58" s="31"/>
+      <c r="X58" s="28"/>
+      <c r="Y58" s="26"/>
+      <c r="Z58" s="28"/>
+      <c r="AA58" s="26"/>
+      <c r="AB58" s="28"/>
+      <c r="AC58" s="26"/>
+      <c r="AD58" s="26"/>
+      <c r="AE58" s="31"/>
+      <c r="AF58" s="28"/>
+      <c r="AG58" s="26"/>
+      <c r="AH58" s="28"/>
+      <c r="AI58" s="26"/>
+      <c r="AK58" s="46"/>
+      <c r="AL58" s="36"/>
+      <c r="AN58" s="28"/>
+      <c r="AO58" s="31"/>
+      <c r="AP58" s="28"/>
+      <c r="AQ58" s="26"/>
+      <c r="AR58" s="28"/>
+      <c r="AS58" s="26"/>
+      <c r="AT58" s="28"/>
+      <c r="AU58" s="26"/>
+      <c r="AV58" s="26"/>
+      <c r="AW58" s="31"/>
+      <c r="AX58" s="28"/>
+      <c r="AY58" s="26"/>
+      <c r="AZ58" s="28"/>
+      <c r="BA58" s="26"/>
+      <c r="BC58" s="172"/>
+      <c r="BD58" s="173"/>
+    </row>
+    <row r="59" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="46"/>
+      <c r="B59" s="36"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="29"/>
+      <c r="F59" s="30"/>
+      <c r="G59" s="34"/>
+      <c r="H59" s="30"/>
+      <c r="I59" s="34"/>
+      <c r="J59" s="30"/>
+      <c r="K59" s="34"/>
+      <c r="L59" s="34"/>
+      <c r="M59" s="29"/>
+      <c r="N59" s="30"/>
+      <c r="O59" s="34"/>
+      <c r="P59" s="30"/>
+      <c r="Q59" s="26"/>
+      <c r="R59" s="26"/>
+      <c r="S59" s="46"/>
+      <c r="T59" s="36"/>
+      <c r="V59" s="28"/>
+      <c r="W59" s="29"/>
+      <c r="X59" s="30"/>
+      <c r="Y59" s="34"/>
+      <c r="Z59" s="30"/>
+      <c r="AA59" s="34"/>
+      <c r="AB59" s="30"/>
+      <c r="AC59" s="34"/>
+      <c r="AD59" s="34"/>
+      <c r="AE59" s="29"/>
+      <c r="AF59" s="30"/>
+      <c r="AG59" s="34"/>
+      <c r="AH59" s="30"/>
+      <c r="AI59" s="26"/>
+      <c r="AK59" s="46"/>
+      <c r="AL59" s="36"/>
+      <c r="AN59" s="28"/>
+      <c r="AO59" s="29"/>
+      <c r="AP59" s="30"/>
+      <c r="AQ59" s="34"/>
+      <c r="AR59" s="30"/>
+      <c r="AS59" s="34"/>
+      <c r="AT59" s="30"/>
+      <c r="AU59" s="34"/>
+      <c r="AV59" s="34"/>
+      <c r="AW59" s="29"/>
+      <c r="AX59" s="30"/>
+      <c r="AY59" s="34"/>
+      <c r="AZ59" s="30"/>
+      <c r="BA59" s="26"/>
+      <c r="BC59" s="172"/>
+      <c r="BD59" s="173"/>
+    </row>
+    <row r="60" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="46"/>
+      <c r="B60" s="36"/>
+      <c r="D60" s="28"/>
+      <c r="E60" s="31"/>
+      <c r="F60" s="28"/>
+      <c r="G60" s="26"/>
+      <c r="H60" s="28"/>
+      <c r="I60" s="26"/>
+      <c r="J60" s="28"/>
+      <c r="K60" s="26"/>
+      <c r="L60" s="26"/>
+      <c r="M60" s="31"/>
+      <c r="N60" s="28"/>
+      <c r="O60" s="26"/>
+      <c r="P60" s="28"/>
+      <c r="Q60" s="26"/>
+      <c r="R60" s="26"/>
+      <c r="S60" s="46"/>
+      <c r="T60" s="36"/>
+      <c r="V60" s="28"/>
+      <c r="W60" s="31"/>
+      <c r="X60" s="28"/>
+      <c r="Y60" s="26"/>
+      <c r="Z60" s="28"/>
+      <c r="AA60" s="26"/>
+      <c r="AB60" s="28"/>
+      <c r="AC60" s="26"/>
+      <c r="AD60" s="26"/>
+      <c r="AE60" s="31"/>
+      <c r="AF60" s="28"/>
+      <c r="AG60" s="26"/>
+      <c r="AH60" s="28"/>
+      <c r="AI60" s="26"/>
+      <c r="AK60" s="46"/>
+      <c r="AL60" s="36"/>
+      <c r="AN60" s="28"/>
+      <c r="AO60" s="31"/>
+      <c r="AP60" s="28"/>
+      <c r="AQ60" s="26"/>
+      <c r="AR60" s="28"/>
+      <c r="AS60" s="26"/>
+      <c r="AT60" s="28"/>
+      <c r="AU60" s="26"/>
+      <c r="AV60" s="26"/>
+      <c r="AW60" s="31"/>
+      <c r="AX60" s="28"/>
+      <c r="AY60" s="26"/>
+      <c r="AZ60" s="28"/>
+      <c r="BA60" s="26"/>
+      <c r="BC60" s="172"/>
+      <c r="BD60" s="173"/>
+    </row>
+    <row r="61" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="46"/>
+      <c r="B61" s="36"/>
+      <c r="D61" s="28"/>
+      <c r="E61" s="29"/>
+      <c r="F61" s="30"/>
+      <c r="G61" s="34"/>
+      <c r="H61" s="30"/>
+      <c r="I61" s="34"/>
+      <c r="J61" s="30"/>
+      <c r="K61" s="34"/>
+      <c r="L61" s="34"/>
+      <c r="M61" s="29"/>
+      <c r="N61" s="30"/>
+      <c r="O61" s="34"/>
+      <c r="P61" s="30"/>
+      <c r="Q61" s="26"/>
+      <c r="R61" s="26"/>
+      <c r="S61" s="46"/>
+      <c r="T61" s="36"/>
+      <c r="V61" s="28"/>
+      <c r="W61" s="29"/>
+      <c r="X61" s="30"/>
+      <c r="Y61" s="34"/>
+      <c r="Z61" s="30"/>
+      <c r="AA61" s="34"/>
+      <c r="AB61" s="30"/>
+      <c r="AC61" s="34"/>
+      <c r="AD61" s="34"/>
+      <c r="AE61" s="29"/>
+      <c r="AF61" s="30"/>
+      <c r="AG61" s="34"/>
+      <c r="AH61" s="30"/>
+      <c r="AI61" s="26"/>
+      <c r="AK61" s="46"/>
+      <c r="AL61" s="36"/>
+      <c r="AN61" s="28"/>
+      <c r="AO61" s="29"/>
+      <c r="AP61" s="30"/>
+      <c r="AQ61" s="34"/>
+      <c r="AR61" s="30"/>
+      <c r="AS61" s="34"/>
+      <c r="AT61" s="30"/>
+      <c r="AU61" s="34"/>
+      <c r="AV61" s="34"/>
+      <c r="AW61" s="29"/>
+      <c r="AX61" s="30"/>
+      <c r="AY61" s="34"/>
+      <c r="AZ61" s="30"/>
+      <c r="BA61" s="26"/>
+      <c r="BC61" s="172"/>
+      <c r="BD61" s="173"/>
+    </row>
+    <row r="62" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="46"/>
+      <c r="B62" s="36"/>
+      <c r="D62" s="28"/>
+      <c r="E62" s="29"/>
+      <c r="F62" s="30"/>
+      <c r="G62" s="34"/>
+      <c r="H62" s="30"/>
+      <c r="I62" s="34"/>
+      <c r="J62" s="30"/>
+      <c r="K62" s="34"/>
+      <c r="L62" s="34"/>
+      <c r="M62" s="29"/>
+      <c r="N62" s="30"/>
+      <c r="O62" s="34"/>
+      <c r="P62" s="30"/>
+      <c r="Q62" s="26"/>
+      <c r="R62" s="26"/>
+      <c r="S62" s="46"/>
+      <c r="T62" s="36"/>
+      <c r="V62" s="28"/>
+      <c r="W62" s="29"/>
+      <c r="X62" s="30"/>
+      <c r="Y62" s="34"/>
+      <c r="Z62" s="30"/>
+      <c r="AA62" s="34"/>
+      <c r="AB62" s="30"/>
+      <c r="AC62" s="34"/>
+      <c r="AD62" s="34"/>
+      <c r="AE62" s="29"/>
+      <c r="AF62" s="30"/>
+      <c r="AG62" s="34"/>
+      <c r="AH62" s="30"/>
+      <c r="AI62" s="26"/>
+      <c r="AK62" s="46"/>
+      <c r="AL62" s="36"/>
+      <c r="AN62" s="28"/>
+      <c r="AO62" s="29"/>
+      <c r="AP62" s="30"/>
+      <c r="AQ62" s="34"/>
+      <c r="AR62" s="30"/>
+      <c r="AS62" s="34"/>
+      <c r="AT62" s="30"/>
+      <c r="AU62" s="34"/>
+      <c r="AV62" s="34"/>
+      <c r="AW62" s="29"/>
+      <c r="AX62" s="30"/>
+      <c r="AY62" s="34"/>
+      <c r="AZ62" s="30"/>
+      <c r="BA62" s="26"/>
+      <c r="BC62" s="172"/>
+      <c r="BD62" s="173"/>
+    </row>
+    <row r="63" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="46"/>
+      <c r="B63" s="36"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="31"/>
+      <c r="F63" s="28"/>
+      <c r="G63" s="26"/>
+      <c r="H63" s="28"/>
+      <c r="I63" s="26"/>
+      <c r="J63" s="28"/>
+      <c r="K63" s="26"/>
+      <c r="L63" s="26"/>
+      <c r="M63" s="31"/>
+      <c r="N63" s="28"/>
+      <c r="O63" s="26"/>
+      <c r="P63" s="28"/>
+      <c r="Q63" s="26"/>
+      <c r="R63" s="26"/>
+      <c r="S63" s="46"/>
+      <c r="T63" s="36"/>
+      <c r="V63" s="28"/>
+      <c r="W63" s="31"/>
+      <c r="X63" s="28"/>
+      <c r="Y63" s="26"/>
+      <c r="Z63" s="28"/>
+      <c r="AA63" s="26"/>
+      <c r="AB63" s="28"/>
+      <c r="AC63" s="26"/>
+      <c r="AD63" s="26"/>
+      <c r="AE63" s="31"/>
+      <c r="AF63" s="28"/>
+      <c r="AG63" s="26"/>
+      <c r="AH63" s="28"/>
+      <c r="AI63" s="26"/>
+      <c r="AK63" s="46"/>
+      <c r="AL63" s="36"/>
+      <c r="AN63" s="28"/>
+      <c r="AO63" s="31"/>
+      <c r="AP63" s="28"/>
+      <c r="AQ63" s="26"/>
+      <c r="AR63" s="28"/>
+      <c r="AS63" s="26"/>
+      <c r="AT63" s="28"/>
+      <c r="AU63" s="26"/>
+      <c r="AV63" s="26"/>
+      <c r="AW63" s="31"/>
+      <c r="AX63" s="28"/>
+      <c r="AY63" s="26"/>
+      <c r="AZ63" s="28"/>
+      <c r="BA63" s="26"/>
+      <c r="BC63" s="172"/>
+      <c r="BD63" s="173"/>
+    </row>
+    <row r="64" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="46"/>
+      <c r="B64" s="36"/>
+      <c r="D64" s="28"/>
+      <c r="E64" s="29"/>
+      <c r="F64" s="30"/>
+      <c r="G64" s="34"/>
+      <c r="H64" s="30"/>
+      <c r="I64" s="34"/>
+      <c r="J64" s="30"/>
+      <c r="K64" s="34"/>
+      <c r="L64" s="34"/>
+      <c r="M64" s="29"/>
+      <c r="N64" s="30"/>
+      <c r="O64" s="34"/>
+      <c r="P64" s="30"/>
+      <c r="Q64" s="26"/>
+      <c r="R64" s="26"/>
+      <c r="S64" s="46"/>
+      <c r="T64" s="36"/>
+      <c r="V64" s="28"/>
+      <c r="W64" s="29"/>
+      <c r="X64" s="30"/>
+      <c r="Y64" s="34"/>
+      <c r="Z64" s="30"/>
+      <c r="AA64" s="34"/>
+      <c r="AB64" s="30"/>
+      <c r="AC64" s="34"/>
+      <c r="AD64" s="34"/>
+      <c r="AE64" s="29"/>
+      <c r="AF64" s="30"/>
+      <c r="AG64" s="34"/>
+      <c r="AH64" s="30"/>
+      <c r="AI64" s="26"/>
+      <c r="AK64" s="46"/>
+      <c r="AL64" s="36"/>
+      <c r="AN64" s="28"/>
+      <c r="AO64" s="29"/>
+      <c r="AP64" s="30"/>
+      <c r="AQ64" s="34"/>
+      <c r="AR64" s="30"/>
+      <c r="AS64" s="34"/>
+      <c r="AT64" s="30"/>
+      <c r="AU64" s="34"/>
+      <c r="AV64" s="34"/>
+      <c r="AW64" s="29"/>
+      <c r="AX64" s="30"/>
+      <c r="AY64" s="34"/>
+      <c r="AZ64" s="30"/>
+      <c r="BA64" s="26"/>
+      <c r="BC64" s="172"/>
+      <c r="BD64" s="173"/>
+    </row>
+    <row r="65" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="46"/>
+      <c r="B65" s="36"/>
+      <c r="D65" s="28"/>
+      <c r="E65" s="29"/>
+      <c r="F65" s="30"/>
+      <c r="G65" s="34"/>
+      <c r="H65" s="30"/>
+      <c r="I65" s="34"/>
+      <c r="J65" s="30"/>
+      <c r="K65" s="34"/>
+      <c r="L65" s="34"/>
+      <c r="M65" s="29"/>
+      <c r="N65" s="30"/>
+      <c r="O65" s="34"/>
+      <c r="P65" s="30"/>
+      <c r="Q65" s="26"/>
+      <c r="R65" s="26"/>
+      <c r="S65" s="46"/>
+      <c r="T65" s="36"/>
+      <c r="V65" s="28"/>
+      <c r="W65" s="29"/>
+      <c r="X65" s="30"/>
+      <c r="Y65" s="34"/>
+      <c r="Z65" s="30"/>
+      <c r="AA65" s="34"/>
+      <c r="AB65" s="30"/>
+      <c r="AC65" s="34"/>
+      <c r="AD65" s="34"/>
+      <c r="AE65" s="29"/>
+      <c r="AF65" s="30"/>
+      <c r="AG65" s="34"/>
+      <c r="AH65" s="30"/>
+      <c r="AI65" s="26"/>
+      <c r="AK65" s="46"/>
+      <c r="AL65" s="36"/>
+      <c r="AN65" s="28"/>
+      <c r="AO65" s="29"/>
+      <c r="AP65" s="30"/>
+      <c r="AQ65" s="34"/>
+      <c r="AR65" s="30"/>
+      <c r="AS65" s="34"/>
+      <c r="AT65" s="30"/>
+      <c r="AU65" s="34"/>
+      <c r="AV65" s="34"/>
+      <c r="AW65" s="29"/>
+      <c r="AX65" s="30"/>
+      <c r="AY65" s="34"/>
+      <c r="AZ65" s="30"/>
+      <c r="BA65" s="26"/>
+      <c r="BC65" s="172"/>
+      <c r="BD65" s="173"/>
+    </row>
+    <row r="66" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="46"/>
+      <c r="B66" s="36"/>
+      <c r="D66" s="28"/>
+      <c r="E66" s="31"/>
+      <c r="F66" s="28"/>
+      <c r="G66" s="26"/>
+      <c r="H66" s="28"/>
+      <c r="I66" s="26"/>
+      <c r="J66" s="28"/>
+      <c r="K66" s="26"/>
+      <c r="L66" s="26"/>
+      <c r="M66" s="31"/>
+      <c r="N66" s="28"/>
+      <c r="O66" s="26"/>
+      <c r="P66" s="28"/>
+      <c r="Q66" s="26"/>
+      <c r="R66" s="26"/>
+      <c r="S66" s="46"/>
+      <c r="T66" s="36"/>
+      <c r="V66" s="28"/>
+      <c r="W66" s="31"/>
+      <c r="X66" s="28"/>
+      <c r="Y66" s="26"/>
+      <c r="Z66" s="28"/>
+      <c r="AA66" s="26"/>
+      <c r="AB66" s="28"/>
+      <c r="AC66" s="26"/>
+      <c r="AD66" s="26"/>
+      <c r="AE66" s="31"/>
+      <c r="AF66" s="28"/>
+      <c r="AG66" s="26"/>
+      <c r="AH66" s="28"/>
+      <c r="AI66" s="26"/>
+      <c r="AK66" s="46"/>
+      <c r="AL66" s="36"/>
+      <c r="AN66" s="28"/>
+      <c r="AO66" s="31"/>
+      <c r="AP66" s="28"/>
+      <c r="AQ66" s="26"/>
+      <c r="AR66" s="28"/>
+      <c r="AS66" s="26"/>
+      <c r="AT66" s="28"/>
+      <c r="AU66" s="26"/>
+      <c r="AV66" s="26"/>
+      <c r="AW66" s="31"/>
+      <c r="AX66" s="28"/>
+      <c r="AY66" s="26"/>
+      <c r="AZ66" s="28"/>
+      <c r="BA66" s="26"/>
+      <c r="BC66" s="172"/>
+      <c r="BD66" s="173"/>
+    </row>
+    <row r="67" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="46"/>
+      <c r="B67" s="36"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="29"/>
+      <c r="F67" s="30"/>
+      <c r="G67" s="34"/>
+      <c r="H67" s="30"/>
+      <c r="I67" s="34"/>
+      <c r="J67" s="30"/>
+      <c r="K67" s="34"/>
+      <c r="L67" s="34"/>
+      <c r="M67" s="29"/>
+      <c r="N67" s="30"/>
+      <c r="O67" s="34"/>
+      <c r="P67" s="30"/>
+      <c r="Q67" s="26"/>
+      <c r="R67" s="26"/>
+      <c r="S67" s="46"/>
+      <c r="T67" s="36"/>
+      <c r="V67" s="28"/>
+      <c r="W67" s="29"/>
+      <c r="X67" s="30"/>
+      <c r="Y67" s="34"/>
+      <c r="Z67" s="30"/>
+      <c r="AA67" s="34"/>
+      <c r="AB67" s="30"/>
+      <c r="AC67" s="34"/>
+      <c r="AD67" s="34"/>
+      <c r="AE67" s="29"/>
+      <c r="AF67" s="30"/>
+      <c r="AG67" s="34"/>
+      <c r="AH67" s="30"/>
+      <c r="AI67" s="26"/>
+      <c r="AK67" s="46"/>
+      <c r="AL67" s="36"/>
+      <c r="AN67" s="28"/>
+      <c r="AO67" s="29"/>
+      <c r="AP67" s="30"/>
+      <c r="AQ67" s="34"/>
+      <c r="AR67" s="30"/>
+      <c r="AS67" s="34"/>
+      <c r="AT67" s="30"/>
+      <c r="AU67" s="34"/>
+      <c r="AV67" s="34"/>
+      <c r="AW67" s="29"/>
+      <c r="AX67" s="30"/>
+      <c r="AY67" s="34"/>
+      <c r="AZ67" s="30"/>
+      <c r="BA67" s="26"/>
+      <c r="BC67" s="172"/>
+      <c r="BD67" s="173"/>
+    </row>
+    <row r="68" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="46"/>
+      <c r="B68" s="36"/>
+      <c r="D68" s="28"/>
+      <c r="E68" s="31"/>
+      <c r="F68" s="28"/>
+      <c r="G68" s="26"/>
+      <c r="H68" s="28"/>
+      <c r="I68" s="26"/>
+      <c r="J68" s="28"/>
+      <c r="K68" s="26"/>
+      <c r="L68" s="26"/>
+      <c r="M68" s="31"/>
+      <c r="N68" s="28"/>
+      <c r="O68" s="26"/>
+      <c r="P68" s="28"/>
+      <c r="Q68" s="26"/>
+      <c r="R68" s="26"/>
+      <c r="S68" s="46"/>
+      <c r="T68" s="36"/>
+      <c r="V68" s="28"/>
+      <c r="W68" s="31"/>
+      <c r="X68" s="28"/>
+      <c r="Y68" s="26"/>
+      <c r="Z68" s="28"/>
+      <c r="AA68" s="26"/>
+      <c r="AB68" s="28"/>
+      <c r="AC68" s="26"/>
+      <c r="AD68" s="26"/>
+      <c r="AE68" s="31"/>
+      <c r="AF68" s="28"/>
+      <c r="AG68" s="26"/>
+      <c r="AH68" s="28"/>
+      <c r="AI68" s="26"/>
+      <c r="AK68" s="46"/>
+      <c r="AL68" s="36"/>
+      <c r="AN68" s="28"/>
+      <c r="AO68" s="31"/>
+      <c r="AP68" s="28"/>
+      <c r="AQ68" s="26"/>
+      <c r="AR68" s="28"/>
+      <c r="AS68" s="26"/>
+      <c r="AT68" s="28"/>
+      <c r="AU68" s="26"/>
+      <c r="AV68" s="26"/>
+      <c r="AW68" s="31"/>
+      <c r="AX68" s="28"/>
+      <c r="AY68" s="26"/>
+      <c r="AZ68" s="28"/>
+      <c r="BA68" s="26"/>
+      <c r="BC68" s="172"/>
+      <c r="BD68" s="173"/>
+    </row>
+    <row r="69" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="46"/>
+      <c r="B69" s="36"/>
+      <c r="D69" s="28"/>
+      <c r="E69" s="29"/>
+      <c r="F69" s="30"/>
+      <c r="G69" s="34"/>
+      <c r="H69" s="30"/>
+      <c r="I69" s="34"/>
+      <c r="J69" s="30"/>
+      <c r="K69" s="34"/>
+      <c r="L69" s="34"/>
+      <c r="M69" s="29"/>
+      <c r="N69" s="30"/>
+      <c r="O69" s="34"/>
+      <c r="P69" s="30"/>
+      <c r="Q69" s="26"/>
+      <c r="R69" s="26"/>
+      <c r="S69" s="46"/>
+      <c r="T69" s="36"/>
+      <c r="V69" s="28"/>
+      <c r="W69" s="29"/>
+      <c r="X69" s="30"/>
+      <c r="Y69" s="34"/>
+      <c r="Z69" s="30"/>
+      <c r="AA69" s="34"/>
+      <c r="AB69" s="30"/>
+      <c r="AC69" s="34"/>
+      <c r="AD69" s="34"/>
+      <c r="AE69" s="29"/>
+      <c r="AF69" s="30"/>
+      <c r="AG69" s="34"/>
+      <c r="AH69" s="30"/>
+      <c r="AI69" s="26"/>
+      <c r="AK69" s="46"/>
+      <c r="AL69" s="36"/>
+      <c r="AN69" s="28"/>
+      <c r="AO69" s="29"/>
+      <c r="AP69" s="30"/>
+      <c r="AQ69" s="34"/>
+      <c r="AR69" s="30"/>
+      <c r="AS69" s="34"/>
+      <c r="AT69" s="30"/>
+      <c r="AU69" s="34"/>
+      <c r="AV69" s="34"/>
+      <c r="AW69" s="29"/>
+      <c r="AX69" s="30"/>
+      <c r="AY69" s="34"/>
+      <c r="AZ69" s="30"/>
+      <c r="BA69" s="26"/>
+      <c r="BC69" s="172"/>
+      <c r="BD69" s="173"/>
+    </row>
+    <row r="70" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="46"/>
+      <c r="B70" s="36"/>
+      <c r="D70" s="28"/>
+      <c r="E70" s="35"/>
+      <c r="F70" s="28"/>
+      <c r="G70" s="26"/>
+      <c r="H70" s="28"/>
+      <c r="I70" s="26"/>
+      <c r="J70" s="28"/>
+      <c r="K70" s="26"/>
+      <c r="L70" s="26"/>
+      <c r="M70" s="31"/>
+      <c r="N70" s="28"/>
+      <c r="O70" s="26"/>
+      <c r="P70" s="28"/>
+      <c r="Q70" s="26"/>
+      <c r="R70" s="26"/>
+      <c r="S70" s="46"/>
+      <c r="T70" s="36"/>
+      <c r="V70" s="28"/>
+      <c r="W70" s="35"/>
+      <c r="X70" s="28"/>
+      <c r="Y70" s="26"/>
+      <c r="Z70" s="28"/>
+      <c r="AA70" s="26"/>
+      <c r="AB70" s="28"/>
+      <c r="AC70" s="26"/>
+      <c r="AD70" s="26"/>
+      <c r="AE70" s="31"/>
+      <c r="AF70" s="28"/>
+      <c r="AG70" s="26"/>
+      <c r="AH70" s="28"/>
+      <c r="AI70" s="26"/>
+      <c r="AK70" s="46"/>
+      <c r="AL70" s="36"/>
+      <c r="AN70" s="28"/>
+      <c r="AO70" s="35"/>
+      <c r="AP70" s="28"/>
+      <c r="AQ70" s="26"/>
+      <c r="AR70" s="28"/>
+      <c r="AS70" s="26"/>
+      <c r="AT70" s="28"/>
+      <c r="AU70" s="26"/>
+      <c r="AV70" s="26"/>
+      <c r="AW70" s="31"/>
+      <c r="AX70" s="28"/>
+      <c r="AY70" s="26"/>
+      <c r="AZ70" s="28"/>
+      <c r="BA70" s="26"/>
+      <c r="BC70" s="172"/>
+      <c r="BD70" s="173"/>
+    </row>
+    <row r="71" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="46"/>
+      <c r="B71" s="36"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="31"/>
+      <c r="F71" s="30"/>
+      <c r="G71" s="34"/>
+      <c r="H71" s="30"/>
+      <c r="I71" s="34"/>
+      <c r="J71" s="30"/>
+      <c r="K71" s="34"/>
+      <c r="L71" s="34"/>
+      <c r="M71" s="29"/>
+      <c r="N71" s="30"/>
+      <c r="O71" s="34"/>
+      <c r="P71" s="30"/>
+      <c r="Q71" s="26"/>
+      <c r="R71" s="26"/>
+      <c r="S71" s="46"/>
+      <c r="T71" s="36"/>
+      <c r="V71" s="28"/>
+      <c r="W71" s="31"/>
+      <c r="X71" s="30"/>
+      <c r="Y71" s="34"/>
+      <c r="Z71" s="30"/>
+      <c r="AA71" s="34"/>
+      <c r="AB71" s="30"/>
+      <c r="AC71" s="34"/>
+      <c r="AD71" s="34"/>
+      <c r="AE71" s="29"/>
+      <c r="AF71" s="30"/>
+      <c r="AG71" s="34"/>
+      <c r="AH71" s="30"/>
+      <c r="AI71" s="26"/>
+      <c r="AK71" s="46"/>
+      <c r="AL71" s="36"/>
+      <c r="AN71" s="28"/>
+      <c r="AO71" s="31"/>
+      <c r="AP71" s="30"/>
+      <c r="AQ71" s="34"/>
+      <c r="AR71" s="30"/>
+      <c r="AS71" s="34"/>
+      <c r="AT71" s="30"/>
+      <c r="AU71" s="34"/>
+      <c r="AV71" s="34"/>
+      <c r="AW71" s="29"/>
+      <c r="AX71" s="30"/>
+      <c r="AY71" s="34"/>
+      <c r="AZ71" s="30"/>
+      <c r="BA71" s="26"/>
+      <c r="BC71" s="172"/>
+      <c r="BD71" s="173"/>
+    </row>
+    <row r="72" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="46"/>
+      <c r="B72" s="36"/>
+      <c r="D72" s="28"/>
+      <c r="E72" s="33"/>
+      <c r="F72" s="28"/>
+      <c r="G72" s="26"/>
+      <c r="H72" s="28"/>
+      <c r="I72" s="26"/>
+      <c r="J72" s="28"/>
+      <c r="K72" s="26"/>
+      <c r="L72" s="26"/>
+      <c r="M72" s="31"/>
+      <c r="N72" s="28"/>
+      <c r="O72" s="26"/>
+      <c r="P72" s="28"/>
+      <c r="Q72" s="26"/>
+      <c r="R72" s="26"/>
+      <c r="S72" s="46"/>
+      <c r="T72" s="36"/>
+      <c r="V72" s="28"/>
+      <c r="W72" s="33"/>
+      <c r="X72" s="28"/>
+      <c r="Y72" s="26"/>
+      <c r="Z72" s="28"/>
+      <c r="AA72" s="26"/>
+      <c r="AB72" s="28"/>
+      <c r="AC72" s="26"/>
+      <c r="AD72" s="26"/>
+      <c r="AE72" s="31"/>
+      <c r="AF72" s="28"/>
+      <c r="AG72" s="26"/>
+      <c r="AH72" s="28"/>
+      <c r="AI72" s="26"/>
+      <c r="AK72" s="46"/>
+      <c r="AL72" s="36"/>
+      <c r="AN72" s="28"/>
+      <c r="AO72" s="33"/>
+      <c r="AP72" s="28"/>
+      <c r="AQ72" s="26"/>
+      <c r="AR72" s="28"/>
+      <c r="AS72" s="26"/>
+      <c r="AT72" s="28"/>
+      <c r="AU72" s="26"/>
+      <c r="AV72" s="26"/>
+      <c r="AW72" s="31"/>
+      <c r="AX72" s="28"/>
+      <c r="AY72" s="26"/>
+      <c r="AZ72" s="28"/>
+      <c r="BA72" s="26"/>
+      <c r="BC72" s="172"/>
+      <c r="BD72" s="173"/>
+    </row>
+    <row r="73" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="46"/>
+      <c r="B73" s="36"/>
+      <c r="D73" s="28"/>
+      <c r="E73" s="29"/>
+      <c r="F73" s="30"/>
+      <c r="G73" s="34"/>
+      <c r="H73" s="30"/>
+      <c r="I73" s="34"/>
+      <c r="J73" s="30"/>
+      <c r="K73" s="34"/>
+      <c r="L73" s="34"/>
+      <c r="M73" s="29"/>
+      <c r="N73" s="30"/>
+      <c r="O73" s="34"/>
+      <c r="P73" s="30"/>
+      <c r="Q73" s="26"/>
+      <c r="R73" s="26"/>
+      <c r="S73" s="46"/>
+      <c r="T73" s="36"/>
+      <c r="V73" s="28"/>
+      <c r="W73" s="29"/>
+      <c r="X73" s="30"/>
+      <c r="Y73" s="34"/>
+      <c r="Z73" s="30"/>
+      <c r="AA73" s="34"/>
+      <c r="AB73" s="30"/>
+      <c r="AC73" s="34"/>
+      <c r="AD73" s="34"/>
+      <c r="AE73" s="29"/>
+      <c r="AF73" s="30"/>
+      <c r="AG73" s="34"/>
+      <c r="AH73" s="30"/>
+      <c r="AI73" s="26"/>
+      <c r="AK73" s="46"/>
+      <c r="AL73" s="36"/>
+      <c r="AN73" s="28"/>
+      <c r="AO73" s="29"/>
+      <c r="AP73" s="30"/>
+      <c r="AQ73" s="34"/>
+      <c r="AR73" s="30"/>
+      <c r="AS73" s="34"/>
+      <c r="AT73" s="30"/>
+      <c r="AU73" s="34"/>
+      <c r="AV73" s="34"/>
+      <c r="AW73" s="29"/>
+      <c r="AX73" s="30"/>
+      <c r="AY73" s="34"/>
+      <c r="AZ73" s="30"/>
+      <c r="BA73" s="26"/>
+      <c r="BC73" s="172"/>
+      <c r="BD73" s="173"/>
+    </row>
+    <row r="74" spans="1:56" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D74" s="26"/>
+      <c r="E74" s="26"/>
+      <c r="F74" s="26"/>
+      <c r="G74" s="26"/>
+      <c r="H74" s="26"/>
+      <c r="I74" s="26"/>
+      <c r="J74" s="26"/>
+      <c r="K74" s="26"/>
+      <c r="L74" s="26"/>
+      <c r="M74" s="26"/>
+      <c r="N74" s="26"/>
+      <c r="O74" s="26"/>
+      <c r="P74" s="26"/>
+      <c r="Q74" s="26"/>
+      <c r="R74" s="26"/>
+      <c r="V74" s="26"/>
+      <c r="W74" s="26"/>
+      <c r="X74" s="26"/>
+      <c r="Y74" s="26"/>
+      <c r="Z74" s="26"/>
+      <c r="AA74" s="26"/>
+      <c r="AB74" s="26"/>
+      <c r="AC74" s="26"/>
+      <c r="AD74" s="26"/>
+      <c r="AE74" s="26"/>
+      <c r="AF74" s="26"/>
+      <c r="AG74" s="26"/>
+      <c r="AH74" s="26"/>
+      <c r="AI74" s="26"/>
+      <c r="AO74" s="26"/>
+      <c r="AP74" s="26"/>
+      <c r="AQ74" s="26"/>
+      <c r="AR74" s="26"/>
+      <c r="AS74" s="37"/>
+      <c r="AT74" s="38"/>
+      <c r="AU74" s="38"/>
+      <c r="AV74" s="38"/>
+      <c r="AW74" s="38"/>
+      <c r="AX74" s="38"/>
+      <c r="AY74" s="38"/>
+      <c r="AZ74" s="38"/>
+      <c r="BA74" s="38"/>
+      <c r="BB74" s="20"/>
+    </row>
+    <row r="75" spans="1:56" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="39"/>
+      <c r="B75" s="39"/>
+      <c r="C75" s="39"/>
+      <c r="D75" s="39"/>
+      <c r="E75" s="39"/>
+      <c r="F75" s="39"/>
+      <c r="G75" s="39"/>
+      <c r="H75" s="39"/>
+      <c r="I75" s="39"/>
+      <c r="J75" s="39"/>
+      <c r="K75" s="39"/>
+      <c r="L75" s="39"/>
+      <c r="M75" s="39"/>
+      <c r="N75" s="39"/>
+      <c r="O75" s="39"/>
+      <c r="P75" s="39"/>
+      <c r="Q75" s="39"/>
+      <c r="R75" s="39"/>
+      <c r="S75" s="39"/>
+      <c r="T75" s="39"/>
+      <c r="U75" s="39"/>
+      <c r="V75" s="39"/>
+      <c r="W75" s="39"/>
+      <c r="X75" s="39"/>
+      <c r="Y75" s="39"/>
+      <c r="Z75" s="39"/>
+      <c r="AA75" s="39"/>
+      <c r="AB75" s="39"/>
+      <c r="AC75" s="39"/>
+      <c r="AD75" s="39"/>
+      <c r="AE75" s="39"/>
+      <c r="AF75" s="39"/>
+      <c r="AG75" s="39"/>
+      <c r="AH75" s="39"/>
+      <c r="AI75" s="39"/>
+      <c r="AJ75" s="39"/>
+      <c r="AK75" s="39"/>
+      <c r="AL75" s="39"/>
+      <c r="AM75" s="39"/>
+      <c r="AN75" s="39"/>
+      <c r="AO75" s="39"/>
+      <c r="AP75" s="39"/>
+      <c r="AQ75" s="39"/>
+      <c r="AR75" s="39"/>
+      <c r="AS75" s="39"/>
+      <c r="AT75" s="39"/>
+      <c r="AU75" s="39"/>
+      <c r="AV75" s="39"/>
+      <c r="AW75" s="39"/>
+      <c r="AX75" s="39"/>
+      <c r="AY75" s="39"/>
+      <c r="AZ75" s="39"/>
+      <c r="BA75" s="39"/>
+    </row>
+    <row r="76" spans="1:56" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="jcdFzMo223RryLBWv5Vv4MkWX75YsNVsFknmD3y8aPkf/+hw0tf68z17TQzhP3uN5AI6qKGUnwkq0whDEdhTTA==" saltValue="2tWHyzRR4AwwUdWaBwMrpg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...3 lines deleted...]
-    <mergeCell ref="AK3:AS3"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="P7V1UaUn0RlUtNCKKz0Y6SfslsLj48DY6Y9raF1oNPlAkybg0NWPYpV2SRbJcbhr15cUFr7ZT97QjBUq3Zrmww==" saltValue="X2NCaZ8bFeiQLNf/r0N/eQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="236">
+    <mergeCell ref="BC67:BD67"/>
+    <mergeCell ref="BC68:BD68"/>
+    <mergeCell ref="BC69:BD69"/>
+    <mergeCell ref="BC70:BD70"/>
+    <mergeCell ref="BC71:BD71"/>
+    <mergeCell ref="BC72:BD72"/>
+    <mergeCell ref="BC73:BD73"/>
+    <mergeCell ref="C1:AU2"/>
+    <mergeCell ref="AK3:AU3"/>
+    <mergeCell ref="BC58:BD58"/>
+    <mergeCell ref="BC59:BD59"/>
+    <mergeCell ref="BC60:BD60"/>
+    <mergeCell ref="BC61:BD61"/>
+    <mergeCell ref="BC62:BD62"/>
+    <mergeCell ref="BC63:BD63"/>
+    <mergeCell ref="BC64:BD64"/>
+    <mergeCell ref="BC65:BD65"/>
+    <mergeCell ref="BC66:BD66"/>
+    <mergeCell ref="BC49:BD49"/>
+    <mergeCell ref="BC50:BD50"/>
+    <mergeCell ref="BC51:BD51"/>
+    <mergeCell ref="BC52:BD52"/>
+    <mergeCell ref="BC53:BD53"/>
+    <mergeCell ref="BC54:BD54"/>
+    <mergeCell ref="BC55:BD55"/>
+    <mergeCell ref="BC56:BD56"/>
+    <mergeCell ref="BC57:BD57"/>
+    <mergeCell ref="BC30:BD30"/>
+    <mergeCell ref="BC31:BD31"/>
     <mergeCell ref="BC32:BD32"/>
     <mergeCell ref="BC33:BD33"/>
     <mergeCell ref="BC34:BD34"/>
     <mergeCell ref="BC35:BD35"/>
     <mergeCell ref="BC36:BD36"/>
-    <mergeCell ref="BC27:BD27"/>
-[...3 lines deleted...]
-    <mergeCell ref="BC31:BD31"/>
+    <mergeCell ref="BC37:BD37"/>
+    <mergeCell ref="BC46:BD47"/>
+    <mergeCell ref="BC21:BD21"/>
     <mergeCell ref="BC22:BD22"/>
     <mergeCell ref="BC23:BD23"/>
     <mergeCell ref="BC24:BD24"/>
     <mergeCell ref="BC25:BD25"/>
     <mergeCell ref="BC26:BD26"/>
-    <mergeCell ref="BC17:BD17"/>
-[...3 lines deleted...]
-    <mergeCell ref="BC21:BD21"/>
+    <mergeCell ref="BC27:BD27"/>
+    <mergeCell ref="BC28:BD28"/>
+    <mergeCell ref="BC29:BD29"/>
     <mergeCell ref="BC10:BD11"/>
     <mergeCell ref="BC13:BD13"/>
     <mergeCell ref="BC14:BD14"/>
     <mergeCell ref="BC15:BD15"/>
     <mergeCell ref="BC16:BD16"/>
-    <mergeCell ref="AF10:AG10"/>
-[...8 lines deleted...]
-    <mergeCell ref="AR10:AS10"/>
+    <mergeCell ref="BC17:BD17"/>
+    <mergeCell ref="BC18:BD18"/>
+    <mergeCell ref="BC19:BD19"/>
+    <mergeCell ref="BC20:BD20"/>
+    <mergeCell ref="AM4:BC4"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="AL9:AM9"/>
+    <mergeCell ref="AN9:AX9"/>
+    <mergeCell ref="AY9:BA9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:AF9"/>
+    <mergeCell ref="AG9:AI9"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:N45"/>
+    <mergeCell ref="O45:Q45"/>
+    <mergeCell ref="T45:U45"/>
+    <mergeCell ref="V45:AF45"/>
+    <mergeCell ref="AG45:AI45"/>
+    <mergeCell ref="AL45:AM45"/>
+    <mergeCell ref="AN45:AX45"/>
+    <mergeCell ref="AY45:BA45"/>
+    <mergeCell ref="O9:Q9"/>
+    <mergeCell ref="D9:N9"/>
+    <mergeCell ref="D44:K44"/>
+    <mergeCell ref="L44:N44"/>
+    <mergeCell ref="V41:AE41"/>
+    <mergeCell ref="V42:AE42"/>
+    <mergeCell ref="V43:AC43"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="AD46:AE46"/>
+    <mergeCell ref="AF46:AG46"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="AN43:AU43"/>
+    <mergeCell ref="AN44:AU44"/>
+    <mergeCell ref="O44:Q44"/>
+    <mergeCell ref="AP46:AQ46"/>
+    <mergeCell ref="AR46:AS46"/>
+    <mergeCell ref="AT46:AU46"/>
+    <mergeCell ref="V44:AC44"/>
+    <mergeCell ref="AN11:AO11"/>
+    <mergeCell ref="AH46:AI46"/>
+    <mergeCell ref="AN46:AO46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:Q46"/>
+    <mergeCell ref="V46:W46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="Z46:AA46"/>
+    <mergeCell ref="AV44:AX44"/>
+    <mergeCell ref="AN5:AW5"/>
+    <mergeCell ref="AN6:AW6"/>
+    <mergeCell ref="AN7:AU7"/>
+    <mergeCell ref="AN8:AU8"/>
+    <mergeCell ref="AV8:AX8"/>
+    <mergeCell ref="AD44:AF44"/>
+    <mergeCell ref="AX5:BA5"/>
+    <mergeCell ref="AX6:BA6"/>
+    <mergeCell ref="AY7:BA7"/>
+    <mergeCell ref="AY8:BA8"/>
+    <mergeCell ref="AK7:AL8"/>
+    <mergeCell ref="AV7:AX7"/>
+    <mergeCell ref="AD11:AE11"/>
+    <mergeCell ref="AV10:AW10"/>
     <mergeCell ref="AX10:AY10"/>
     <mergeCell ref="AZ10:BA10"/>
+    <mergeCell ref="AR11:AS11"/>
+    <mergeCell ref="AV11:AW11"/>
     <mergeCell ref="AX11:AY11"/>
     <mergeCell ref="AZ11:BA11"/>
-    <mergeCell ref="A1:B2"/>
-[...2 lines deleted...]
-    <mergeCell ref="T3:AE3"/>
+    <mergeCell ref="AV43:AX43"/>
+    <mergeCell ref="AY43:BA43"/>
+    <mergeCell ref="AG44:AI44"/>
+    <mergeCell ref="L7:N7"/>
+    <mergeCell ref="AD7:AF7"/>
+    <mergeCell ref="AN42:AW42"/>
+    <mergeCell ref="AN41:AW41"/>
+    <mergeCell ref="A7:B8"/>
+    <mergeCell ref="O8:Q8"/>
+    <mergeCell ref="AG8:AI8"/>
+    <mergeCell ref="S7:T8"/>
     <mergeCell ref="O7:Q7"/>
-    <mergeCell ref="D10:E10"/>
-[...6 lines deleted...]
-    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="AG7:AI7"/>
+    <mergeCell ref="D7:K7"/>
+    <mergeCell ref="D8:K8"/>
+    <mergeCell ref="L8:N8"/>
+    <mergeCell ref="V7:AC7"/>
+    <mergeCell ref="V8:AC8"/>
+    <mergeCell ref="AD8:AF8"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="J11:K11"/>
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="F10:G10"/>
-    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="AN10:AO10"/>
+    <mergeCell ref="A1:B2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C3:Q3"/>
+    <mergeCell ref="T3:AE3"/>
     <mergeCell ref="AF3:AJ3"/>
+    <mergeCell ref="D5:M5"/>
+    <mergeCell ref="D6:M6"/>
+    <mergeCell ref="AF5:AI5"/>
+    <mergeCell ref="AF6:AI6"/>
+    <mergeCell ref="AK5:AL6"/>
     <mergeCell ref="A5:B6"/>
     <mergeCell ref="S5:T6"/>
     <mergeCell ref="V5:AE5"/>
     <mergeCell ref="V6:AE6"/>
     <mergeCell ref="V4:AK4"/>
     <mergeCell ref="A4:U4"/>
     <mergeCell ref="N5:Q5"/>
     <mergeCell ref="N6:Q6"/>
-    <mergeCell ref="D5:M5"/>
-[...16 lines deleted...]
-    <mergeCell ref="AG8:AI8"/>
+    <mergeCell ref="AP10:AQ10"/>
+    <mergeCell ref="AR10:AS10"/>
     <mergeCell ref="AD10:AE10"/>
-    <mergeCell ref="AR11:AS11"/>
-    <mergeCell ref="AV11:AW11"/>
+    <mergeCell ref="AF10:AG10"/>
+    <mergeCell ref="AH10:AI10"/>
+    <mergeCell ref="AF11:AG11"/>
+    <mergeCell ref="AH11:AI11"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
     <mergeCell ref="AB11:AC11"/>
     <mergeCell ref="V10:W10"/>
     <mergeCell ref="X10:Y10"/>
     <mergeCell ref="Z10:AA10"/>
     <mergeCell ref="AB10:AC10"/>
     <mergeCell ref="V11:W11"/>
-    <mergeCell ref="AM4:BC4"/>
-[...22 lines deleted...]
-    <mergeCell ref="AY7:BA7"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="AV46:AW46"/>
+    <mergeCell ref="AX46:AY46"/>
+    <mergeCell ref="AB46:AC46"/>
+    <mergeCell ref="AT10:AU10"/>
+    <mergeCell ref="AT11:AU11"/>
+    <mergeCell ref="A43:B44"/>
+    <mergeCell ref="L43:N43"/>
+    <mergeCell ref="O43:Q43"/>
+    <mergeCell ref="S43:T44"/>
+    <mergeCell ref="AD43:AF43"/>
+    <mergeCell ref="AK41:AL42"/>
+    <mergeCell ref="AX41:BA41"/>
+    <mergeCell ref="N42:Q42"/>
+    <mergeCell ref="AF42:AI42"/>
+    <mergeCell ref="AX42:BA42"/>
+    <mergeCell ref="A41:B42"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="S41:T42"/>
+    <mergeCell ref="AF41:AI41"/>
+    <mergeCell ref="AG43:AI43"/>
+    <mergeCell ref="AK43:AL44"/>
+    <mergeCell ref="AY44:BA44"/>
+    <mergeCell ref="D41:M41"/>
+    <mergeCell ref="AP11:AQ11"/>
+    <mergeCell ref="AZ47:BA47"/>
+    <mergeCell ref="AP47:AQ47"/>
+    <mergeCell ref="AR47:AS47"/>
+    <mergeCell ref="AT47:AU47"/>
+    <mergeCell ref="AV47:AW47"/>
+    <mergeCell ref="AX47:AY47"/>
+    <mergeCell ref="D42:M42"/>
+    <mergeCell ref="D43:K43"/>
+    <mergeCell ref="AZ46:BA46"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:Q47"/>
+    <mergeCell ref="V47:W47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="Z47:AA47"/>
+    <mergeCell ref="AB47:AC47"/>
+    <mergeCell ref="AD47:AE47"/>
+    <mergeCell ref="AF47:AG47"/>
+    <mergeCell ref="AH47:AI47"/>
+    <mergeCell ref="AN47:AO47"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <conditionalFormatting sqref="A4 AM4">
-    <cfRule type="expression" dxfId="119" priority="1794">
+    <cfRule type="expression" dxfId="218" priority="1799">
       <formula>NOT($V$4="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A9">
-    <cfRule type="expression" dxfId="118" priority="1163">
+    <cfRule type="expression" dxfId="217" priority="1168">
       <formula>AND(B9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="117" priority="1165">
+    <cfRule type="expression" dxfId="216" priority="1170">
       <formula>AND(B9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="A45">
+    <cfRule type="expression" dxfId="215" priority="977">
+      <formula>AND(B45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="214" priority="979">
+      <formula>AND(B45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="A5:B6">
-    <cfRule type="expression" dxfId="116" priority="1168">
+    <cfRule type="expression" dxfId="213" priority="1173">
       <formula>AND(OR(NOT($C$1=""),NOT($C$3=""),NOT($T$3=""),NOT($AK$3="")),OR(A5="",A5="Test"))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="BC5:BC10 BC12:BC224">
-    <cfRule type="expression" dxfId="115" priority="963">
+  <conditionalFormatting sqref="A45:R50 BC5:BC10 BC12:BC45 BC74:BC268 A63:R73 B51:R62 C41:R44">
+    <cfRule type="expression" dxfId="212" priority="968">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A5:BB13 A21:BB38 A14:A20 C14:S20 U14:BB20">
-    <cfRule type="expression" dxfId="114" priority="994">
+  <conditionalFormatting sqref="A5:BB40">
+    <cfRule type="expression" dxfId="211" priority="999">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A3:AK3 A1:C1 A2:B2 AT1:BC3">
-    <cfRule type="expression" dxfId="113" priority="1188">
+  <conditionalFormatting sqref="A74:BB76">
+    <cfRule type="expression" dxfId="210" priority="12">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A3:AK3 A1:C1 A2:B2 AV1:BC3">
+    <cfRule type="expression" dxfId="209" priority="1193">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B9">
-    <cfRule type="expression" dxfId="112" priority="1162">
+    <cfRule type="expression" dxfId="208" priority="1167">
       <formula>$V$4="Eine Vorlage zur Zielwertüberwachung"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B12">
-    <cfRule type="expression" dxfId="111" priority="1166">
+    <cfRule type="expression" dxfId="207" priority="1171">
       <formula>OR($V$4="",NOT(B12="Auswahl"))</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="110" priority="1789">
+    <cfRule type="expression" dxfId="206" priority="1794">
       <formula>AND(NOT(A5=""),NOT(A5="Test"),OR(B12="",B12="Auswahl"))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B13 B21:B37">
-    <cfRule type="expression" dxfId="109" priority="1182">
+  <conditionalFormatting sqref="B13:B37">
+    <cfRule type="expression" dxfId="205" priority="1187">
       <formula>AND(L$7="----------",NOT(A$5=""),NOT(A$5="Test"))</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="B45">
+    <cfRule type="expression" dxfId="204" priority="976">
+      <formula>$V$4="Eine Vorlage zur Zielwertüberwachung"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B48">
+    <cfRule type="expression" dxfId="203" priority="980">
+      <formula>OR($V$4="",NOT(B48="Auswahl"))</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="202" priority="996">
+      <formula>AND(NOT(A41=""),NOT(A41="Test"),OR(B48="",B48="Auswahl"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B49:B73">
+    <cfRule type="expression" dxfId="201" priority="986">
+      <formula>AND(L$43="----------",NOT(A$41=""),NOT(A$41="Test"))</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="B9:C9">
-    <cfRule type="expression" dxfId="108" priority="1164">
+    <cfRule type="expression" dxfId="200" priority="1169">
       <formula>AND(NOT(A5=""),NOT(A5="Test"),$V$4="Eine Vorlage zur Zielwertüberwachung",OR(B9="",B9="Auswahl"))</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="107" priority="1169">
+    <cfRule type="expression" dxfId="199" priority="1174">
       <formula>AND(B9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="106" priority="1781">
+    <cfRule type="expression" dxfId="198" priority="1786">
       <formula>AND(B9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="B45:C45">
+    <cfRule type="expression" dxfId="197" priority="978">
+      <formula>AND(NOT(A41=""),NOT(A41="Test"),$V$4="Eine Vorlage zur Zielwertüberwachung",OR(B45="",B45="Auswahl"))</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="196" priority="981">
+      <formula>AND(B45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="195" priority="995">
+      <formula>AND(B45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="D7:K7">
-    <cfRule type="expression" dxfId="105" priority="1161">
+    <cfRule type="expression" dxfId="194" priority="1166">
       <formula>L7="----------"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="104" priority="1180">
+    <cfRule type="expression" dxfId="193" priority="1185">
       <formula>NOT(L7="----------")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D8:K8">
-    <cfRule type="expression" dxfId="103" priority="1159">
+    <cfRule type="expression" dxfId="192" priority="1164">
       <formula>NOT(D8="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="D43:K43">
+    <cfRule type="expression" dxfId="191" priority="975">
+      <formula>L43="----------"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="190" priority="984">
+      <formula>NOT(L43="----------")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D44:K44">
+    <cfRule type="expression" dxfId="189" priority="973">
+      <formula>NOT(D44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="D9:N9">
-    <cfRule type="expression" dxfId="102" priority="1122">
+    <cfRule type="expression" dxfId="188" priority="1127">
       <formula>NOT(D9="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="D45:N45">
+    <cfRule type="expression" dxfId="187" priority="970">
+      <formula>NOT(D45="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="J10:K12">
-    <cfRule type="expression" dxfId="101" priority="1776">
+    <cfRule type="expression" dxfId="186" priority="1781">
       <formula>AND(B9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="100" priority="1777">
+    <cfRule type="expression" dxfId="185" priority="1782">
       <formula>AND(B9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J11:K11">
-    <cfRule type="expression" dxfId="99" priority="1702">
+    <cfRule type="expression" dxfId="184" priority="1707">
       <formula>B10="eingetragener Zw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="98" priority="1703">
+    <cfRule type="expression" dxfId="183" priority="1708">
       <formula>B10="errechneter Mw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="97" priority="1704">
+    <cfRule type="expression" dxfId="182" priority="1709">
       <formula>B10="eingetragener Zw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="96" priority="1705">
+    <cfRule type="expression" dxfId="181" priority="1710">
       <formula>B10="errechneter Mw"</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="J46:K48">
+    <cfRule type="expression" dxfId="180" priority="993">
+      <formula>AND(B45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="179" priority="994">
+      <formula>AND(B45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J47:K47">
+    <cfRule type="expression" dxfId="178" priority="988">
+      <formula>B46="eingetragener Zw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="177" priority="989">
+      <formula>B46="errechneter Mw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="176" priority="990">
+      <formula>B46="eingetragener Zw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="175" priority="991">
+      <formula>B46="errechneter Mw"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="L7:N7">
-    <cfRule type="expression" dxfId="95" priority="1160">
+    <cfRule type="expression" dxfId="174" priority="1165">
       <formula>AND(L7="----------",$V$4="Eine Vorlage zur Zielwertermittlung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="94" priority="1174">
+    <cfRule type="expression" dxfId="173" priority="1179">
       <formula>AND(NOT(A5=""),NOT(A5="Test"),L7="")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="93" priority="1181">
+    <cfRule type="expression" dxfId="172" priority="1186">
       <formula>AND(B9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="92" priority="2058">
+    <cfRule type="expression" dxfId="171" priority="2063">
       <formula>NOT(L7="----------")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L8:N8">
-    <cfRule type="expression" dxfId="91" priority="1124">
+    <cfRule type="expression" dxfId="170" priority="1129">
       <formula>NOT(L8="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="L43:N43">
+    <cfRule type="expression" dxfId="169" priority="974">
+      <formula>AND(L43="----------",$V$4="Eine Vorlage zur Zielwertermittlung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="168" priority="983">
+      <formula>AND(NOT(A41=""),NOT(A41="Test"),L43="")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="167" priority="985">
+      <formula>AND(B45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="166" priority="997">
+      <formula>NOT(L43="----------")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L44:N44">
+    <cfRule type="expression" dxfId="165" priority="972">
+      <formula>NOT(L44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="N5:Q5">
-    <cfRule type="expression" dxfId="90" priority="1711">
+    <cfRule type="expression" dxfId="164" priority="1716">
       <formula>AND(NOT(A5="Test"),NOT(A5=""),N5="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N6:Q6">
-    <cfRule type="expression" dxfId="89" priority="1172">
+    <cfRule type="expression" dxfId="163" priority="1177">
       <formula>AND(NOT(A5=""),NOT(A5="Test"),N5="",L11="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="N41:Q41">
+    <cfRule type="expression" dxfId="162" priority="992">
+      <formula>AND(NOT(A41="Test"),NOT(A41=""),N41="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="N42:Q42">
+    <cfRule type="expression" dxfId="161" priority="982">
+      <formula>AND(NOT(A41=""),NOT(A41="Test"),N41="",L47="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="O7:Q7">
-    <cfRule type="expression" dxfId="88" priority="1184">
+    <cfRule type="expression" dxfId="160" priority="1189">
       <formula>AND(NOT(A5=""),NOT(A5="Test"),OR(O7="Einheit",O7=""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O8:Q8">
-    <cfRule type="expression" dxfId="87" priority="1123">
+    <cfRule type="expression" dxfId="159" priority="1128">
       <formula>NOT(O8="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O9:Q9">
-    <cfRule type="expression" dxfId="86" priority="1121">
+    <cfRule type="expression" dxfId="158" priority="1126">
       <formula>NOT(O9="")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="85" priority="2062">
+    <cfRule type="expression" dxfId="157" priority="2067">
       <formula>AND(B9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung",NOT(O9=""))</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="O43:Q43">
+    <cfRule type="expression" dxfId="156" priority="987">
+      <formula>AND(NOT(A41=""),NOT(A41="Test"),OR(O43="Einheit",O43=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O44:Q44">
+    <cfRule type="expression" dxfId="155" priority="971">
+      <formula>NOT(O44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O45:Q45">
+    <cfRule type="expression" dxfId="154" priority="969">
+      <formula>NOT(O45="")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="153" priority="998">
+      <formula>AND(B45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung",NOT(O45=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="S9">
-    <cfRule type="expression" dxfId="84" priority="1066">
+    <cfRule type="expression" dxfId="152" priority="1071">
       <formula>AND(T9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="83" priority="1068">
+    <cfRule type="expression" dxfId="151" priority="1073">
       <formula>AND(T9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="S45">
+    <cfRule type="expression" dxfId="150" priority="946">
+      <formula>AND(T45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="149" priority="948">
+      <formula>AND(T45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="U44:AD44 AG44:AI44 U41:AI43">
+    <cfRule type="expression" dxfId="148" priority="937">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="S45:AI50 S63:AI73 T51:AI62">
+    <cfRule type="expression" dxfId="147" priority="160">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="T9">
-    <cfRule type="expression" dxfId="82" priority="1065">
+    <cfRule type="expression" dxfId="146" priority="1070">
       <formula>$V$4="Eine Vorlage zur Zielwertüberwachung"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T12">
-    <cfRule type="expression" dxfId="81" priority="1069">
+    <cfRule type="expression" dxfId="145" priority="1074">
       <formula>OR($V$4="",NOT(T12="Auswahl"))</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="80" priority="1086">
+    <cfRule type="expression" dxfId="144" priority="1091">
       <formula>AND(NOT(S5=""),NOT(S5="Test"),OR(T12="",T12="Auswahl"))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="T13 T21:T37">
-    <cfRule type="expression" dxfId="79" priority="1076">
+  <conditionalFormatting sqref="T13:T37">
+    <cfRule type="expression" dxfId="143" priority="1081">
       <formula>AND(AD$7="----------",NOT(S$5=""),NOT(S$5="Test"))</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="T45">
+    <cfRule type="expression" dxfId="142" priority="945">
+      <formula>$V$4="Eine Vorlage zur Zielwertüberwachung"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="T48">
+    <cfRule type="expression" dxfId="141" priority="949">
+      <formula>OR($V$4="",NOT(T48="Auswahl"))</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="140" priority="965">
+      <formula>AND(NOT(S41=""),NOT(S41="Test"),OR(T48="",T48="Auswahl"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="T49:T73">
+    <cfRule type="expression" dxfId="139" priority="161">
+      <formula>AND(AD$43="----------",NOT(S$41=""),NOT(S$41="Test"))</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="T9:U9">
-    <cfRule type="expression" dxfId="78" priority="1067">
+    <cfRule type="expression" dxfId="138" priority="1072">
       <formula>AND(NOT(S5=""),NOT(S5="Test"),$V$4="Eine Vorlage zur Zielwertüberwachung",OR(T9="",T9="Auswahl"))</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="77" priority="1071">
+    <cfRule type="expression" dxfId="137" priority="1076">
       <formula>AND(T9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="76" priority="1085">
+    <cfRule type="expression" dxfId="136" priority="1090">
       <formula>AND(T9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="T45:U45">
+    <cfRule type="expression" dxfId="135" priority="947">
+      <formula>AND(NOT(S41=""),NOT(S41="Test"),$V$4="Eine Vorlage zur Zielwertüberwachung",OR(T45="",T45="Auswahl"))</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="134" priority="950">
+      <formula>AND(T45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="133" priority="964">
+      <formula>AND(T45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="V7:AC7">
-    <cfRule type="expression" dxfId="75" priority="1064">
+    <cfRule type="expression" dxfId="132" priority="1069">
       <formula>AD7="----------"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="74" priority="1074">
+    <cfRule type="expression" dxfId="131" priority="1079">
       <formula>NOT(AD7="----------")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V8:AC8">
-    <cfRule type="expression" dxfId="73" priority="1062">
+    <cfRule type="expression" dxfId="130" priority="1067">
       <formula>NOT(V8="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="V43:AC43">
+    <cfRule type="expression" dxfId="129" priority="944">
+      <formula>AD43="----------"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="128" priority="953">
+      <formula>NOT(AD43="----------")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="V44:AC44">
+    <cfRule type="expression" dxfId="127" priority="942">
+      <formula>NOT(V44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="V9:AF9">
-    <cfRule type="expression" dxfId="72" priority="1059">
+    <cfRule type="expression" dxfId="126" priority="1064">
       <formula>NOT(V9="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="V45:AF45">
+    <cfRule type="expression" dxfId="125" priority="10">
+      <formula>NOT($AD$44="")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="124" priority="939">
+      <formula>NOT(V45="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="V4:AK4">
-    <cfRule type="expression" dxfId="71" priority="1792">
+    <cfRule type="expression" dxfId="123" priority="1797">
       <formula>NOT($V$4="")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="70" priority="1793">
+    <cfRule type="expression" dxfId="122" priority="1798">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AB10:AC12">
-    <cfRule type="expression" dxfId="69" priority="1083">
+    <cfRule type="expression" dxfId="121" priority="1088">
       <formula>AND(T9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="68" priority="1084">
+    <cfRule type="expression" dxfId="120" priority="1089">
       <formula>AND(T9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AB11:AC11">
-    <cfRule type="expression" dxfId="67" priority="1078">
+    <cfRule type="expression" dxfId="119" priority="1083">
       <formula>T10="eingetragener Zw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="66" priority="1079">
+    <cfRule type="expression" dxfId="118" priority="1084">
       <formula>T10="errechneter Mw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="65" priority="1080">
+    <cfRule type="expression" dxfId="117" priority="1085">
       <formula>T10="eingetragener Zw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="64" priority="1081">
+    <cfRule type="expression" dxfId="116" priority="1086">
       <formula>T10="errechneter Mw"</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AB46:AC48">
+    <cfRule type="expression" dxfId="115" priority="962">
+      <formula>AND(T45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="114" priority="963">
+      <formula>AND(T45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AB47:AC47">
+    <cfRule type="expression" dxfId="113" priority="957">
+      <formula>T46="eingetragener Zw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="112" priority="958">
+      <formula>T46="errechneter Mw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="111" priority="959">
+      <formula>T46="eingetragener Zw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="110" priority="960">
+      <formula>T46="errechneter Mw"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AD44">
+    <cfRule type="expression" dxfId="109" priority="941">
+      <formula>NOT(AD44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AD7:AF7">
-    <cfRule type="expression" dxfId="63" priority="1063">
+    <cfRule type="expression" dxfId="108" priority="1068">
       <formula>AND(AD7="----------",$V$4="Eine Vorlage zur Zielwertermittlung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="62" priority="1073">
+    <cfRule type="expression" dxfId="107" priority="1078">
       <formula>AND(NOT(S5=""),NOT(S5="Test"),AD7="")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="61" priority="1075">
+    <cfRule type="expression" dxfId="106" priority="1080">
       <formula>AND(T9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="60" priority="1087">
+    <cfRule type="expression" dxfId="105" priority="1092">
       <formula>NOT(AD7="----------")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD8:AF8">
-    <cfRule type="expression" dxfId="59" priority="1061">
+    <cfRule type="expression" dxfId="104" priority="1066">
       <formula>NOT(AD8="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AD43:AF43">
+    <cfRule type="expression" dxfId="103" priority="943">
+      <formula>AND(AD43="----------",$V$4="Eine Vorlage zur Zielwertermittlung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="102" priority="952">
+      <formula>AND(NOT(S41=""),NOT(S41="Test"),AD43="")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="101" priority="954">
+      <formula>AND(T45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="100" priority="966">
+      <formula>NOT(AD43="----------")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AF5:AI5">
-    <cfRule type="expression" dxfId="58" priority="1082">
+    <cfRule type="expression" dxfId="99" priority="1087">
       <formula>AND(NOT(S5="Test"),NOT(S5=""),AF5="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF6:AI6">
-    <cfRule type="expression" dxfId="57" priority="1072">
+    <cfRule type="expression" dxfId="98" priority="1077">
       <formula>AND(NOT(S5=""),NOT(S5="Test"),AF5="",AD11="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AF41:AI41">
+    <cfRule type="expression" dxfId="97" priority="961">
+      <formula>AND(NOT(S41="Test"),NOT(S41=""),AF41="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AF42:AI42">
+    <cfRule type="expression" dxfId="96" priority="951">
+      <formula>AND(NOT(S41=""),NOT(S41="Test"),AF41="",AD47="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AG7:AI7">
-    <cfRule type="expression" dxfId="56" priority="1077">
+    <cfRule type="expression" dxfId="95" priority="1082">
       <formula>AND(NOT(S5=""),NOT(S5="Test"),OR(AG7="Einheit",AG7=""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AG8:AI8">
-    <cfRule type="expression" dxfId="55" priority="1060">
+    <cfRule type="expression" dxfId="94" priority="1065">
       <formula>NOT(AG8="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AG9:AI9">
-    <cfRule type="expression" dxfId="54" priority="1058">
+    <cfRule type="expression" dxfId="93" priority="1063">
       <formula>NOT(AG9="")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="53" priority="1088">
+    <cfRule type="expression" dxfId="92" priority="1093">
       <formula>AND(T9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AG9=""))</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AG43:AI43">
+    <cfRule type="expression" dxfId="91" priority="956">
+      <formula>AND(NOT(S41=""),NOT(S41="Test"),OR(AG43="Einheit",AG43=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AG44:AI44">
+    <cfRule type="expression" dxfId="90" priority="940">
+      <formula>NOT(AG44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AG45:AI45">
+    <cfRule type="expression" dxfId="89" priority="938">
+      <formula>NOT(AG45="")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="88" priority="967">
+      <formula>AND(T45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AG45=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AJ41:BB73">
+    <cfRule type="expression" dxfId="87" priority="158">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AK9">
-    <cfRule type="expression" dxfId="52" priority="1003">
+    <cfRule type="expression" dxfId="86" priority="1008">
       <formula>AND(AL9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="51" priority="1005">
+    <cfRule type="expression" dxfId="85" priority="1010">
       <formula>AND(AL9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AK45">
+    <cfRule type="expression" dxfId="84" priority="915">
+      <formula>AND(AL45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="83" priority="917">
+      <formula>AND(AL45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AL4">
-    <cfRule type="expression" dxfId="50" priority="6">
+    <cfRule type="expression" dxfId="82" priority="11">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AL9">
-    <cfRule type="expression" dxfId="49" priority="1002">
+    <cfRule type="expression" dxfId="81" priority="1007">
       <formula>$V$4="Eine Vorlage zur Zielwertüberwachung"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AL12">
-    <cfRule type="expression" dxfId="48" priority="1006">
+    <cfRule type="expression" dxfId="80" priority="1011">
       <formula>OR($V$4="",NOT(AL12="Auswahl"))</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="47" priority="1023">
+    <cfRule type="expression" dxfId="79" priority="1028">
       <formula>AND(NOT(AK5=""),NOT(AK5="Test"),OR(AL12="",AL12="Auswahl"))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AL13:AL37">
-    <cfRule type="expression" dxfId="46" priority="1013">
+    <cfRule type="expression" dxfId="78" priority="1018">
       <formula>AND(AV$7="----------",NOT(AK$5=""),NOT(AK$5="Test"))</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AL45">
+    <cfRule type="expression" dxfId="77" priority="914">
+      <formula>$V$4="Eine Vorlage zur Zielwertüberwachung"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AL48">
+    <cfRule type="expression" dxfId="76" priority="918">
+      <formula>OR($V$4="",NOT(AL48="Auswahl"))</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="75" priority="934">
+      <formula>AND(NOT(AK41=""),NOT(AK41="Test"),OR(AL48="",AL48="Auswahl"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AL49:AL73">
+    <cfRule type="expression" dxfId="74" priority="159">
+      <formula>AND(AV$43="----------",NOT(AK$41=""),NOT(AK$41="Test"))</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AL9:AM9">
-    <cfRule type="expression" dxfId="45" priority="1004">
+    <cfRule type="expression" dxfId="73" priority="1009">
       <formula>AND(NOT(AK5=""),NOT(AK5="Test"),$V$4="Eine Vorlage zur Zielwertüberwachung",OR(AL9="",AL9="Auswahl"))</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="44" priority="1008">
+    <cfRule type="expression" dxfId="72" priority="1013">
       <formula>AND(AL9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="43" priority="1022">
+    <cfRule type="expression" dxfId="71" priority="1027">
       <formula>AND(AL9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AL45:AM45">
+    <cfRule type="expression" dxfId="70" priority="916">
+      <formula>AND(NOT(AK41=""),NOT(AK41="Test"),$V$4="Eine Vorlage zur Zielwertüberwachung",OR(AL45="",AL45="Auswahl"))</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="69" priority="919">
+      <formula>AND(AL45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="68" priority="933">
+      <formula>AND(AL45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AN7:AU7">
-    <cfRule type="expression" dxfId="42" priority="1001">
+    <cfRule type="expression" dxfId="67" priority="1006">
       <formula>AV7="----------"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="41" priority="1011">
+    <cfRule type="expression" dxfId="66" priority="1016">
       <formula>NOT(AV7="----------")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AN8:AU8">
-    <cfRule type="expression" dxfId="40" priority="999">
+    <cfRule type="expression" dxfId="65" priority="1004">
       <formula>NOT(AN8="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AN43:AU43">
+    <cfRule type="expression" dxfId="64" priority="913">
+      <formula>AV43="----------"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="63" priority="922">
+      <formula>NOT(AV43="----------")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AN44:AU44">
+    <cfRule type="expression" dxfId="62" priority="911">
+      <formula>NOT(AN44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AN9:AX9">
-    <cfRule type="expression" dxfId="39" priority="996">
+    <cfRule type="expression" dxfId="61" priority="1001">
       <formula>NOT(AN9="")</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="AT3:AU3">
-[...1 lines deleted...]
-      <formula>AT3="dd.mm.yyyy"</formula>
+  <conditionalFormatting sqref="AN45:AX45">
+    <cfRule type="expression" dxfId="60" priority="908">
+      <formula>NOT(AN45="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AT10:AU12">
-    <cfRule type="expression" dxfId="37" priority="1020">
+    <cfRule type="expression" dxfId="59" priority="1025">
       <formula>AND(AL9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="36" priority="1021">
+    <cfRule type="expression" dxfId="58" priority="1026">
       <formula>AND(AL9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AT11:AU11">
-    <cfRule type="expression" dxfId="35" priority="1015">
+    <cfRule type="expression" dxfId="57" priority="1020">
       <formula>AL10="eingetragener Zw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="34" priority="1016">
+    <cfRule type="expression" dxfId="56" priority="1021">
       <formula>AL10="errechneter Mw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="33" priority="1017">
+    <cfRule type="expression" dxfId="55" priority="1022">
       <formula>AL10="eingetragener Zw"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="32" priority="1018">
+    <cfRule type="expression" dxfId="54" priority="1023">
       <formula>AL10="errechneter Mw"</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AT46:AU48">
+    <cfRule type="expression" dxfId="53" priority="931">
+      <formula>AND(AL45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="52" priority="932">
+      <formula>AND(AL45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AT47:AU47">
+    <cfRule type="expression" dxfId="51" priority="926">
+      <formula>AL46="eingetragener Zw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="50" priority="927">
+      <formula>AL46="errechneter Mw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="49" priority="928">
+      <formula>AL46="eingetragener Zw"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="48" priority="929">
+      <formula>AL46="errechneter Mw"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AV7:AX7">
-    <cfRule type="expression" dxfId="31" priority="1000">
+    <cfRule type="expression" dxfId="47" priority="1005">
       <formula>AND(AV7="----------",$V$4="Eine Vorlage zur Zielwertermittlung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="30" priority="1010">
+    <cfRule type="expression" dxfId="46" priority="1015">
       <formula>AND(NOT(AK5=""),NOT(AK5="Test"),AV7="")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="29" priority="1012">
+    <cfRule type="expression" dxfId="45" priority="1017">
       <formula>AND(AL9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="28" priority="1024">
+    <cfRule type="expression" dxfId="44" priority="1029">
       <formula>NOT(AV7="----------")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AV8:AX8">
-    <cfRule type="expression" dxfId="27" priority="998">
+    <cfRule type="expression" dxfId="43" priority="1003">
       <formula>NOT(AV8="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AV43:AX43">
+    <cfRule type="expression" dxfId="42" priority="912">
+      <formula>AND(AV43="----------",$V$4="Eine Vorlage zur Zielwertermittlung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="41" priority="921">
+      <formula>AND(NOT(AK41=""),NOT(AK41="Test"),AV43="")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="40" priority="923">
+      <formula>AND(AL45="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="39" priority="935">
+      <formula>NOT(AV43="----------")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AV44:AX44">
+    <cfRule type="expression" dxfId="38" priority="910">
+      <formula>NOT(AV44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AX5:BA5">
-    <cfRule type="expression" dxfId="26" priority="1019">
+    <cfRule type="expression" dxfId="37" priority="1024">
       <formula>AND(NOT(AK5="Test"),NOT(AK5=""),AX5="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AX6:BA6">
-    <cfRule type="expression" dxfId="25" priority="1009">
+    <cfRule type="expression" dxfId="36" priority="1014">
       <formula>AND(NOT(AK5=""),NOT(AK5="Test"),AX5="",AV11="")</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="AX41:BA41">
+    <cfRule type="expression" dxfId="35" priority="930">
+      <formula>AND(NOT(AK41="Test"),NOT(AK41=""),AX41="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AX42:BA42">
+    <cfRule type="expression" dxfId="34" priority="920">
+      <formula>AND(NOT(AK41=""),NOT(AK41="Test"),AX41="",AV47="")</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="AY7:BA7">
-    <cfRule type="expression" dxfId="24" priority="1014">
+    <cfRule type="expression" dxfId="33" priority="1019">
       <formula>AND(NOT(AK5=""),NOT(AK5="Test"),OR(AY7="Einheit",AY7=""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AY8:BA8">
-    <cfRule type="expression" dxfId="23" priority="997">
+    <cfRule type="expression" dxfId="32" priority="1002">
       <formula>NOT(AY8="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AY9:BA9">
-    <cfRule type="expression" dxfId="22" priority="995">
+    <cfRule type="expression" dxfId="31" priority="1000">
       <formula>NOT(AY9="")</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="21" priority="1025">
+    <cfRule type="expression" dxfId="30" priority="1030">
       <formula>AND(AL9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AY9=""))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B14:B20">
-    <cfRule type="expression" dxfId="20" priority="3">
+  <conditionalFormatting sqref="AY43:BA43">
+    <cfRule type="expression" dxfId="29" priority="925">
+      <formula>AND(NOT(AK41=""),NOT(AK41="Test"),OR(AY43="Einheit",AY43=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AY44:BA44">
+    <cfRule type="expression" dxfId="28" priority="909">
+      <formula>NOT(AY44="")</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="AY45:BA45">
+    <cfRule type="expression" dxfId="27" priority="907">
+      <formula>NOT(AY45="")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="26" priority="936">
+      <formula>AND(AL45="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AY45=""))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="BC46 BC48:BC73">
+    <cfRule type="expression" dxfId="25" priority="9">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B14:B20">
-[...5 lines deleted...]
-    <cfRule type="expression" dxfId="18" priority="1">
+  <conditionalFormatting sqref="A51:A62">
+    <cfRule type="expression" dxfId="24" priority="8">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="T14:T20">
-[...1 lines deleted...]
-      <formula>AND(AD$7="----------",NOT(S$5=""),NOT(S$5="Test"))</formula>
+  <conditionalFormatting sqref="S51:S62">
+    <cfRule type="expression" dxfId="23" priority="7">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A41:B42">
+    <cfRule type="expression" dxfId="22" priority="6">
+      <formula>AND(OR(NOT($C$1=""),NOT($C$3=""),NOT($T$3=""),NOT($AK$3="")),OR(A41="",A41="Test"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A41:B42">
+    <cfRule type="expression" dxfId="21" priority="5">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="S41:T42">
+    <cfRule type="expression" dxfId="20" priority="4">
+      <formula>AND(OR(NOT($C$1=""),NOT($C$3=""),NOT($T$3=""),NOT($AK$3="")),OR(S41="",S41="Test"))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="S41:T42">
+    <cfRule type="expression" dxfId="19" priority="3">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A43:B44">
+    <cfRule type="expression" dxfId="1" priority="2">
+      <formula>$V$4=""</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="S43:T44">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation showInputMessage="1" showErrorMessage="1" sqref="L7:N7" xr:uid="{98B5B831-91F6-4C2B-B499-D689B2B555B4}"/>
+    <dataValidation showInputMessage="1" showErrorMessage="1" sqref="L7:N7 L43:N43 AD43:AF43 AV43:AX43" xr:uid="{98B5B831-91F6-4C2B-B499-D689B2B555B4}"/>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter xml:space="preserve">&amp;L© PMC, 09.12.2025   &amp;CSeite &amp;P/&amp;N&amp;RPolymed.ch/Downloads/Labor/XXXXX          </oddFooter>
+    <oddFooter xml:space="preserve">&amp;L© PMC, 26.01.2026    &amp;CSeite &amp;P/&amp;N&amp;RPolymed.ch/Downloads/Labor/XXXXYYYY           </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="38" max="16383" man="1"/>
+    <brk id="37" max="55" man="1"/>
   </rowBreaks>
-  <colBreaks count="2" manualBreakCount="2">
-[...2 lines deleted...]
-  </colBreaks>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F8033ACB-7412-4910-BCC4-D5CF70449A3E}">
           <x14:formula1>
             <xm:f>Hilfstabelle!$Q$7:$Q$9</xm:f>
           </x14:formula1>
           <xm:sqref>V4</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{76BC7331-F9BC-463F-9033-566041839F3A}">
           <x14:formula1>
             <xm:f>Hilfstabelle!$Q$13:$Q$17</xm:f>
           </x14:formula1>
-          <xm:sqref>B12 AL12 T12</xm:sqref>
+          <xm:sqref>B12 AL12 T12 B48 T48 AL48</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{0FB66A0D-91D7-4747-80E9-82DF2FC4C9C0}">
           <x14:formula1>
             <xm:f>Hilfstabelle!$Q$21:$Q$23</xm:f>
           </x14:formula1>
-          <xm:sqref>B9 AL9 T9</xm:sqref>
+          <xm:sqref>B9 AL9 T9 B45 T45 AL45</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4BB96FC-8D55-4046-887A-569E110F4C5A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37D0F4F5-F9E3-4BCC-83C6-F25C1D0D4520}">
   <dimension ref="B1:G16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G31" sqref="G31"/>
+      <selection activeCell="I22" sqref="I22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="8.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="1" spans="2:7" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="F1">
+        <v>2</v>
+      </c>
+    </row>
     <row r="2" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B2" s="180" t="str">
+      <c r="B2" s="179" t="str">
         <f>Dokumentationshilfe!C1</f>
         <v>AFIAS Boditech</v>
       </c>
-      <c r="C2" s="181"/>
-[...3 lines deleted...]
-      <c r="G2" s="182"/>
+      <c r="C2" s="180"/>
+      <c r="D2" s="180"/>
+      <c r="E2" s="180"/>
+      <c r="F2" s="180"/>
+      <c r="G2" s="181"/>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B3" s="183"/>
-[...4 lines deleted...]
-      <c r="G3" s="185"/>
+      <c r="B3" s="182"/>
+      <c r="C3" s="183"/>
+      <c r="D3" s="183"/>
+      <c r="E3" s="183"/>
+      <c r="F3" s="183"/>
+      <c r="G3" s="184"/>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B4" s="183"/>
-[...4 lines deleted...]
-      <c r="G4" s="185"/>
+      <c r="B4" s="182"/>
+      <c r="C4" s="183"/>
+      <c r="D4" s="183"/>
+      <c r="E4" s="183"/>
+      <c r="F4" s="183"/>
+      <c r="G4" s="184"/>
     </row>
     <row r="5" spans="2:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="186" t="str">
+      <c r="B5" s="185" t="str">
         <f>Dokumentationshilfe!C3</f>
         <v>MAU Control</v>
       </c>
-      <c r="C5" s="187"/>
-      <c r="D5" s="188" t="str">
+      <c r="C5" s="186"/>
+      <c r="D5" s="187" t="str">
         <f>CONCATENATE(Dokumentationshilfe!S3,Dokumentationshilfe!T3)</f>
         <v>Lot: MACOVY71</v>
       </c>
-      <c r="E5" s="188"/>
-      <c r="F5" s="189" t="str">
+      <c r="E5" s="187"/>
+      <c r="F5" s="188" t="str">
         <f>CONCATENATE(Dokumentationshilfe!AF3,TEXT(Dokumentationshilfe!AK3,"TT.MM.JJJJ"))</f>
         <v>Verfall: 30.10.2026</v>
       </c>
-      <c r="G5" s="190"/>
+      <c r="G5" s="189"/>
     </row>
     <row r="6" spans="2:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="2:7" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="63" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="191" t="s">
+      <c r="B7" s="65" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="66" t="s">
         <v>213</v>
       </c>
-      <c r="E7" s="191"/>
-[...1 lines deleted...]
-      <c r="G7" s="63" t="s">
+      <c r="D7" s="190" t="s">
+        <v>214</v>
+      </c>
+      <c r="E7" s="190"/>
+      <c r="F7" s="190"/>
+      <c r="G7" s="65" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="65" t="str">
+      <c r="B8" s="67" t="str">
         <f>Dokumentationshilfe!A5</f>
         <v>MAU</v>
       </c>
-      <c r="C8" s="66">
+      <c r="C8" s="68">
         <f>Dokumentationshilfe!J11</f>
         <v>11</v>
       </c>
       <c r="D8" s="178" t="str">
         <f>CONCATENATE(Dokumentationshilfe!D11," - ",Dokumentationshilfe!P11)</f>
         <v>8.4 - 13.6</v>
       </c>
       <c r="E8" s="178"/>
       <c r="F8" s="178"/>
-      <c r="G8" s="65" t="str">
+      <c r="G8" s="67" t="str">
         <f>Dokumentationshilfe!O7</f>
         <v>mg/l</v>
       </c>
     </row>
     <row r="9" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="65" t="str">
+      <c r="B9" s="67" t="str">
         <f>Dokumentationshilfe!S5</f>
         <v>MAU</v>
       </c>
-      <c r="C9" s="66">
+      <c r="C9" s="68">
         <f>Dokumentationshilfe!AB11</f>
         <v>53.2</v>
       </c>
       <c r="D9" s="178" t="str">
         <f>CONCATENATE(Dokumentationshilfe!V11," - ",Dokumentationshilfe!AH11)</f>
         <v>40.5 - 65.9</v>
       </c>
       <c r="E9" s="178"/>
       <c r="F9" s="178"/>
-      <c r="G9" s="65" t="str">
+      <c r="G9" s="67" t="str">
         <f>Dokumentationshilfe!AG7</f>
         <v>mg/l</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="65" t="str">
+      <c r="B10" s="67" t="str">
         <f>Dokumentationshilfe!AK5</f>
         <v>Test</v>
       </c>
-      <c r="C10" s="66" t="str">
+      <c r="C10" s="68" t="str">
         <f>Dokumentationshilfe!AT11</f>
         <v/>
       </c>
       <c r="D10" s="178" t="str">
         <f>CONCATENATE(Dokumentationshilfe!AN11," - ",Dokumentationshilfe!AZ11)</f>
         <v xml:space="preserve"> - </v>
       </c>
       <c r="E10" s="178"/>
       <c r="F10" s="178"/>
-      <c r="G10" s="65" t="str">
+      <c r="G10" s="67" t="str">
         <f>Dokumentationshilfe!AY7</f>
         <v>Einheit</v>
       </c>
     </row>
-    <row r="11" spans="2:7" ht="15" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-      <c r="G13" s="69"/>
+    <row r="11" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="67" t="str">
+        <f>Dokumentationshilfe!A41</f>
+        <v>MAU</v>
+      </c>
+      <c r="C11" s="68">
+        <f>Dokumentationshilfe!J47</f>
+        <v>13</v>
+      </c>
+      <c r="D11" s="178" t="str">
+        <f>CONCATENATE(Dokumentationshilfe!D47," - ",Dokumentationshilfe!P47)</f>
+        <v>9.9 - 16.1</v>
+      </c>
+      <c r="E11" s="178"/>
+      <c r="F11" s="178"/>
+      <c r="G11" s="67" t="str">
+        <f>Dokumentationshilfe!O43</f>
+        <v>mg/l</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="67" t="str">
+        <f>Dokumentationshilfe!S41</f>
+        <v>MAU</v>
+      </c>
+      <c r="C12" s="68">
+        <f>Dokumentationshilfe!AB47</f>
+        <v>50</v>
+      </c>
+      <c r="D12" s="178" t="str">
+        <f>CONCATENATE(Dokumentationshilfe!V47," - ",Dokumentationshilfe!AH47)</f>
+        <v>38 - 62</v>
+      </c>
+      <c r="E12" s="178"/>
+      <c r="F12" s="178"/>
+      <c r="G12" s="67" t="str">
+        <f>Dokumentationshilfe!AG43</f>
+        <v>mg/l</v>
+      </c>
+    </row>
+    <row r="13" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="67" t="str">
+        <f>Dokumentationshilfe!AK41</f>
+        <v>Test</v>
+      </c>
+      <c r="C13" s="68" t="str">
+        <f>Dokumentationshilfe!AT47</f>
+        <v/>
+      </c>
+      <c r="D13" s="178" t="str">
+        <f>CONCATENATE(Dokumentationshilfe!AN47," - ",Dokumentationshilfe!AZ47)</f>
+        <v xml:space="preserve"> - </v>
+      </c>
+      <c r="E13" s="178"/>
+      <c r="F13" s="178"/>
+      <c r="G13" s="67" t="str">
+        <f>Dokumentationshilfe!AY43</f>
+        <v>Einheit</v>
+      </c>
     </row>
     <row r="14" spans="2:7" ht="15" x14ac:dyDescent="0.2">
       <c r="B14" s="69"/>
       <c r="C14" s="70"/>
-      <c r="D14" s="177"/>
-[...1 lines deleted...]
-      <c r="F14" s="177"/>
+      <c r="D14" s="192"/>
+      <c r="E14" s="192"/>
+      <c r="F14" s="192"/>
       <c r="G14" s="69"/>
     </row>
     <row r="15" spans="2:7" ht="15" x14ac:dyDescent="0.2">
-      <c r="B15" s="69"/>
-[...4 lines deleted...]
-      <c r="G15" s="69"/>
+      <c r="B15" s="71"/>
+      <c r="C15" s="72"/>
+      <c r="D15" s="191"/>
+      <c r="E15" s="191"/>
+      <c r="F15" s="191"/>
+      <c r="G15" s="71"/>
     </row>
     <row r="16" spans="2:7" ht="15" x14ac:dyDescent="0.2">
-      <c r="B16" s="69"/>
-[...4 lines deleted...]
-      <c r="G16" s="69"/>
+      <c r="B16" s="71"/>
+      <c r="C16" s="72"/>
+      <c r="D16" s="191"/>
+      <c r="E16" s="191"/>
+      <c r="F16" s="191"/>
+      <c r="G16" s="71"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="LY9Cm1GZPvMGIbC9NJSwLI39fn7jboAT7w1gKet90VzWptdNcCZQBZzqrNMsVc0czcauD1ZRvb6MWcehHqlT0g==" saltValue="HFvggOr/OXTEMrCdgYNa3w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="8d9JYuEJTBtGY/OcyP5v2HyCIWDIFrUhXNfQ65cY+3kJ7RwmqCRqOysRlnVwL/4K5/q/Xz5jUDy1eEnzf8eWZg==" saltValue="kKgINyHjDgQx08k1MBZ+cw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="14">
-    <mergeCell ref="D8:F8"/>
-[...4 lines deleted...]
-    <mergeCell ref="D7:F7"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="D14:F14"/>
+    <mergeCell ref="D8:F8"/>
+    <mergeCell ref="B2:G4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="D7:F7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD5CFFEE-87D9-41F6-B91A-47336EAC5964}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFC86DA2-59B1-4CC5-9E1B-DCE7C534A1F5}">
   <dimension ref="B1:M357"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E30" sqref="E30"/>
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2" style="83" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="11.42578125" style="83"/>
+    <col min="1" max="1" width="2" style="75" customWidth="1"/>
+    <col min="2" max="2" width="14.42578125" style="75" customWidth="1"/>
+    <col min="3" max="3" width="12" style="75" customWidth="1"/>
+    <col min="4" max="4" width="13.140625" style="75" customWidth="1"/>
+    <col min="5" max="5" width="25.42578125" style="75" customWidth="1"/>
+    <col min="6" max="6" width="27.140625" style="75" customWidth="1"/>
+    <col min="7" max="7" width="23.7109375" style="75" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="4.140625" style="75" customWidth="1"/>
+    <col min="9" max="9" width="13.140625" style="75" customWidth="1"/>
+    <col min="10" max="10" width="26.28515625" style="75" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="17.5703125" style="75" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="21" style="75" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="23.140625" style="75" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="11.42578125" style="75"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:13" ht="16.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="192" t="s">
-[...13 lines deleted...]
-      <c r="M2" s="194"/>
+      <c r="B2" s="198" t="s">
+        <v>215</v>
+      </c>
+      <c r="C2" s="199"/>
+      <c r="D2" s="199"/>
+      <c r="E2" s="199"/>
+      <c r="F2" s="199"/>
+      <c r="G2" s="200"/>
+      <c r="I2" s="198" t="s">
+        <v>216</v>
+      </c>
+      <c r="J2" s="199"/>
+      <c r="K2" s="199"/>
+      <c r="L2" s="199"/>
+      <c r="M2" s="200"/>
     </row>
     <row r="3" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="84"/>
-[...9 lines deleted...]
-      <c r="M3" s="86"/>
+      <c r="B3" s="76"/>
+      <c r="C3" s="77"/>
+      <c r="D3" s="77"/>
+      <c r="E3" s="77"/>
+      <c r="F3" s="77"/>
+      <c r="G3" s="78"/>
+      <c r="I3" s="76"/>
+      <c r="J3" s="77"/>
+      <c r="K3" s="77"/>
+      <c r="L3" s="77"/>
+      <c r="M3" s="78"/>
     </row>
     <row r="4" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="87" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="88" t="s">
+      <c r="B4" s="79" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" s="80" t="s">
         <v>217</v>
       </c>
-      <c r="D4" s="88" t="s">
+      <c r="D4" s="80" t="s">
         <v>218</v>
       </c>
-      <c r="E4" s="88" t="s">
+      <c r="E4" s="80" t="s">
         <v>219</v>
       </c>
-      <c r="F4" s="88" t="s">
+      <c r="F4" s="80" t="s">
         <v>220</v>
       </c>
-      <c r="G4" s="89" t="s">
+      <c r="G4" s="81" t="s">
+        <v>221</v>
+      </c>
+      <c r="I4" s="206" t="s">
         <v>222</v>
       </c>
-      <c r="I4" s="195" t="s">
-[...5 lines deleted...]
-      <c r="M4" s="197"/>
+      <c r="J4" s="207"/>
+      <c r="K4" s="207"/>
+      <c r="L4" s="207"/>
+      <c r="M4" s="208"/>
     </row>
     <row r="5" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="75"/>
-[...2 lines deleted...]
-      <c r="E5" s="82" t="str">
+      <c r="B5" s="82"/>
+      <c r="C5" s="83"/>
+      <c r="D5" s="83"/>
+      <c r="E5" s="84" t="str">
         <f>IF(OR(C5="",D5=""),"",ABS(C5-D5))</f>
         <v/>
       </c>
-      <c r="F5" s="82" t="str">
+      <c r="F5" s="84" t="str">
         <f>IF(AND(B5&lt;&gt;"",C5="",D5=""),"",IF(AND(E5&lt;&gt;"",B5="",G5=""),"Parameter eingeben",IF(AND(G5&lt;&gt;"",2.8*MAX(C5,D5)*G5&lt;&gt;0),2.8*MAX(C5,D5)*G5,IF(AND(B5&lt;&gt;"",OR(C5&lt;&gt;"",D5&lt;&gt;"")),IFERROR(IF(2.8*MAX(C5,D5)*(VLOOKUP(B5,'Qualabtoleranzen&amp;Einheiten'!B$6:$F$201,5,FALSE))="","VK manuell eingeben",2.8*MAX(C5,D5)*(VLOOKUP(B5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$F$201,5,FALSE))),"VK manuell eingeben"),IF(B5="","",2.8*MAX(C5,D5)*(VLOOKUP(B5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$F$201,5,FALSE))
 )
 )
 )))</f>
         <v/>
       </c>
-      <c r="G5" s="114"/>
-[...13 lines deleted...]
-        <v>244</v>
+      <c r="G5" s="85"/>
+      <c r="I5" s="86" t="s">
+        <v>51</v>
+      </c>
+      <c r="J5" s="87" t="s">
+        <v>223</v>
+      </c>
+      <c r="K5" s="88" t="s">
+        <v>224</v>
+      </c>
+      <c r="L5" s="88" t="s">
+        <v>225</v>
+      </c>
+      <c r="M5" s="89" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="6" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="94"/>
-[...5 lines deleted...]
-      <c r="I6" s="116" t="str">
+      <c r="B6" s="90"/>
+      <c r="G6" s="91"/>
+      <c r="I6" s="92" t="str">
         <f>Dokumentationshilfe!A5</f>
         <v>MAU</v>
       </c>
-      <c r="J6" s="80"/>
-[...1 lines deleted...]
-      <c r="L6" s="103">
+      <c r="J6" s="93"/>
+      <c r="K6" s="93"/>
+      <c r="L6" s="94">
         <f>Dokumentationshilfe!J11</f>
         <v>11</v>
       </c>
-      <c r="M6" s="104" t="str">
+      <c r="M6" s="95" t="str">
         <f>IF(OR(I$4="",I$4="Bitte Wählen (Hämatologie oder Klinische Chemie):"),
     "Analysesystem wählen",
     IF(AND(J6="",K6="",L6=""),
         "",
         IFERROR(
             IF(J6*L6/K6=0,
                 "fehlende Angaben",
                 IF(I$4="     Hämatologie (Proportionales Verhältnis)",
                     ROUND(J6*L6/K6,2),
                     ROUND(J6*K6/L6,2)
                 )
             ),
             "fehlende Angaben"
         )
     )
 )</f>
         <v>Analysesystem wählen</v>
       </c>
     </row>
     <row r="7" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="97" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="202" t="str">
+      <c r="B7" s="96" t="s">
+        <v>227</v>
+      </c>
+      <c r="C7" s="209" t="str">
         <f>IF(OR(F5="VK manuell eingeben",F5="Parameter eingeben"),"",IF(OR(F5=0,F5=""),"",IF(AND(E5="",F5&lt;&gt;"",F5&lt;&gt;0),_xlfn.CONCAT(Hilfstabelle!Q39,MAX(C5,D5)-F5,Hilfstabelle!Q40,MAX(C5,D5)+F5,Hilfstabelle!Q41),IF(E5&lt;F5,Hilfstabelle!Q43,IF(E5&gt;F5,Hilfstabelle!Q44,"")))))</f>
         <v/>
       </c>
-      <c r="D7" s="202"/>
-[...3 lines deleted...]
-      <c r="I7" s="116" t="str">
+      <c r="D7" s="209"/>
+      <c r="E7" s="209"/>
+      <c r="F7" s="209"/>
+      <c r="G7" s="210"/>
+      <c r="I7" s="92" t="str">
         <f>Dokumentationshilfe!S5</f>
         <v>MAU</v>
       </c>
-      <c r="J7" s="80"/>
-[...1 lines deleted...]
-      <c r="L7" s="103">
+      <c r="J7" s="93"/>
+      <c r="K7" s="93"/>
+      <c r="L7" s="94">
         <f>Dokumentationshilfe!AB11</f>
         <v>53.2</v>
       </c>
-      <c r="M7" s="104" t="str">
-        <f t="shared" ref="M7:M8" si="0">IF(OR(I$4="",I$4="Bitte Wählen (Hämatologie oder Klinische Chemie):"),
+      <c r="M7" s="95" t="str">
+        <f t="shared" ref="M7:M11" si="0">IF(OR(I$4="",I$4="Bitte Wählen (Hämatologie oder Klinische Chemie):"),
     "Analysesystem wählen",
     IF(AND(J7="",K7="",L7=""),
         "",
         IFERROR(
             IF(J7*L7/K7=0,
                 "fehlende Angaben",
                 IF(I$4="     Hämatologie (Proportionales Verhältnis)",
                     ROUND(J7*L7/K7,2),
                     ROUND(J7*K7/L7,2)
                 )
             ),
             "fehlende Angaben"
         )
     )
 )</f>
         <v>Analysesystem wählen</v>
       </c>
     </row>
-    <row r="8" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="I8" s="117" t="str">
+    <row r="8" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="90"/>
+      <c r="C8" s="211"/>
+      <c r="D8" s="211"/>
+      <c r="E8" s="211"/>
+      <c r="F8" s="211"/>
+      <c r="G8" s="212"/>
+      <c r="I8" s="118" t="str">
         <f>Dokumentationshilfe!AK5</f>
         <v>Test</v>
       </c>
-      <c r="J8" s="81"/>
-[...1 lines deleted...]
-      <c r="L8" s="105" t="str">
+      <c r="J8" s="119"/>
+      <c r="K8" s="119"/>
+      <c r="L8" s="120" t="str">
         <f>Dokumentationshilfe!AT11</f>
         <v/>
       </c>
-      <c r="M8" s="106" t="str">
+      <c r="M8" s="121" t="str">
         <f t="shared" si="0"/>
         <v>Analysesystem wählen</v>
       </c>
     </row>
-    <row r="9" spans="2:13" ht="16.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-    <row r="11" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="9" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="101"/>
+      <c r="C9" s="213"/>
+      <c r="D9" s="213"/>
+      <c r="E9" s="213"/>
+      <c r="F9" s="213"/>
+      <c r="G9" s="214"/>
+      <c r="I9" s="92" t="str">
+        <f>Dokumentationshilfe!A41</f>
+        <v>MAU</v>
+      </c>
+      <c r="J9" s="93"/>
+      <c r="K9" s="93"/>
+      <c r="L9" s="94">
+        <f>Dokumentationshilfe!J47</f>
+        <v>13</v>
+      </c>
+      <c r="M9" s="95" t="str">
+        <f t="shared" si="0"/>
+        <v>Analysesystem wählen</v>
+      </c>
+    </row>
+    <row r="10" spans="2:13" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="I10" s="92" t="str">
+        <f>Dokumentationshilfe!S41</f>
+        <v>MAU</v>
+      </c>
+      <c r="J10" s="93"/>
+      <c r="K10" s="93"/>
+      <c r="L10" s="94">
+        <f>Dokumentationshilfe!AB47</f>
+        <v>50</v>
+      </c>
+      <c r="M10" s="95" t="str">
+        <f t="shared" si="0"/>
+        <v>Analysesystem wählen</v>
+      </c>
+    </row>
+    <row r="11" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="I11" s="97" t="str">
+        <f>Dokumentationshilfe!AK41</f>
+        <v>Test</v>
+      </c>
+      <c r="J11" s="98"/>
+      <c r="K11" s="98"/>
+      <c r="L11" s="99" t="str">
+        <f>Dokumentationshilfe!AT47</f>
+        <v/>
+      </c>
+      <c r="M11" s="100" t="str">
+        <f t="shared" si="0"/>
+        <v>Analysesystem wählen</v>
+      </c>
+    </row>
     <row r="12" spans="2:13" ht="16.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="208" t="s">
-[...6 lines deleted...]
-      <c r="G12" s="210"/>
+      <c r="B12" s="215" t="s">
+        <v>228</v>
+      </c>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="217"/>
     </row>
     <row r="13" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="94"/>
-[...4 lines deleted...]
-      <c r="G13" s="96"/>
+      <c r="B13" s="90"/>
+      <c r="G13" s="91"/>
     </row>
     <row r="14" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="99" t="s">
-[...12 lines deleted...]
-      <c r="G14" s="102"/>
+      <c r="B14" s="102" t="s">
+        <v>229</v>
+      </c>
+      <c r="C14" s="205" t="s">
+        <v>230</v>
+      </c>
+      <c r="D14" s="205"/>
+      <c r="E14" s="103" t="s">
+        <v>231</v>
+      </c>
+      <c r="F14" s="104" t="s">
+        <v>232</v>
+      </c>
+      <c r="G14" s="105"/>
     </row>
     <row r="15" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="77"/>
-[...3 lines deleted...]
-      <c r="F15" s="118" t="str">
+      <c r="B15" s="106"/>
+      <c r="C15" s="197"/>
+      <c r="D15" s="197"/>
+      <c r="E15" s="98"/>
+      <c r="F15" s="117" t="str">
         <f t="array" ref="F15">IF(OR(B15="",AND(B15&lt;&gt;"",OR(C15="",E15=""))),"",IFERROR(INDEX(Hilfstabelle!AD8:AD500, MATCH(1, (Hilfstabelle!AB8:AB500=C15) * (Hilfstabelle!AC8:AC500=E15), 0)) * B15,""))</f>
         <v/>
       </c>
       <c r="G15" s="107" t="str">
         <f>IF(E15="","",E15)</f>
         <v/>
       </c>
     </row>
     <row r="16" spans="2:13" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="17" spans="2:7" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="18" spans="2:7" ht="16.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="192" t="s">
-[...6 lines deleted...]
-      <c r="G18" s="194"/>
+      <c r="B18" s="198" t="s">
+        <v>233</v>
+      </c>
+      <c r="C18" s="199"/>
+      <c r="D18" s="199"/>
+      <c r="E18" s="199"/>
+      <c r="F18" s="199"/>
+      <c r="G18" s="200"/>
     </row>
     <row r="19" spans="2:7" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="84"/>
-[...4 lines deleted...]
-      <c r="G19" s="86"/>
+      <c r="B19" s="76"/>
+      <c r="C19" s="77"/>
+      <c r="D19" s="77"/>
+      <c r="E19" s="77"/>
+      <c r="F19" s="77"/>
+      <c r="G19" s="78"/>
     </row>
     <row r="20" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="213" t="s">
-[...3 lines deleted...]
-      <c r="D20" s="215" t="str">
+      <c r="B20" s="201" t="s">
+        <v>234</v>
+      </c>
+      <c r="C20" s="202"/>
+      <c r="D20" s="203" t="str">
         <f>CONCATENATE("Mittelwert der Messwerte von ",C21," (MW):")</f>
         <v>Mittelwert der Messwerte von Auswahl (MW):</v>
       </c>
-      <c r="E20" s="216"/>
-[...2 lines deleted...]
-        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!B13:B37),2),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!T13:T37),2),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!AL13:AL37),2),""))),"0"))</f>
+      <c r="E20" s="204"/>
+      <c r="F20" s="204"/>
+      <c r="G20" s="108" t="str">
+        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!B13:B37),2),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!T13:T37),2),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!AL13:AL37),2),IF(Dokumentationshilfe!A41=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!B49:B73),2),IF(Dokumentationshilfe!S41=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!T49:T73),2),IF(Dokumentationshilfe!AK41=Rechnungshilfen!C21,ROUND(AVERAGE(Dokumentationshilfe!AL49:AL73),2),"")))))),"0"))</f>
         <v>Parameter auswählen</v>
       </c>
     </row>
     <row r="21" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="109"/>
-      <c r="C21" s="115" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="198" t="str">
+      <c r="C21" s="110" t="s">
+        <v>36</v>
+      </c>
+      <c r="D21" s="193" t="str">
         <f>CONCATENATE("Variationskoeffiezient der Messwerte von ",C21," (VK):")</f>
         <v>Variationskoeffiezient der Messwerte von Auswahl (VK):</v>
       </c>
-      <c r="E21" s="199"/>
-      <c r="F21" s="199"/>
+      <c r="E21" s="194"/>
+      <c r="F21" s="194"/>
       <c r="G21" s="111" t="str">
-        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!B13:B37)/AVERAGE(Dokumentationshilfe!B13:B37),2),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!T13:T37)/AVERAGE(Dokumentationshilfe!T13:T37),2),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!AL13:AL37)/AVERAGE(Dokumentationshilfe!AL13:AL37),2),""))),"0"))</f>
+        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!B13:B37)/AVERAGE(Dokumentationshilfe!B13:B37),2),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!T13:T37)/AVERAGE(Dokumentationshilfe!T13:T37),2),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!AL13:AL37)/AVERAGE(Dokumentationshilfe!AL13:AL37),2),IF(Dokumentationshilfe!A41=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!B49:B73)/AVERAGE(Dokumentationshilfe!B49:B73),2),IF(Dokumentationshilfe!S41=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!T49:T73)/AVERAGE(Dokumentationshilfe!T49:T73),2),IF(Dokumentationshilfe!AK41=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!AL49:AL73)/AVERAGE(Dokumentationshilfe!AL49:AL73),2),"")))))),"0"))</f>
         <v>Parameter auswählen</v>
       </c>
     </row>
     <row r="22" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="94"/>
-[...1 lines deleted...]
-      <c r="D22" s="198" t="str">
+      <c r="B22" s="90"/>
+      <c r="D22" s="193" t="str">
         <f>CONCATENATE("Standardabweichung der Messwerte von ",C21," (s):")</f>
         <v>Standardabweichung der Messwerte von Auswahl (s):</v>
       </c>
-      <c r="E22" s="199"/>
-      <c r="F22" s="199"/>
+      <c r="E22" s="194"/>
+      <c r="F22" s="194"/>
       <c r="G22" s="112" t="str">
-        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!B13:B37),2),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!T13:T37),2),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!AL13:AL37),2),""))),"0"))</f>
+        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!B13:B37),2),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!T13:T37),2),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!AL13:AL37),2),IF(Dokumentationshilfe!A41=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!B49:B73),2),IF(Dokumentationshilfe!S41=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!T49:T73),2),IF(Dokumentationshilfe!AK41=Rechnungshilfen!C21,ROUND(_xlfn.STDEV.S(Dokumentationshilfe!AL49:AL73),2),"")))))),"0"))</f>
         <v>Parameter auswählen</v>
       </c>
     </row>
     <row r="23" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="94"/>
-[...1 lines deleted...]
-      <c r="D23" s="198" t="str">
+      <c r="B23" s="90"/>
+      <c r="D23" s="193" t="str">
         <f>CONCATENATE("Maximale absolute Spannweite der Messwerte von ",C21,":")</f>
         <v>Maximale absolute Spannweite der Messwerte von Auswahl:</v>
       </c>
-      <c r="E23" s="199"/>
-      <c r="F23" s="199"/>
+      <c r="E23" s="194"/>
+      <c r="F23" s="194"/>
       <c r="G23" s="112" t="str">
-        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,MAX(Dokumentationshilfe!B13:B37)-MIN(Dokumentationshilfe!B13:B37),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,MAX(Dokumentationshilfe!T13:T37)-MIN(Dokumentationshilfe!T13:T37),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,MAX(Dokumentationshilfe!AL13:AL37)-MIN(Dokumentationshilfe!AL13:AL37),""))))</f>
+        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,MAX(Dokumentationshilfe!B13:B37)-MIN(Dokumentationshilfe!B13:B37),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,MAX(Dokumentationshilfe!T13:T37)-MIN(Dokumentationshilfe!T13:T37),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,MAX(Dokumentationshilfe!AL13:AL37)-MIN(Dokumentationshilfe!AL13:AL37),IF(Dokumentationshilfe!A41=Rechnungshilfen!C21,MAX(Dokumentationshilfe!B49:B73)-MIN(Dokumentationshilfe!B49:B73),IF(Dokumentationshilfe!S41=Rechnungshilfen!C21,MAX(Dokumentationshilfe!T49:T73)-MIN(Dokumentationshilfe!T49:T73),IF(Dokumentationshilfe!AK41=Rechnungshilfen!C21,MAX(Dokumentationshilfe!AL49:AL73)-MIN(Dokumentationshilfe!AL49:AL73),"")))))))</f>
         <v>Parameter auswählen</v>
       </c>
     </row>
     <row r="24" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="94"/>
-[...1 lines deleted...]
-      <c r="D24" s="198" t="str">
+      <c r="B24" s="90"/>
+      <c r="D24" s="193" t="str">
         <f>CONCATENATE("Maximale relative Spannweite der Messwerte von ",C21," in s:")</f>
         <v>Maximale relative Spannweite der Messwerte von Auswahl in s:</v>
       </c>
-      <c r="E24" s="199"/>
-      <c r="F24" s="199"/>
+      <c r="E24" s="194"/>
+      <c r="F24" s="194"/>
       <c r="G24" s="112" t="str">
         <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(_xlfn.TEXTJOIN( ,FALSE,ROUND(G23/G22,2)," s"),"0"))</f>
         <v>Parameter auswählen</v>
       </c>
     </row>
     <row r="25" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="94"/>
-[...1 lines deleted...]
-      <c r="D25" s="198" t="str">
+      <c r="B25" s="90"/>
+      <c r="D25" s="193" t="str">
         <f>CONCATENATE("max. rel. Spannweite der Messwerte von ",C21," in s (s gemäss Qualab):")</f>
         <v>max. rel. Spannweite der Messwerte von Auswahl in s (s gemäss Qualab):</v>
       </c>
-      <c r="E25" s="199"/>
-      <c r="F25" s="199"/>
+      <c r="E25" s="194"/>
+      <c r="F25" s="194"/>
       <c r="G25" s="112" t="str">
-        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(_xlfn.TEXTJOIN( ,FALSE,ROUND(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,G23/Dokumentationshilfe!L8,IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,G23/Dokumentationshilfe!AD8,IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,G23/Dokumentationshilfe!AV8,""))),1)," s"),"0"))</f>
+        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IFERROR(_xlfn.TEXTJOIN( ,FALSE,ROUND(IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,G23/Dokumentationshilfe!L8,IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,G23/Dokumentationshilfe!AD8,IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,G23/Dokumentationshilfe!AV8,IF(Dokumentationshilfe!A41=Rechnungshilfen!C21,G23/Dokumentationshilfe!L44,IF(Dokumentationshilfe!S41=Rechnungshilfen!C21,G23/Dokumentationshilfe!AD44,IF(Dokumentationshilfe!AK41=Rechnungshilfen!C21,G23/Dokumentationshilfe!AV44,"")))))),1)," s"),"0"))</f>
         <v>Parameter auswählen</v>
       </c>
     </row>
     <row r="26" spans="2:7" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B26" s="98"/>
-[...1 lines deleted...]
-      <c r="D26" s="200" t="str">
+      <c r="B26" s="101"/>
+      <c r="C26" s="113"/>
+      <c r="D26" s="195" t="str">
         <f>CONCATENATE("Anzahl Messungen des Parameter ",C21,":")</f>
         <v>Anzahl Messungen des Parameter Auswahl:</v>
       </c>
-      <c r="E26" s="201"/>
-[...2 lines deleted...]
-        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!B13:B37),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!T13:T37),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!AL13:AL37),""))))</f>
+      <c r="E26" s="196"/>
+      <c r="F26" s="196"/>
+      <c r="G26" s="114" t="str">
+        <f>IF(OR(C21="Auswahl",C21=""),"Parameter auswählen",IF(Dokumentationshilfe!A5=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!B13:B37),IF(Dokumentationshilfe!S5=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!T13:T37),IF(Dokumentationshilfe!AK5=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!AL13:AL37),IF(Dokumentationshilfe!A41=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!B49:B73),IF(Dokumentationshilfe!S41=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!T49:T73),IF(Dokumentationshilfe!AK41=Rechnungshilfen!C21,COUNTA(Dokumentationshilfe!AL49:AL73),"")))))))</f>
         <v>Parameter auswählen</v>
       </c>
     </row>
     <row r="27" spans="2:7" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
     <row r="28" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="49" s="83" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
-[...307 lines deleted...]
-    <row r="357" s="83" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="101" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="102" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="103" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="104" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="105" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="106" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="107" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="108" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="109" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="110" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="111" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="112" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="113" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="114" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="115" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="116" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" s="75" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="126" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="127" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="128" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="129" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="130" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="131" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="132" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="133" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="134" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="135" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="136" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="137" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="138" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="139" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="140" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="141" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="142" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="143" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="144" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="145" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="146" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="147" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="148" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="149" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="150" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="151" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="152" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="153" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="154" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="155" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="156" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="157" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="158" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="159" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="160" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="161" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="162" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="163" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="164" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="165" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="166" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="167" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="168" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="169" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="170" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="171" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="172" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="173" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="174" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="175" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="176" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="177" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="178" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="179" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="180" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="181" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="182" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="183" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="184" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="185" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="186" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="187" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="188" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="189" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="190" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="191" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="192" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="193" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="194" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="195" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="196" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="197" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="198" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="199" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="200" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="201" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="202" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="203" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="204" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="205" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="206" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="207" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="208" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="209" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="210" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="211" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="212" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="214" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="215" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="216" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="217" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="218" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="219" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="220" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="221" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="222" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="223" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="224" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="225" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="226" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="227" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="228" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="229" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="230" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="231" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="232" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="233" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="234" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="235" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="236" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="237" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="238" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="239" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="240" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="241" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="242" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="243" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="244" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="245" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="246" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="247" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="248" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="249" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="250" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="251" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="252" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="253" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="254" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="255" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="256" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="257" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="258" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="259" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="260" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="261" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="262" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="263" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="264" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="265" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="266" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="267" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="268" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="269" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="270" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="271" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="272" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="273" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="274" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="275" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="276" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="277" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="278" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="279" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="280" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="281" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="282" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="283" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="284" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="285" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="286" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="287" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="288" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="289" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="290" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="291" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="292" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="293" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="294" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="295" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="296" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="297" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dpu9NIpLZZvl4VBwv0gIVfCC8vwikgnJlN9EnnIe4Hcntmy8hp7vRLwrF0sn+3IdA3lGALq2hLzXx9AFcbVGDg==" saltValue="dOCCntrowoRZKCMIQFUxeg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="uddwwzyPhd6ye7kHAiyT5eA81n+tuOg9rkMChJQPXi0Lp+PleB2yjOl9dkMNalCX7jj8aBPYA5toO6YX54dqag==" saltValue="WqcmNpplySeGetGB9ByqWw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="16">
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="B2:G2"/>
     <mergeCell ref="I2:M2"/>
     <mergeCell ref="I4:M4"/>
+    <mergeCell ref="C7:G9"/>
+    <mergeCell ref="B12:G12"/>
+    <mergeCell ref="D23:F23"/>
     <mergeCell ref="D24:F24"/>
     <mergeCell ref="D25:F25"/>
     <mergeCell ref="D26:F26"/>
+    <mergeCell ref="C15:D15"/>
     <mergeCell ref="B18:G18"/>
-    <mergeCell ref="B2:G2"/>
-[...3 lines deleted...]
-    <mergeCell ref="C15:D15"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="D20:F20"/>
     <mergeCell ref="D21:F21"/>
     <mergeCell ref="D22:F22"/>
-    <mergeCell ref="D23:F23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0D213D47-1FA5-4AE0-A32A-242FD7E9A52A}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CB1B3247-4F34-4043-9125-B9D21731E381}">
           <x14:formula1>
             <xm:f>Hilfstabelle!$AA$8:$AA$18</xm:f>
           </x14:formula1>
           <xm:sqref>C15:E15</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D1B31677-6565-493C-969C-8DEF3FFE3A15}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{ABC6FF7E-CA47-4451-9998-1E94AA842434}">
+          <x14:formula1>
+            <xm:f>Hilfstabelle!$X$5:$X$11</xm:f>
+          </x14:formula1>
+          <xm:sqref>C21</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{76DF7D61-012A-48F2-A723-3D56237CA149}">
           <x14:formula1>
             <xm:f>Hilfstabelle!$S$13:$S$15</xm:f>
           </x14:formula1>
           <xm:sqref>I4:M4</xm:sqref>
-        </x14:dataValidation>
-[...4 lines deleted...]
-          <xm:sqref>C21</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00E430E0-F9AE-445E-BA30-E993CEAFB466}">
   <dimension ref="B3:H195"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" sqref="A1:XFD1048576"/>
+      <selection pane="bottomRight" activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="27.7109375" style="22" customWidth="1"/>
-    <col min="3" max="3" width="15.5703125" style="51" customWidth="1"/>
-    <col min="4" max="4" width="17.5703125" style="51" customWidth="1"/>
+    <col min="3" max="3" width="15.5703125" style="54" customWidth="1"/>
+    <col min="4" max="4" width="17.5703125" style="54" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="22" customWidth="1"/>
     <col min="6" max="6" width="17.140625" customWidth="1"/>
     <col min="7" max="7" width="31.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B3" s="217" t="s">
-[...4 lines deleted...]
-      <c r="E3" s="217"/>
+      <c r="B3" s="218" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" s="218"/>
+      <c r="D3" s="218"/>
+      <c r="E3" s="218"/>
     </row>
     <row r="4" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="G4" s="50"/>
+      <c r="G4" s="53"/>
       <c r="H4" s="8"/>
     </row>
     <row r="5" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B5" s="22" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="D5" s="51" t="s">
         <v>51</v>
       </c>
+      <c r="C5" s="54" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" s="54" t="s">
+        <v>53</v>
+      </c>
       <c r="E5" s="22" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>235</v>
+      </c>
+      <c r="G5" s="53" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="6" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B6" s="22" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="C6" s="54">
+        <v>55</v>
+      </c>
+      <c r="C6" s="57">
         <v>0.27</v>
       </c>
-      <c r="D6" s="56">
+      <c r="D6" s="59">
         <v>0.27</v>
       </c>
-      <c r="E6" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="73"/>
+      <c r="E6" s="55" t="s">
+        <v>97</v>
+      </c>
+      <c r="F6" s="115"/>
     </row>
     <row r="7" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B7" s="22" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="C7" s="54">
+        <v>56</v>
+      </c>
+      <c r="C7" s="57">
         <v>0.27</v>
       </c>
-      <c r="D7" s="56">
+      <c r="D7" s="59">
         <v>0.27</v>
       </c>
-      <c r="E7" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="73"/>
+      <c r="E7" s="55" t="s">
+        <v>97</v>
+      </c>
+      <c r="F7" s="115"/>
     </row>
     <row r="8" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B8" s="22" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="C8" s="54">
+        <v>57</v>
+      </c>
+      <c r="C8" s="57">
         <v>0.25</v>
       </c>
-      <c r="D8" s="56" t="s">
-        <v>202</v>
+      <c r="D8" s="59" t="s">
+        <v>203</v>
       </c>
       <c r="E8" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="73"/>
+      <c r="F8" s="115"/>
     </row>
     <row r="9" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B9" s="22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C9" s="54">
+        <v>58</v>
+      </c>
+      <c r="C9" s="57">
         <v>0.18</v>
       </c>
-      <c r="D9" s="54">
+      <c r="D9" s="57">
         <v>0.2</v>
       </c>
       <c r="E9" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F9" s="73">
+        <v>49</v>
+      </c>
+      <c r="F9" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="10" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B10" s="22" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C10" s="54">
+        <v>59</v>
+      </c>
+      <c r="C10" s="57">
         <v>0.18</v>
       </c>
-      <c r="D10" s="54">
+      <c r="D10" s="57">
         <v>0.2</v>
       </c>
       <c r="E10" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F10" s="73">
+        <v>49</v>
+      </c>
+      <c r="F10" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="11" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B11" s="22" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="C11" s="54">
+        <v>60</v>
+      </c>
+      <c r="C11" s="57">
         <v>0.12</v>
       </c>
-      <c r="D11" s="54">
+      <c r="D11" s="57">
         <v>0.15</v>
       </c>
       <c r="E11" s="22" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F11" s="73">
+        <v>62</v>
+      </c>
+      <c r="F11" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="12" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C12" s="54">
+        <v>61</v>
+      </c>
+      <c r="C12" s="57">
         <v>0.12</v>
       </c>
-      <c r="D12" s="54">
+      <c r="D12" s="57">
         <v>0.15</v>
       </c>
       <c r="E12" s="22" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F12" s="73">
+        <v>62</v>
+      </c>
+      <c r="F12" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B13" s="22" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="C13" s="54">
+        <v>63</v>
+      </c>
+      <c r="C13" s="57">
         <v>0.18</v>
       </c>
-      <c r="D13" s="54">
+      <c r="D13" s="57">
         <v>0.2</v>
       </c>
       <c r="E13" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F13" s="73">
+        <v>49</v>
+      </c>
+      <c r="F13" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="14" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B14" s="22" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C14" s="54">
+        <v>64</v>
+      </c>
+      <c r="C14" s="57">
         <v>0.18</v>
       </c>
-      <c r="D14" s="54">
+      <c r="D14" s="57">
         <v>0.2</v>
       </c>
       <c r="E14" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F14" s="73">
+        <v>49</v>
+      </c>
+      <c r="F14" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="15" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B15" s="22" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="C15" s="54">
+        <v>65</v>
+      </c>
+      <c r="C15" s="57">
         <v>0.18</v>
       </c>
-      <c r="D15" s="54">
+      <c r="D15" s="57">
         <v>0.2</v>
       </c>
       <c r="E15" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F15" s="73">
+        <v>49</v>
+      </c>
+      <c r="F15" s="115">
         <v>0.06</v>
       </c>
     </row>
     <row r="16" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C16" s="54">
+        <v>261</v>
+      </c>
+      <c r="C16" s="57">
         <v>0.18</v>
       </c>
-      <c r="D16" s="54">
+      <c r="D16" s="57">
         <v>0.2</v>
       </c>
       <c r="E16" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F16" s="73">
+        <v>49</v>
+      </c>
+      <c r="F16" s="115">
         <v>0.06</v>
       </c>
     </row>
     <row r="17" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B17" s="22" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C17" s="54">
+        <v>66</v>
+      </c>
+      <c r="C17" s="57">
         <v>0.18</v>
       </c>
-      <c r="D17" s="54">
+      <c r="D17" s="57">
         <v>0.2</v>
       </c>
       <c r="E17" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F17" s="73">
+        <v>49</v>
+      </c>
+      <c r="F17" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="18" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B18" s="22" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C18" s="54">
+        <v>67</v>
+      </c>
+      <c r="C18" s="57">
         <v>0.18</v>
       </c>
-      <c r="D18" s="54">
+      <c r="D18" s="57">
         <v>0.2</v>
       </c>
       <c r="E18" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F18" s="73">
+        <v>49</v>
+      </c>
+      <c r="F18" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="19" spans="2:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="22" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C19" s="54">
+        <v>68</v>
+      </c>
+      <c r="C19" s="57">
         <v>0.18</v>
       </c>
-      <c r="D19" s="54">
+      <c r="D19" s="57">
         <v>0.2</v>
       </c>
       <c r="E19" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F19" s="73">
+        <v>49</v>
+      </c>
+      <c r="F19" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="20" spans="2:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="C20" s="54">
+        <v>69</v>
+      </c>
+      <c r="C20" s="57">
         <v>0.18</v>
       </c>
-      <c r="D20" s="54">
+      <c r="D20" s="57">
         <v>0.2</v>
       </c>
       <c r="E20" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F20" s="73">
+        <v>49</v>
+      </c>
+      <c r="F20" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="21" spans="2:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C21" s="79"/>
-[...1 lines deleted...]
-      <c r="F21" s="73"/>
+      <c r="C21" s="57"/>
+      <c r="D21" s="57"/>
+      <c r="F21" s="115"/>
     </row>
     <row r="22" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B22" s="22" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="C22" s="54">
+        <v>70</v>
+      </c>
+      <c r="C22" s="57">
         <v>0.18</v>
       </c>
-      <c r="D22" s="54">
+      <c r="D22" s="57">
         <v>0.2</v>
       </c>
-      <c r="E22" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="73">
+      <c r="E22" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F22" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="23" spans="2:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="22" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="C23" s="54">
+        <v>71</v>
+      </c>
+      <c r="C23" s="57">
         <v>0.18</v>
       </c>
-      <c r="D23" s="54">
+      <c r="D23" s="57">
         <v>0.2</v>
       </c>
-      <c r="E23" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="73">
+      <c r="E23" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F23" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="22" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="C24" s="54">
+        <v>72</v>
+      </c>
+      <c r="C24" s="57">
         <v>0.18</v>
       </c>
-      <c r="D24" s="54">
+      <c r="D24" s="57">
         <v>0.2</v>
       </c>
-      <c r="E24" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="73">
+      <c r="E24" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="25" spans="2:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="52" t="s">
+      <c r="B25" s="55" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" s="57">
+        <v>0.25</v>
+      </c>
+      <c r="D25" s="57">
+        <v>0.15</v>
+      </c>
+      <c r="E25" s="55" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="54">
+      <c r="F25" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="55" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="57">
         <v>0.25</v>
       </c>
-      <c r="D25" s="54">
+      <c r="D26" s="57">
         <v>0.15</v>
       </c>
-      <c r="E25" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="73">
+      <c r="E26" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F26" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="26" spans="2:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C26" s="54">
+    <row r="27" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="55" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="57">
         <v>0.25</v>
       </c>
-      <c r="D26" s="54">
+      <c r="D27" s="57">
         <v>0.15</v>
       </c>
-      <c r="E26" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="73">
+      <c r="E27" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="27" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C27" s="54">
+    <row r="28" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="55" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="57">
         <v>0.25</v>
       </c>
-      <c r="D27" s="54">
+      <c r="D28" s="57">
         <v>0.15</v>
       </c>
-      <c r="E27" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="73">
+      <c r="E28" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F28" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C28" s="54">
+    <row r="29" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="55" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="57">
         <v>0.25</v>
       </c>
-      <c r="D28" s="54">
+      <c r="D29" s="57">
         <v>0.15</v>
       </c>
-      <c r="E28" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="73">
+      <c r="E29" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F29" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="29" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="D29" s="54">
+    <row r="30" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="55" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="57">
+        <v>0.18</v>
+      </c>
+      <c r="D30" s="57">
+        <v>0.2</v>
+      </c>
+      <c r="E30" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="55" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" s="57">
+        <v>0.09</v>
+      </c>
+      <c r="D31" s="57">
         <v>0.15</v>
       </c>
-      <c r="E29" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="73">
+      <c r="E31" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F31" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="30" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="F30" s="73">
+    <row r="32" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="55" t="s">
+        <v>237</v>
+      </c>
+      <c r="C32" s="57">
+        <v>0.09</v>
+      </c>
+      <c r="D32" s="57">
+        <v>0.15</v>
+      </c>
+      <c r="E32" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F32" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="31" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C31" s="54">
+    <row r="33" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="C33" s="57">
         <v>0.09</v>
       </c>
-      <c r="D31" s="54">
+      <c r="D33" s="57">
         <v>0.15</v>
       </c>
-      <c r="E31" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="73">
+      <c r="E33" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F33" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="32" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C32" s="54">
+    <row r="34" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="55" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" s="57">
         <v>0.09</v>
       </c>
-      <c r="D32" s="54">
+      <c r="D34" s="57">
         <v>0.15</v>
       </c>
-      <c r="E32" s="52" t="s">
-[...36 lines deleted...]
-      <c r="F34" s="73">
+      <c r="E34" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F34" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="35" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="22" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C35" s="54">
+        <v>47</v>
+      </c>
+      <c r="C35" s="57">
         <v>0.06</v>
       </c>
-      <c r="D35" s="54">
+      <c r="D35" s="57">
         <v>0.06</v>
       </c>
       <c r="E35" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F35" s="73">
+        <v>48</v>
+      </c>
+      <c r="F35" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="36" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="22" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C36" s="54">
+        <v>83</v>
+      </c>
+      <c r="C36" s="57">
         <v>0.06</v>
       </c>
-      <c r="D36" s="54">
+      <c r="D36" s="57">
         <v>0.06</v>
       </c>
       <c r="E36" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F36" s="73">
+        <v>48</v>
+      </c>
+      <c r="F36" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="37" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="22" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="C37" s="54">
+        <v>84</v>
+      </c>
+      <c r="C37" s="57">
         <v>0.06</v>
       </c>
-      <c r="D37" s="54">
+      <c r="D37" s="57">
         <v>0.06</v>
       </c>
       <c r="E37" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F37" s="73">
+        <v>48</v>
+      </c>
+      <c r="F37" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="38" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="22" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C38" s="54">
+        <v>85</v>
+      </c>
+      <c r="C38" s="57">
         <v>0.1</v>
       </c>
-      <c r="D38" s="54">
+      <c r="D38" s="57">
         <v>0.15</v>
       </c>
       <c r="E38" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F38" s="73">
+        <v>48</v>
+      </c>
+      <c r="F38" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="39" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="22" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C39" s="54">
+        <v>86</v>
+      </c>
+      <c r="C39" s="57">
         <v>0.1</v>
       </c>
-      <c r="D39" s="54">
+      <c r="D39" s="57">
         <v>0.15</v>
       </c>
       <c r="E39" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F39" s="73">
+        <v>48</v>
+      </c>
+      <c r="F39" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="40" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="54">
+      <c r="B40" s="55" t="s">
+        <v>204</v>
+      </c>
+      <c r="C40" s="57">
         <v>0.1</v>
       </c>
-      <c r="D40" s="54">
+      <c r="D40" s="57">
         <v>0.15</v>
       </c>
       <c r="E40" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F40" s="73">
+        <v>48</v>
+      </c>
+      <c r="F40" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="41" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="22" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C41" s="54">
+        <v>87</v>
+      </c>
+      <c r="C41" s="57">
         <v>0.1</v>
       </c>
-      <c r="D41" s="54">
+      <c r="D41" s="57">
         <v>0.15</v>
       </c>
       <c r="E41" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F41" s="73">
+        <v>48</v>
+      </c>
+      <c r="F41" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="42" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="22" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="C42" s="54">
+        <v>88</v>
+      </c>
+      <c r="C42" s="57">
         <v>0.1</v>
       </c>
-      <c r="D42" s="54">
+      <c r="D42" s="57">
         <v>0.15</v>
       </c>
       <c r="E42" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F42" s="73">
+        <v>48</v>
+      </c>
+      <c r="F42" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="43" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="22" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="C43" s="54">
+        <v>89</v>
+      </c>
+      <c r="C43" s="57">
         <v>0.1</v>
       </c>
-      <c r="D43" s="54">
+      <c r="D43" s="57">
         <v>0.15</v>
       </c>
       <c r="E43" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F43" s="73">
+        <v>48</v>
+      </c>
+      <c r="F43" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="44" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="22" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="C44" s="54">
+        <v>90</v>
+      </c>
+      <c r="C44" s="57">
         <v>0.21</v>
       </c>
-      <c r="D44" s="56">
+      <c r="D44" s="59">
         <v>0.21</v>
       </c>
       <c r="E44" s="22" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="F44" s="73">
+        <v>46</v>
+      </c>
+      <c r="F44" s="115">
         <v>0.09</v>
       </c>
-      <c r="G44" s="74" t="s">
-        <v>216</v>
+      <c r="G44" s="116" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="45" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="22" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="C45" s="54">
+        <v>91</v>
+      </c>
+      <c r="C45" s="57">
         <v>0.18</v>
       </c>
-      <c r="D45" s="54">
+      <c r="D45" s="57">
         <v>0.18</v>
       </c>
       <c r="E45" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F45" s="73"/>
+        <v>49</v>
+      </c>
+      <c r="F45" s="115"/>
     </row>
     <row r="46" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="22" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="C46" s="54">
+        <v>92</v>
+      </c>
+      <c r="C46" s="57">
         <v>0.18</v>
       </c>
-      <c r="D46" s="54">
+      <c r="D46" s="57">
         <v>0.18</v>
       </c>
       <c r="E46" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F46" s="73"/>
+        <v>49</v>
+      </c>
+      <c r="F46" s="115"/>
     </row>
     <row r="47" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="22" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C47" s="54">
+        <v>93</v>
+      </c>
+      <c r="C47" s="57">
         <v>0.18</v>
       </c>
-      <c r="D47" s="54">
+      <c r="D47" s="57">
         <v>0.2</v>
       </c>
       <c r="E47" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F47" s="73">
+        <v>49</v>
+      </c>
+      <c r="F47" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="2:7" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="22" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="C48" s="54">
+        <v>94</v>
+      </c>
+      <c r="C48" s="57">
         <v>0.25</v>
       </c>
-      <c r="D48" s="56">
+      <c r="D48" s="59">
         <v>0.2</v>
       </c>
       <c r="E48" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="F48" s="73">
+      <c r="F48" s="115">
         <v>0.06</v>
       </c>
     </row>
     <row r="49" spans="2:6" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="22" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="C49" s="54">
+        <v>95</v>
+      </c>
+      <c r="C49" s="57">
         <v>0.21</v>
       </c>
-      <c r="D49" s="54">
+      <c r="D49" s="57">
         <v>0.21</v>
       </c>
       <c r="E49" s="22" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F49" s="73">
+        <v>97</v>
+      </c>
+      <c r="F49" s="115">
         <v>0.02</v>
       </c>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B50" s="22" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C50" s="54">
+        <v>96</v>
+      </c>
+      <c r="C50" s="57">
         <v>0.21</v>
       </c>
-      <c r="D50" s="54">
+      <c r="D50" s="57">
         <v>0.21</v>
       </c>
       <c r="E50" s="22" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F50" s="73">
+        <v>97</v>
+      </c>
+      <c r="F50" s="115">
         <v>0.02</v>
       </c>
     </row>
     <row r="51" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B51" s="22" t="s">
+        <v>98</v>
+      </c>
+      <c r="C51" s="57">
+        <v>0.24</v>
+      </c>
+      <c r="D51" s="57">
+        <v>0.24</v>
+      </c>
+      <c r="E51" s="22" t="s">
         <v>97</v>
       </c>
-      <c r="C51" s="54">
-[...8 lines deleted...]
-      <c r="F51" s="73"/>
+      <c r="F51" s="115"/>
     </row>
     <row r="52" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B52" s="22" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="C52" s="54">
+        <v>99</v>
+      </c>
+      <c r="C52" s="57">
         <v>0.24</v>
       </c>
-      <c r="D52" s="54">
+      <c r="D52" s="57">
         <v>0.24</v>
       </c>
       <c r="E52" s="22" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F52" s="73"/>
+        <v>97</v>
+      </c>
+      <c r="F52" s="115"/>
     </row>
     <row r="53" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B53" s="22" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="C53" s="54">
+        <v>100</v>
+      </c>
+      <c r="C53" s="57">
         <v>0.24</v>
       </c>
-      <c r="D53" s="54">
+      <c r="D53" s="57">
         <v>0.24</v>
       </c>
       <c r="E53" s="22" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F53" s="73"/>
+        <v>97</v>
+      </c>
+      <c r="F53" s="115"/>
     </row>
     <row r="54" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B54" s="22" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="C54" s="54">
+        <v>101</v>
+      </c>
+      <c r="C54" s="57">
         <v>0.25</v>
       </c>
-      <c r="D54" s="53">
+      <c r="D54" s="56">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="E54" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="73"/>
+      <c r="E54" s="55" t="s">
+        <v>106</v>
+      </c>
+      <c r="F54" s="115"/>
     </row>
     <row r="55" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B55" s="22" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="C55" s="54">
+        <v>102</v>
+      </c>
+      <c r="C55" s="57">
         <v>0.25</v>
       </c>
-      <c r="D55" s="53">
+      <c r="D55" s="56">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="E55" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F55" s="73"/>
+      <c r="E55" s="55" t="s">
+        <v>106</v>
+      </c>
+      <c r="F55" s="115"/>
     </row>
     <row r="56" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B56" s="22" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="C56" s="54">
+        <v>103</v>
+      </c>
+      <c r="C56" s="57">
         <v>0.25</v>
       </c>
-      <c r="D56" s="53">
+      <c r="D56" s="56">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="E56" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="73"/>
+      <c r="E56" s="55" t="s">
+        <v>106</v>
+      </c>
+      <c r="F56" s="115"/>
     </row>
     <row r="57" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B57" s="22" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C57" s="54">
+        <v>104</v>
+      </c>
+      <c r="C57" s="57">
         <v>0.25</v>
       </c>
-      <c r="D57" s="53">
+      <c r="D57" s="56">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="E57" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="73"/>
+      <c r="E57" s="55" t="s">
+        <v>106</v>
+      </c>
+      <c r="F57" s="115"/>
     </row>
     <row r="58" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B58" s="22" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C58" s="51">
+        <v>105</v>
+      </c>
+      <c r="C58" s="54">
         <v>0.25</v>
       </c>
-      <c r="D58" s="53">
+      <c r="D58" s="56">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="E58" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F58" s="73"/>
+      <c r="E58" s="55" t="s">
+        <v>106</v>
+      </c>
+      <c r="F58" s="115"/>
     </row>
     <row r="59" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B59" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="51">
+      <c r="B59" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="C59" s="54">
         <v>0.18</v>
       </c>
-      <c r="D59" s="51">
+      <c r="D59" s="54">
         <v>0.2</v>
       </c>
-      <c r="E59" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F59" s="73">
+      <c r="E59" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="F59" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="60" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B60" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="51">
+      <c r="B60" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="C60" s="54">
         <v>0.09</v>
       </c>
-      <c r="D60" s="51">
+      <c r="D60" s="54">
         <v>0.15</v>
       </c>
-      <c r="E60" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F60" s="73">
+      <c r="E60" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="61" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B61" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="51">
+      <c r="B61" s="55" t="s">
+        <v>109</v>
+      </c>
+      <c r="C61" s="54">
         <v>0.09</v>
       </c>
-      <c r="D61" s="51">
+      <c r="D61" s="54">
         <v>0.15</v>
       </c>
-      <c r="E61" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="73">
+      <c r="E61" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F61" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="62" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B62" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="51">
+      <c r="B62" s="55" t="s">
+        <v>110</v>
+      </c>
+      <c r="C62" s="54">
         <v>0.09</v>
       </c>
-      <c r="D62" s="51">
+      <c r="D62" s="54">
         <v>0.15</v>
       </c>
-      <c r="E62" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F62" s="73">
+      <c r="E62" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F62" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="63" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B63" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="51">
+      <c r="B63" s="55" t="s">
+        <v>111</v>
+      </c>
+      <c r="C63" s="54">
         <v>0.09</v>
       </c>
-      <c r="D63" s="51">
+      <c r="D63" s="54">
         <v>0.15</v>
       </c>
-      <c r="E63" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F63" s="73">
+      <c r="E63" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F63" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="64" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B64" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="51">
+      <c r="B64" s="55" t="s">
+        <v>112</v>
+      </c>
+      <c r="C64" s="54">
         <v>0.09</v>
       </c>
-      <c r="D64" s="51">
+      <c r="D64" s="54">
         <v>0.09</v>
       </c>
       <c r="E64" s="22" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F64" s="73">
+        <v>115</v>
+      </c>
+      <c r="F64" s="115">
         <v>3.1E-2</v>
       </c>
     </row>
     <row r="65" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B65" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="51">
+      <c r="B65" s="55" t="s">
+        <v>113</v>
+      </c>
+      <c r="C65" s="54">
         <v>0.09</v>
       </c>
-      <c r="D65" s="51">
+      <c r="D65" s="54">
         <v>0.09</v>
       </c>
       <c r="E65" s="22" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F65" s="73">
+        <v>115</v>
+      </c>
+      <c r="F65" s="115">
         <v>3.1E-2</v>
       </c>
     </row>
     <row r="66" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B66" s="22" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="C66" s="51">
+        <v>114</v>
+      </c>
+      <c r="C66" s="54">
         <v>0.09</v>
       </c>
-      <c r="D66" s="51">
+      <c r="D66" s="54">
         <v>0.09</v>
       </c>
       <c r="E66" s="22" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F66" s="73">
+        <v>115</v>
+      </c>
+      <c r="F66" s="115">
         <v>3.1E-2</v>
       </c>
     </row>
     <row r="67" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B67" s="22" t="s">
+        <v>116</v>
+      </c>
+      <c r="C67" s="54">
+        <v>0.09</v>
+      </c>
+      <c r="D67" s="73">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="E67" s="22" t="s">
         <v>115</v>
       </c>
-      <c r="C67" s="51">
-[...8 lines deleted...]
-      <c r="F67" s="73"/>
+      <c r="F67" s="115"/>
     </row>
     <row r="68" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B68" s="22" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="C68" s="51">
+        <v>117</v>
+      </c>
+      <c r="C68" s="54">
         <v>0.09</v>
       </c>
-      <c r="D68" s="71">
+      <c r="D68" s="73">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="E68" s="22" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F68" s="73"/>
+        <v>115</v>
+      </c>
+      <c r="F68" s="115"/>
     </row>
     <row r="69" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B69" s="22" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="C69" s="51">
+        <v>118</v>
+      </c>
+      <c r="C69" s="54">
         <v>0.09</v>
       </c>
-      <c r="D69" s="71">
+      <c r="D69" s="73">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="E69" s="22" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="F69" s="73"/>
+        <v>115</v>
+      </c>
+      <c r="F69" s="115"/>
     </row>
     <row r="70" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B70" s="22" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="C70" s="51">
+        <v>119</v>
+      </c>
+      <c r="C70" s="54">
         <v>0.09</v>
       </c>
-      <c r="D70" s="71">
+      <c r="D70" s="73">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="E70" s="22" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="F70" s="73"/>
+        <v>123</v>
+      </c>
+      <c r="F70" s="115"/>
     </row>
     <row r="71" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B71" s="22" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="C71" s="51">
+        <v>120</v>
+      </c>
+      <c r="C71" s="54">
         <v>0.09</v>
       </c>
-      <c r="D71" s="71">
+      <c r="D71" s="73">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="E71" s="22" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="F71" s="73"/>
+        <v>123</v>
+      </c>
+      <c r="F71" s="115"/>
     </row>
     <row r="72" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B72" s="22" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C72" s="51">
+        <v>121</v>
+      </c>
+      <c r="C72" s="54">
         <v>0.09</v>
       </c>
-      <c r="D72" s="71">
+      <c r="D72" s="73">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="E72" s="22" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="F72" s="73"/>
+        <v>123</v>
+      </c>
+      <c r="F72" s="115"/>
     </row>
     <row r="73" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B73" s="22" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="C73" s="51">
+        <v>122</v>
+      </c>
+      <c r="C73" s="54">
         <v>0.09</v>
       </c>
-      <c r="D73" s="71">
+      <c r="D73" s="73">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="E73" s="22" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="F73" s="73"/>
+        <v>123</v>
+      </c>
+      <c r="F73" s="115"/>
     </row>
     <row r="74" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B74" s="22" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="C74" s="51">
+        <v>124</v>
+      </c>
+      <c r="C74" s="54">
         <v>0.15</v>
       </c>
-      <c r="D74" s="51">
+      <c r="D74" s="54">
         <v>0.15</v>
       </c>
       <c r="E74" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F74" s="73">
+        <v>48</v>
+      </c>
+      <c r="F74" s="115">
         <v>0.06</v>
       </c>
     </row>
     <row r="75" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B75" s="22" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C75" s="51">
+        <v>125</v>
+      </c>
+      <c r="C75" s="54">
         <v>0.15</v>
       </c>
-      <c r="D75" s="51">
+      <c r="D75" s="54">
         <v>0.15</v>
       </c>
       <c r="E75" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F75" s="73">
+        <v>48</v>
+      </c>
+      <c r="F75" s="115">
         <v>0.06</v>
       </c>
     </row>
     <row r="76" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B76" s="22" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C76" s="51">
+        <v>126</v>
+      </c>
+      <c r="C76" s="54">
         <v>0.21</v>
       </c>
-      <c r="D76" s="51">
+      <c r="D76" s="54">
         <v>0.2</v>
       </c>
       <c r="E76" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F76" s="73">
+        <v>48</v>
+      </c>
+      <c r="F76" s="115">
         <v>0.1</v>
       </c>
     </row>
     <row r="77" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B77" s="22" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="C77" s="51">
+        <v>127</v>
+      </c>
+      <c r="C77" s="54">
         <v>0.21</v>
       </c>
-      <c r="D77" s="51">
+      <c r="D77" s="54">
         <v>0.2</v>
       </c>
       <c r="E77" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F77" s="73">
+        <v>48</v>
+      </c>
+      <c r="F77" s="115">
         <v>0.1</v>
       </c>
     </row>
     <row r="78" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B78" s="22" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="C78" s="51">
+        <v>128</v>
+      </c>
+      <c r="C78" s="54">
         <v>0.21</v>
       </c>
-      <c r="D78" s="51">
+      <c r="D78" s="54">
         <v>0.2</v>
       </c>
       <c r="E78" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F78" s="73">
+        <v>48</v>
+      </c>
+      <c r="F78" s="115">
         <v>0.1</v>
       </c>
     </row>
     <row r="79" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B79" s="22" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="C79" s="51">
+        <v>129</v>
+      </c>
+      <c r="C79" s="54">
         <v>0.25</v>
       </c>
-      <c r="D79" s="51">
+      <c r="D79" s="54">
         <v>0.25</v>
       </c>
-      <c r="E79" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F79" s="73"/>
+      <c r="E79" s="55" t="s">
+        <v>133</v>
+      </c>
+      <c r="F79" s="115"/>
     </row>
     <row r="80" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B80" s="22" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="C80" s="51">
+        <v>130</v>
+      </c>
+      <c r="C80" s="54">
         <v>0.25</v>
       </c>
-      <c r="D80" s="51">
+      <c r="D80" s="54">
         <v>0.25</v>
       </c>
-      <c r="E80" s="52" t="s">
+      <c r="E80" s="55" t="s">
+        <v>133</v>
+      </c>
+      <c r="F80" s="115"/>
+    </row>
+    <row r="81" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B81" s="55" t="s">
+        <v>131</v>
+      </c>
+      <c r="C81" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="D81" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="E81" s="55" t="s">
+        <v>133</v>
+      </c>
+      <c r="F81" s="115"/>
+    </row>
+    <row r="82" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B82" s="55" t="s">
         <v>132</v>
       </c>
-      <c r="F80" s="73"/>
-[...5 lines deleted...]
-      <c r="C81" s="51">
+      <c r="C82" s="54">
         <v>0.25</v>
       </c>
-      <c r="D81" s="51">
+      <c r="D82" s="54">
         <v>0.25</v>
       </c>
-      <c r="E81" s="52" t="s">
-[...17 lines deleted...]
-      <c r="F82" s="73"/>
+      <c r="E82" s="55" t="s">
+        <v>133</v>
+      </c>
+      <c r="F82" s="115"/>
     </row>
     <row r="83" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B83" s="22" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="C83" s="51">
+        <v>134</v>
+      </c>
+      <c r="C83" s="54">
         <v>0.06</v>
       </c>
-      <c r="D83" s="51">
+      <c r="D83" s="54">
         <v>0.06</v>
       </c>
       <c r="E83" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F83" s="73">
+        <v>48</v>
+      </c>
+      <c r="F83" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="84" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B84" s="22" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="C84" s="51">
+        <v>135</v>
+      </c>
+      <c r="C84" s="54">
         <v>0.06</v>
       </c>
-      <c r="D84" s="51">
+      <c r="D84" s="54">
         <v>0.06</v>
       </c>
       <c r="E84" s="22" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F84" s="73">
+        <v>48</v>
+      </c>
+      <c r="F84" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="85" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B85" s="22" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="C85" s="51">
+        <v>136</v>
+      </c>
+      <c r="C85" s="54">
         <v>0.18</v>
       </c>
-      <c r="D85" s="51">
+      <c r="D85" s="54">
         <v>0.15</v>
       </c>
-      <c r="E85" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F85" s="73">
+      <c r="E85" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F85" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="86" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B86" s="22" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="C86" s="51">
+        <v>137</v>
+      </c>
+      <c r="C86" s="54">
         <v>0.18</v>
       </c>
-      <c r="D86" s="51">
+      <c r="D86" s="54">
         <v>0.15</v>
       </c>
-      <c r="E86" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F86" s="73">
+      <c r="E86" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F86" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="87" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B87" s="22" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C87" s="51">
+        <v>138</v>
+      </c>
+      <c r="C87" s="54">
         <v>0.18</v>
       </c>
-      <c r="D87" s="51">
+      <c r="D87" s="54">
         <v>0.15</v>
       </c>
-      <c r="E87" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F87" s="73">
+      <c r="E87" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F87" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="88" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B88" s="22" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="C88" s="51">
+        <v>139</v>
+      </c>
+      <c r="C88" s="54">
         <v>0.18</v>
       </c>
-      <c r="D88" s="51">
+      <c r="D88" s="54">
         <v>0.15</v>
       </c>
-      <c r="E88" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F88" s="73">
+      <c r="E88" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F88" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="89" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B89" s="22" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C89" s="51">
+        <v>140</v>
+      </c>
+      <c r="C89" s="54">
         <v>0.18</v>
       </c>
-      <c r="D89" s="51">
+      <c r="D89" s="54">
         <v>0.2</v>
       </c>
       <c r="E89" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F89" s="73">
+        <v>49</v>
+      </c>
+      <c r="F89" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="90" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B90" s="22" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C90" s="51">
+        <v>141</v>
+      </c>
+      <c r="C90" s="54">
         <v>0.18</v>
       </c>
-      <c r="D90" s="51">
+      <c r="D90" s="54">
         <v>0.2</v>
       </c>
       <c r="E90" s="22" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F90" s="73">
+        <v>49</v>
+      </c>
+      <c r="F90" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="91" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B91" s="22" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="C91" s="51">
+        <v>142</v>
+      </c>
+      <c r="C91" s="54">
         <v>0.25</v>
       </c>
-      <c r="D91" s="55" t="s">
-        <v>202</v>
+      <c r="D91" s="58" t="s">
+        <v>203</v>
       </c>
       <c r="E91" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="F91" s="73"/>
+      <c r="F91" s="115"/>
     </row>
     <row r="92" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B92" s="22" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C92" s="51">
+        <v>143</v>
+      </c>
+      <c r="C92" s="54">
         <v>0.25</v>
       </c>
-      <c r="D92" s="55" t="s">
-        <v>202</v>
+      <c r="D92" s="58" t="s">
+        <v>203</v>
       </c>
       <c r="E92" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="F92" s="73"/>
+      <c r="F92" s="115"/>
     </row>
     <row r="93" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B93" s="22" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="C93" s="51">
+        <v>144</v>
+      </c>
+      <c r="C93" s="54">
         <v>0.25</v>
       </c>
-      <c r="D93" s="55" t="s">
-        <v>202</v>
+      <c r="D93" s="58" t="s">
+        <v>203</v>
       </c>
       <c r="E93" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="F93" s="73"/>
+      <c r="F93" s="115"/>
     </row>
     <row r="94" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B94" s="22" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="C94" s="51">
+        <v>145</v>
+      </c>
+      <c r="C94" s="54">
         <v>0.25</v>
       </c>
-      <c r="D94" s="72">
+      <c r="D94" s="74">
         <v>0.121</v>
       </c>
-      <c r="E94" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F94" s="73"/>
+      <c r="E94" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F94" s="115"/>
     </row>
     <row r="95" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B95" s="22" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="C95" s="51">
+        <v>146</v>
+      </c>
+      <c r="C95" s="54">
         <v>0.25</v>
       </c>
-      <c r="D95" s="72">
+      <c r="D95" s="74">
         <v>0.121</v>
       </c>
-      <c r="E95" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F95" s="73"/>
+      <c r="E95" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F95" s="115"/>
     </row>
     <row r="96" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B96" s="22" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="C96" s="51">
+        <v>147</v>
+      </c>
+      <c r="C96" s="54">
         <v>0.25</v>
       </c>
-      <c r="D96" s="72">
+      <c r="D96" s="74">
         <v>0.121</v>
       </c>
-      <c r="E96" s="52" t="s">
-[...2 lines deleted...]
-      <c r="F96" s="73"/>
+      <c r="E96" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F96" s="115"/>
     </row>
     <row r="97" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B97" s="52" t="s">
+      <c r="B97" s="55" t="s">
+        <v>149</v>
+      </c>
+      <c r="C97" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="D97" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="E97" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="F97" s="115"/>
+    </row>
+    <row r="98" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B98" s="55" t="s">
+        <v>150</v>
+      </c>
+      <c r="C98" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="D98" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="E98" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="F98" s="115"/>
+    </row>
+    <row r="99" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B99" s="55" t="s">
+        <v>151</v>
+      </c>
+      <c r="C99" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="D99" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="E99" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F99" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B100" s="55" t="s">
+        <v>152</v>
+      </c>
+      <c r="C100" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="D100" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="E100" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F100" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B101" s="55" t="s">
+        <v>153</v>
+      </c>
+      <c r="C101" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="D101" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="E101" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F101" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="102" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B102" s="55" t="s">
+        <v>154</v>
+      </c>
+      <c r="C102" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="D102" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="E102" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F102" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="103" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B103" s="55" t="s">
+        <v>155</v>
+      </c>
+      <c r="C103" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="D103" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="E103" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F103" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B104" s="55" t="s">
+        <v>156</v>
+      </c>
+      <c r="C104" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="D104" s="54">
+        <v>0.06</v>
+      </c>
+      <c r="E104" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F104" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B105" s="55" t="s">
+        <v>157</v>
+      </c>
+      <c r="C105" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="D105" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="E105" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F105" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="106" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B106" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="C106" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="D106" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="E106" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F106" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B107" s="55" t="s">
+        <v>159</v>
+      </c>
+      <c r="C107" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="D107" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="E107" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F107" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B108" s="55" t="s">
+        <v>161</v>
+      </c>
+      <c r="C108" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="D108" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="E108" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F108" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="109" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B109" s="55" t="s">
+        <v>162</v>
+      </c>
+      <c r="C109" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D109" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E109" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F109" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="110" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B110" s="55" t="s">
+        <v>163</v>
+      </c>
+      <c r="C110" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D110" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E110" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F110" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="111" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B111" s="55" t="s">
+        <v>164</v>
+      </c>
+      <c r="C111" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D111" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E111" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F111" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="112" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B112" s="55" t="s">
+        <v>165</v>
+      </c>
+      <c r="C112" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D112" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E112" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F112" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="113" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B113" s="55" t="s">
+        <v>166</v>
+      </c>
+      <c r="C113" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D113" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E113" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F113" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="114" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B114" s="55" t="s">
+        <v>167</v>
+      </c>
+      <c r="C114" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="D114" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="E114" s="55" t="s">
+        <v>97</v>
+      </c>
+      <c r="F114" s="115"/>
+    </row>
+    <row r="115" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B115" s="55" t="s">
+        <v>168</v>
+      </c>
+      <c r="C115" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="D115" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="E115" s="55" t="s">
+        <v>97</v>
+      </c>
+      <c r="F115" s="115"/>
+    </row>
+    <row r="116" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B116" s="55" t="s">
+        <v>169</v>
+      </c>
+      <c r="C116" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="D116" s="54">
+        <v>0.27</v>
+      </c>
+      <c r="E116" s="55" t="s">
+        <v>97</v>
+      </c>
+      <c r="F116" s="115"/>
+    </row>
+    <row r="117" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B117" s="55" t="s">
+        <v>170</v>
+      </c>
+      <c r="C117" s="54">
+        <v>0.21</v>
+      </c>
+      <c r="D117" s="58" t="s">
+        <v>203</v>
+      </c>
+      <c r="E117" s="55" t="s">
+        <v>97</v>
+      </c>
+      <c r="F117" s="115"/>
+    </row>
+    <row r="118" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B118" s="55" t="s">
+        <v>171</v>
+      </c>
+      <c r="C118" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="D118" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E118" s="55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F118" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="119" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B119" s="55" t="s">
+        <v>172</v>
+      </c>
+      <c r="C119" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="D119" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E119" s="55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F119" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="120" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B120" s="55" t="s">
+        <v>173</v>
+      </c>
+      <c r="C120" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="D120" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E120" s="55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F120" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="121" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B121" s="55" t="s">
+        <v>174</v>
+      </c>
+      <c r="C121" s="54">
+        <v>0.12</v>
+      </c>
+      <c r="D121" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E121" s="55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F121" s="115">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="122" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B122" s="55" t="s">
+        <v>175</v>
+      </c>
+      <c r="C122" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D122" s="58" t="s">
+        <v>203</v>
+      </c>
+      <c r="E122" s="55" t="s">
+        <v>1</v>
+      </c>
+      <c r="F122" s="115"/>
+    </row>
+    <row r="123" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B123" s="55" t="s">
+        <v>176</v>
+      </c>
+      <c r="C123" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D123" s="58" t="s">
+        <v>203</v>
+      </c>
+      <c r="E123" s="55" t="s">
+        <v>1</v>
+      </c>
+      <c r="F123" s="115"/>
+    </row>
+    <row r="124" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B124" s="55" t="s">
+        <v>177</v>
+      </c>
+      <c r="C124" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="D124" s="58" t="s">
+        <v>203</v>
+      </c>
+      <c r="E124" s="55" t="s">
+        <v>1</v>
+      </c>
+      <c r="F124" s="115"/>
+    </row>
+    <row r="125" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B125" s="55" t="s">
+        <v>178</v>
+      </c>
+      <c r="C125" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="D125" s="74">
+        <v>0.152</v>
+      </c>
+      <c r="E125" s="55" t="s">
         <v>148</v>
       </c>
-      <c r="C97" s="51">
+      <c r="F125" s="115"/>
+    </row>
+    <row r="126" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B126" s="55" t="s">
+        <v>179</v>
+      </c>
+      <c r="C126" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="D126" s="74">
+        <v>0.152</v>
+      </c>
+      <c r="E126" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F126" s="115"/>
+    </row>
+    <row r="127" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B127" s="55" t="s">
+        <v>180</v>
+      </c>
+      <c r="C127" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="D127" s="74">
+        <v>0.152</v>
+      </c>
+      <c r="E127" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F127" s="115"/>
+    </row>
+    <row r="128" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B128" s="55" t="s">
+        <v>181</v>
+      </c>
+      <c r="C128" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="D128" s="74">
+        <v>0.152</v>
+      </c>
+      <c r="E128" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F128" s="115"/>
+    </row>
+    <row r="129" spans="2:6" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B129" s="55" t="s">
+        <v>182</v>
+      </c>
+      <c r="C129" s="54">
+        <v>0.25</v>
+      </c>
+      <c r="D129" s="74">
+        <v>0.152</v>
+      </c>
+      <c r="E129" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F129" s="115"/>
+    </row>
+    <row r="130" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B130" s="55" t="s">
+        <v>183</v>
+      </c>
+      <c r="C130" s="54">
         <v>0.18</v>
       </c>
-      <c r="D97" s="51">
+      <c r="D130" s="54">
         <v>0.18</v>
       </c>
-      <c r="E97" s="52" t="s">
-[...8 lines deleted...]
-      <c r="C98" s="51">
+      <c r="E130" s="55" t="s">
+        <v>186</v>
+      </c>
+      <c r="F130" s="115"/>
+    </row>
+    <row r="131" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B131" s="55" t="s">
+        <v>184</v>
+      </c>
+      <c r="C131" s="54">
         <v>0.18</v>
       </c>
-      <c r="D98" s="51">
+      <c r="D131" s="54">
         <v>0.18</v>
       </c>
-      <c r="E98" s="52" t="s">
-[...8 lines deleted...]
-      <c r="C99" s="51">
+      <c r="E131" s="55" t="s">
+        <v>186</v>
+      </c>
+      <c r="F131" s="115"/>
+    </row>
+    <row r="132" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B132" s="55" t="s">
+        <v>185</v>
+      </c>
+      <c r="C132" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="D132" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="E132" s="55" t="s">
+        <v>186</v>
+      </c>
+      <c r="F132" s="115"/>
+    </row>
+    <row r="133" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B133" s="55" t="s">
+        <v>187</v>
+      </c>
+      <c r="C133" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="D133" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="E133" s="55" t="s">
+        <v>189</v>
+      </c>
+      <c r="F133" s="115"/>
+    </row>
+    <row r="134" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B134" s="55" t="s">
+        <v>188</v>
+      </c>
+      <c r="C134" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="D134" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="E134" s="55" t="s">
+        <v>189</v>
+      </c>
+      <c r="F134" s="115"/>
+    </row>
+    <row r="135" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B135" s="55" t="s">
+        <v>190</v>
+      </c>
+      <c r="C135" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="D135" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="E135" s="55" t="s">
+        <v>189</v>
+      </c>
+      <c r="F135" s="115"/>
+    </row>
+    <row r="136" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B136" s="55" t="s">
+        <v>191</v>
+      </c>
+      <c r="C136" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="D136" s="54">
+        <v>0.2</v>
+      </c>
+      <c r="E136" s="55" t="s">
+        <v>189</v>
+      </c>
+      <c r="F136" s="115"/>
+    </row>
+    <row r="137" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B137" s="55" t="s">
+        <v>192</v>
+      </c>
+      <c r="C137" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="D137" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E137" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F137" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="138" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B138" s="55" t="s">
+        <v>193</v>
+      </c>
+      <c r="C138" s="54">
+        <v>0.18</v>
+      </c>
+      <c r="D138" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E138" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F138" s="115">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="139" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B139" s="55" t="s">
+        <v>194</v>
+      </c>
+      <c r="C139" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D139" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E139" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F139" s="115">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="140" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B140" s="55" t="s">
+        <v>195</v>
+      </c>
+      <c r="C140" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D140" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E140" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F140" s="115">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="141" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B141" s="55" t="s">
+        <v>196</v>
+      </c>
+      <c r="C141" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D141" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E141" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F141" s="115">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="142" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B142" s="55" t="s">
+        <v>197</v>
+      </c>
+      <c r="C142" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D142" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E142" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F142" s="115">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="143" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B143" s="55" t="s">
+        <v>198</v>
+      </c>
+      <c r="C143" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D143" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E143" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F143" s="115">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="144" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B144" s="55" t="s">
+        <v>199</v>
+      </c>
+      <c r="C144" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D144" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E144" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F144" s="115">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="145" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B145" s="55" t="s">
+        <v>200</v>
+      </c>
+      <c r="C145" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D145" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E145" s="55" t="s">
+        <v>160</v>
+      </c>
+      <c r="F145" s="115">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="146" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B146" s="55" t="s">
+        <v>201</v>
+      </c>
+      <c r="C146" s="54">
         <v>0.12</v>
       </c>
-      <c r="D99" s="51">
-[...5 lines deleted...]
-      <c r="F99" s="73">
+      <c r="D146" s="54">
+        <v>0.15</v>
+      </c>
+      <c r="E146" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F146" s="115">
         <v>0.05</v>
       </c>
     </row>
-    <row r="100" spans="2:6" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C100" s="51">
+    <row r="147" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B147" s="55" t="s">
+        <v>202</v>
+      </c>
+      <c r="C147" s="54">
         <v>0.12</v>
       </c>
-      <c r="D100" s="51">
-[...149 lines deleted...]
-      <c r="C109" s="51">
+      <c r="D147" s="54">
         <v>0.15</v>
       </c>
-      <c r="D109" s="51">
-[...613 lines deleted...]
-      <c r="F147" s="73">
+      <c r="E147" s="55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F147" s="115">
         <v>0.05</v>
       </c>
     </row>
     <row r="148" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B148" s="22" t="s">
+        <v>211</v>
+      </c>
+      <c r="C148" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="D148" s="54">
+        <v>0.24</v>
+      </c>
+      <c r="E148" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="F148" s="115"/>
+    </row>
+    <row r="149" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B149" s="55" t="s">
         <v>210</v>
       </c>
-      <c r="C148" s="51">
+      <c r="C149" s="54">
         <v>0.24</v>
       </c>
-      <c r="D148" s="51">
+      <c r="D149" s="54">
         <v>0.24</v>
       </c>
-      <c r="E148" s="22" t="s">
-[...17 lines deleted...]
-      <c r="F149" s="73"/>
+      <c r="E149" s="55" t="s">
+        <v>46</v>
+      </c>
+      <c r="F149" s="115"/>
     </row>
     <row r="150" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B150" s="22" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="C150" s="51">
+        <v>212</v>
+      </c>
+      <c r="C150" s="54">
         <v>0.24</v>
       </c>
-      <c r="D150" s="51">
+      <c r="D150" s="54">
         <v>0.24</v>
       </c>
       <c r="E150" s="22" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="F150" s="73"/>
+        <v>46</v>
+      </c>
+      <c r="F150" s="115"/>
     </row>
     <row r="151" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F151" s="73"/>
+      <c r="F151" s="115"/>
     </row>
     <row r="152" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F152" s="73"/>
+      <c r="F152" s="115"/>
     </row>
     <row r="153" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F153" s="73"/>
+      <c r="F153" s="115"/>
     </row>
     <row r="154" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B154" s="22" t="s">
-        <v>207</v>
-[...4 lines deleted...]
-      <c r="D154" s="51">
+        <v>208</v>
+      </c>
+      <c r="C154" s="54">
+        <v>1</v>
+      </c>
+      <c r="D154" s="54">
         <v>1</v>
       </c>
       <c r="E154" s="22" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="F154" s="73"/>
+        <v>209</v>
+      </c>
+      <c r="F154" s="115"/>
     </row>
     <row r="155" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F155" s="73"/>
+      <c r="F155" s="115"/>
     </row>
     <row r="156" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F156" s="73"/>
+      <c r="F156" s="115"/>
     </row>
     <row r="157" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F157" s="73"/>
+      <c r="F157" s="115"/>
     </row>
     <row r="158" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F158" s="73"/>
+      <c r="F158" s="115"/>
     </row>
     <row r="159" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F159" s="73"/>
+      <c r="F159" s="115"/>
     </row>
     <row r="160" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="F160" s="73"/>
+      <c r="F160" s="115"/>
     </row>
     <row r="161" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F161" s="73"/>
+      <c r="F161" s="115"/>
     </row>
     <row r="162" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F162" s="73"/>
+      <c r="F162" s="115"/>
     </row>
     <row r="163" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F163" s="73"/>
+      <c r="F163" s="115"/>
     </row>
     <row r="164" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F164" s="73"/>
+      <c r="F164" s="115"/>
     </row>
     <row r="165" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F165" s="73"/>
+      <c r="F165" s="115"/>
     </row>
     <row r="166" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F166" s="73"/>
+      <c r="F166" s="115"/>
     </row>
     <row r="167" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F167" s="73"/>
+      <c r="F167" s="115"/>
     </row>
     <row r="168" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F168" s="73"/>
+      <c r="F168" s="115"/>
     </row>
     <row r="169" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F169" s="73"/>
+      <c r="F169" s="115"/>
     </row>
     <row r="170" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F170" s="73"/>
+      <c r="F170" s="115"/>
     </row>
     <row r="171" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F171" s="73"/>
+      <c r="F171" s="115"/>
     </row>
     <row r="172" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F172" s="73"/>
+      <c r="F172" s="115"/>
     </row>
     <row r="173" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F173" s="73"/>
+      <c r="F173" s="115"/>
     </row>
     <row r="174" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F174" s="73"/>
+      <c r="F174" s="115"/>
     </row>
     <row r="175" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F175" s="73"/>
+      <c r="F175" s="115"/>
     </row>
     <row r="176" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F176" s="73"/>
+      <c r="F176" s="115"/>
     </row>
     <row r="177" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F177" s="73"/>
+      <c r="F177" s="115"/>
     </row>
     <row r="178" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F178" s="73"/>
+      <c r="F178" s="115"/>
     </row>
     <row r="179" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F179" s="73"/>
+      <c r="F179" s="115"/>
     </row>
     <row r="180" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F180" s="73"/>
+      <c r="F180" s="115"/>
     </row>
     <row r="181" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F181" s="73"/>
+      <c r="F181" s="115"/>
     </row>
     <row r="182" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F182" s="73"/>
+      <c r="F182" s="115"/>
     </row>
     <row r="183" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F183" s="73"/>
+      <c r="F183" s="115"/>
     </row>
     <row r="184" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F184" s="73"/>
+      <c r="F184" s="115"/>
     </row>
     <row r="185" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F185" s="73"/>
+      <c r="F185" s="115"/>
     </row>
     <row r="186" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F186" s="73"/>
+      <c r="F186" s="115"/>
     </row>
     <row r="187" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F187" s="73"/>
+      <c r="F187" s="115"/>
     </row>
     <row r="188" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F188" s="73"/>
+      <c r="F188" s="115"/>
     </row>
     <row r="189" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F189" s="73"/>
+      <c r="F189" s="115"/>
     </row>
     <row r="190" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F190" s="73"/>
+      <c r="F190" s="115"/>
     </row>
     <row r="191" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F191" s="73"/>
+      <c r="F191" s="115"/>
     </row>
     <row r="192" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F192" s="73"/>
+      <c r="F192" s="115"/>
     </row>
     <row r="193" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F193" s="73"/>
+      <c r="F193" s="115"/>
     </row>
     <row r="194" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F194" s="73"/>
+      <c r="F194" s="115"/>
     </row>
     <row r="195" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F195" s="73"/>
+      <c r="F195" s="115"/>
     </row>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="5HCSfH+HpMWZ0wTzBWs7QHStqNnJsQif82kwpM/Hzigv0BPxehf3QSlyL77puv2Hdw2+L360mywOo9R2mdTbuA==" saltValue="hHarBoHCLJ8lHqg+tvuF/g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle2"/>
   <dimension ref="C3:AD843"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="N29" sqref="N29"/>
+    <sheetView topLeftCell="L1" workbookViewId="0">
+      <selection activeCell="Q1" sqref="Q1:AF1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12.28515625" bestFit="1" customWidth="1"/>
-    <col min="15" max="16" width="11.42578125" customWidth="1"/>
+    <col min="15" max="16" width="0" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="20.28515625" customWidth="1"/>
     <col min="19" max="19" width="21.42578125" customWidth="1"/>
     <col min="24" max="24" width="42.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="3:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C4" s="1"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="3"/>
       <c r="M4" t="e">
-        <f>IF(Dokumentationshilfe!$B635="",NA(),IF(Dokumentationshilfe!$B635&lt;Dokumentationshilfe!$D$746,0.9,IF(Dokumentationshilfe!$B635&lt;=Dokumentationshilfe!$F$746,1+(Dokumentationshilfe!$B635-Dokumentationshilfe!$D$746)/ABS(Dokumentationshilfe!$F$746-Dokumentationshilfe!$D$746),IF(Dokumentationshilfe!$B635&lt;=Dokumentationshilfe!$H$746,2+(Dokumentationshilfe!$B635-Dokumentationshilfe!$F$746)/ABS(Dokumentationshilfe!$H$746-Dokumentationshilfe!$F$746),IF(Dokumentationshilfe!$B635&lt;=Dokumentationshilfe!$J$746,3+(Dokumentationshilfe!$B635-Dokumentationshilfe!$H$746)/ABS(Dokumentationshilfe!$J$746-Dokumentationshilfe!$H$746),IF(Dokumentationshilfe!$B635&lt;=Dokumentationshilfe!$L$746,4+(Dokumentationshilfe!$B635-Dokumentationshilfe!$J$746)/ABS(Dokumentationshilfe!$L$746-Dokumentationshilfe!$J$746),IF(Dokumentationshilfe!$B635&lt;=Dokumentationshilfe!$N$746,5+(Dokumentationshilfe!$B635-Dokumentationshilfe!$L$746)/ABS(Dokumentationshilfe!$N$746-Dokumentationshilfe!$L$746),IF(Dokumentationshilfe!$B635&lt;=Dokumentationshilfe!$P$746,6+(Dokumentationshilfe!$B635-Dokumentationshilfe!$N$746)/ABS(Dokumentationshilfe!$P$746-Dokumentationshilfe!$N$746),7.1))))))))</f>
+        <f>IF(Dokumentationshilfe!$B679="",NA(),IF(Dokumentationshilfe!$B679&lt;Dokumentationshilfe!$D$790,0.9,IF(Dokumentationshilfe!$B679&lt;=Dokumentationshilfe!$F$790,1+(Dokumentationshilfe!$B679-Dokumentationshilfe!$D$790)/ABS(Dokumentationshilfe!$F$790-Dokumentationshilfe!$D$790),IF(Dokumentationshilfe!$B679&lt;=Dokumentationshilfe!$H$790,2+(Dokumentationshilfe!$B679-Dokumentationshilfe!$F$790)/ABS(Dokumentationshilfe!$H$790-Dokumentationshilfe!$F$790),IF(Dokumentationshilfe!$B679&lt;=Dokumentationshilfe!$J$790,3+(Dokumentationshilfe!$B679-Dokumentationshilfe!$H$790)/ABS(Dokumentationshilfe!$J$790-Dokumentationshilfe!$H$790),IF(Dokumentationshilfe!$B679&lt;=Dokumentationshilfe!$L$790,4+(Dokumentationshilfe!$B679-Dokumentationshilfe!$J$790)/ABS(Dokumentationshilfe!$L$790-Dokumentationshilfe!$J$790),IF(Dokumentationshilfe!$B679&lt;=Dokumentationshilfe!$N$790,5+(Dokumentationshilfe!$B679-Dokumentationshilfe!$L$790)/ABS(Dokumentationshilfe!$N$790-Dokumentationshilfe!$L$790),IF(Dokumentationshilfe!$B679&lt;=Dokumentationshilfe!$P$790,6+(Dokumentationshilfe!$B679-Dokumentationshilfe!$N$790)/ABS(Dokumentationshilfe!$P$790-Dokumentationshilfe!$N$790),7.1))))))))</f>
         <v>#N/A</v>
       </c>
-      <c r="Q4" s="46" t="s">
-[...4 lines deleted...]
-        <v>254</v>
+      <c r="Q4" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="W4" s="49"/>
+      <c r="X4" s="49" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="5" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C5" s="4"/>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C6" s="4"/>
       <c r="L6" s="7"/>
-      <c r="Q6" s="46" t="s">
-[...5 lines deleted...]
-      <c r="U6" s="46"/>
+      <c r="Q6" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="R6" s="49"/>
+      <c r="S6" s="49"/>
+      <c r="T6" s="49"/>
+      <c r="U6" s="49"/>
       <c r="X6" t="str">
         <f>Dokumentationshilfe!A5</f>
         <v>MAU</v>
       </c>
-      <c r="AA6" s="46" t="s">
-        <v>239</v>
+      <c r="AA6" s="49" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C7" s="4"/>
       <c r="D7" s="8">
         <v>1</v>
       </c>
       <c r="E7" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B13="",NA(),IF(Dokumentationshilfe!$B13&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B13&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B13-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B13&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B13-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B13&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B13-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B13&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B13-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B13&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B13-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B13&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B13-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F7" s="8">
         <v>1</v>
       </c>
       <c r="G7" s="8">
         <v>2</v>
       </c>
       <c r="H7" s="8">
         <v>3</v>
       </c>
       <c r="I7" s="8">
         <v>4</v>
       </c>
       <c r="J7" s="8">
         <v>5</v>
       </c>
       <c r="K7" s="8">
         <v>6</v>
       </c>
       <c r="L7" s="9">
         <v>7</v>
       </c>
-      <c r="Q7" s="46" t="s">
-[...5 lines deleted...]
-      <c r="U7" s="46"/>
+      <c r="Q7" s="49" t="s">
+        <v>33</v>
+      </c>
+      <c r="R7" s="49"/>
+      <c r="S7" s="49"/>
+      <c r="T7" s="49"/>
+      <c r="U7" s="49"/>
       <c r="X7" t="str">
         <f>Dokumentationshilfe!S5</f>
         <v>MAU</v>
       </c>
       <c r="AA7" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="AB7" t="s">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="AC7" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="AD7" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
     </row>
     <row r="8" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C8" s="4"/>
       <c r="D8" s="8">
         <v>2</v>
       </c>
       <c r="E8" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B14="",NA(),IF(Dokumentationshilfe!$B14&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B14&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B14-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B14&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B14-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B14&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B14-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B14&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B14-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B14&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B14-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B14&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B14-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F8" s="8">
         <v>1</v>
       </c>
       <c r="G8" s="8">
         <v>2</v>
       </c>
       <c r="H8" s="8">
         <v>3</v>
       </c>
       <c r="I8" s="8">
         <v>4</v>
       </c>
       <c r="J8" s="8">
         <v>5</v>
       </c>
       <c r="K8" s="8">
         <v>6</v>
       </c>
       <c r="L8" s="9">
         <v>7</v>
       </c>
-      <c r="Q8" s="46" t="s">
-[...5 lines deleted...]
-      <c r="U8" s="46"/>
+      <c r="Q8" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="R8" s="49"/>
+      <c r="S8" s="49"/>
+      <c r="T8" s="49"/>
+      <c r="U8" s="49"/>
       <c r="X8" t="str">
         <f>Dokumentationshilfe!AK5</f>
         <v>Test</v>
       </c>
       <c r="AA8" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C9" s="4"/>
       <c r="D9" s="8">
         <v>3</v>
       </c>
       <c r="E9" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B15="",NA(),IF(Dokumentationshilfe!$B15&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B15&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B15-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B15&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B15-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B15&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B15-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B15&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B15-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B15&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B15-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B15&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B15-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F9" s="8">
         <v>1</v>
       </c>
       <c r="G9" s="8">
         <v>2</v>
       </c>
       <c r="H9" s="8">
         <v>3</v>
       </c>
       <c r="I9" s="8">
         <v>4</v>
       </c>
       <c r="J9" s="8">
         <v>5</v>
       </c>
       <c r="K9" s="8">
         <v>6</v>
       </c>
       <c r="L9" s="9">
         <v>7</v>
       </c>
-      <c r="Q9" s="46" t="s">
-        <v>32</v>
+      <c r="Q9" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="X9" t="str">
+        <f>Dokumentationshilfe!A41</f>
+        <v>MAU</v>
       </c>
       <c r="AA9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AB9" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC9" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C10" s="4"/>
       <c r="D10" s="8">
         <v>4</v>
       </c>
       <c r="E10" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B16="",NA(),IF(Dokumentationshilfe!$B16&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B16&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B16-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B16&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B16-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B16&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B16-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B16&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B16-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B16&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B16-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B16&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B16-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F10" s="8">
         <v>1</v>
       </c>
       <c r="G10" s="8">
         <v>2</v>
       </c>
       <c r="H10" s="8">
         <v>3</v>
       </c>
       <c r="I10" s="8">
         <v>4</v>
       </c>
       <c r="J10" s="8">
         <v>5</v>
       </c>
       <c r="K10" s="8">
         <v>6</v>
       </c>
       <c r="L10" s="9">
         <v>7</v>
       </c>
+      <c r="X10" t="str">
+        <f>Dokumentationshilfe!S41</f>
+        <v>MAU</v>
+      </c>
       <c r="AA10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AB10" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC10" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD10">
         <v>1000</v>
       </c>
     </row>
     <row r="11" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C11" s="4"/>
       <c r="D11" s="8">
         <v>5</v>
       </c>
       <c r="E11" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B17="",NA(),IF(Dokumentationshilfe!$B17&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B17&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B17-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B17&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B17-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B17&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B17-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B17&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B17-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B17&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B17-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B17&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B17-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F11" s="8">
         <v>1</v>
       </c>
       <c r="G11" s="8">
         <v>2</v>
       </c>
       <c r="H11" s="8">
         <v>3</v>
       </c>
       <c r="I11" s="8">
         <v>4</v>
       </c>
       <c r="J11" s="8">
         <v>5</v>
       </c>
       <c r="K11" s="8">
         <v>6</v>
       </c>
       <c r="L11" s="9">
         <v>7</v>
       </c>
+      <c r="X11" t="str">
+        <f>Dokumentationshilfe!AK41</f>
+        <v>Test</v>
+      </c>
       <c r="AA11" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AB11" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC11" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD11">
         <v>1000000</v>
       </c>
     </row>
     <row r="12" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C12" s="4"/>
       <c r="D12" s="8">
         <v>6</v>
       </c>
       <c r="E12" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B18="",NA(),IF(Dokumentationshilfe!$B18&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B18&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B18-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B18&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B18-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B18&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B18-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B18&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B18-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B18&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B18-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B18&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B18-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F12" s="8">
         <v>1</v>
       </c>
       <c r="G12" s="8">
         <v>2</v>
       </c>
       <c r="H12" s="8">
         <v>3</v>
       </c>
       <c r="I12" s="8">
         <v>4</v>
       </c>
       <c r="J12" s="8">
         <v>5</v>
       </c>
       <c r="K12" s="8">
         <v>6</v>
       </c>
       <c r="L12" s="9">
         <v>7</v>
       </c>
-      <c r="Q12" s="46" t="s">
-[...2 lines deleted...]
-      <c r="S12" s="46" t="s">
+      <c r="Q12" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="S12" s="49" t="s">
+        <v>247</v>
+      </c>
+      <c r="W12" s="49"/>
+      <c r="AA12" t="s">
+        <v>160</v>
+      </c>
+      <c r="AB12" t="s">
         <v>245</v>
       </c>
-      <c r="W12" s="46"/>
-[...5 lines deleted...]
-      </c>
       <c r="AC12" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD12">
         <v>1000000000</v>
       </c>
     </row>
     <row r="13" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C13" s="4"/>
       <c r="D13" s="8">
         <v>7</v>
       </c>
       <c r="E13" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B19="",NA(),IF(Dokumentationshilfe!$B19&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B19&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B19-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B19&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B19-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B19&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B19-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B19&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B19-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B19&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B19-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B19&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B19-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F13" s="8">
         <v>1</v>
       </c>
       <c r="G13" s="8">
         <v>2</v>
       </c>
       <c r="H13" s="8">
         <v>3</v>
       </c>
       <c r="I13" s="8">
         <v>4</v>
       </c>
       <c r="J13" s="8">
         <v>5</v>
       </c>
       <c r="K13" s="8">
         <v>6</v>
       </c>
       <c r="L13" s="9">
         <v>7</v>
       </c>
-      <c r="Q13" s="46" t="s">
-[...3 lines deleted...]
-        <v>246</v>
+      <c r="Q13" s="49" t="s">
+        <v>36</v>
+      </c>
+      <c r="S13" s="49" t="s">
+        <v>222</v>
       </c>
       <c r="AA13" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AB13" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC13" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD13">
         <v>1000000000000</v>
       </c>
     </row>
     <row r="14" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C14" s="4"/>
       <c r="D14" s="8">
         <v>8</v>
       </c>
       <c r="E14" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B20="",NA(),IF(Dokumentationshilfe!$B20&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B20&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B20-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B20&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B20-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B20&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B20-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B20&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B20-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B20&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B20-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B20&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B20-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F14" s="8">
         <v>1</v>
       </c>
       <c r="G14" s="8">
         <v>2</v>
       </c>
       <c r="H14" s="8">
         <v>3</v>
       </c>
       <c r="I14" s="8">
         <v>4</v>
       </c>
       <c r="J14" s="8">
         <v>5</v>
       </c>
       <c r="K14" s="8">
         <v>6</v>
       </c>
       <c r="L14" s="9">
         <v>7</v>
       </c>
       <c r="N14" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-      <c r="S14" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q14" s="49" t="s">
+        <v>38</v>
+      </c>
+      <c r="S14" s="49" t="s">
+        <v>249</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>250</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>245</v>
+      </c>
+      <c r="AC14" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
       <c r="AD14">
         <v>1000000000000000</v>
       </c>
     </row>
     <row r="15" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C15" s="4"/>
       <c r="D15" s="8">
         <v>9</v>
       </c>
       <c r="E15" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B21="",NA(),IF(Dokumentationshilfe!$B21&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B21&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B21-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B21&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B21-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B21&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B21-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B21&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B21-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B21&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B21-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B21&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B21-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F15" s="8">
         <v>1</v>
       </c>
       <c r="G15" s="8">
         <v>2</v>
       </c>
       <c r="H15" s="8">
         <v>3</v>
       </c>
       <c r="I15" s="8">
         <v>4</v>
       </c>
       <c r="J15" s="8">
         <v>5</v>
       </c>
       <c r="K15" s="8">
         <v>6</v>
       </c>
       <c r="L15" s="9">
         <v>7</v>
       </c>
       <c r="N15" t="s">
-        <v>205</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>206</v>
+      </c>
+      <c r="Q15" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="S15" s="49" t="s">
+        <v>251</v>
       </c>
       <c r="AA15" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AB15" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC15" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C16" s="4"/>
       <c r="D16" s="8">
         <v>10</v>
       </c>
       <c r="E16" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B22="",NA(),IF(Dokumentationshilfe!$B22&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B22&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B22-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B22&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B22-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B22&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B22-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B22&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B22-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B22&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B22-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B22&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B22-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F16" s="8">
         <v>1</v>
       </c>
       <c r="G16" s="8">
         <v>2</v>
       </c>
       <c r="H16" s="8">
         <v>3</v>
       </c>
       <c r="I16" s="8">
         <v>4</v>
       </c>
       <c r="J16" s="8">
         <v>5</v>
       </c>
       <c r="K16" s="8">
         <v>6</v>
       </c>
       <c r="L16" s="9">
         <v>7</v>
       </c>
       <c r="N16" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>206</v>
+      </c>
+      <c r="Q16" s="49" t="s">
+        <v>41</v>
       </c>
       <c r="AA16" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AB16" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC16" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD16">
         <v>1000</v>
       </c>
     </row>
     <row r="17" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C17" s="4"/>
       <c r="D17" s="8">
         <v>11</v>
       </c>
       <c r="E17" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B23="",NA(),IF(Dokumentationshilfe!$B23&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B23&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B23-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B23&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B23-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B23&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B23-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B23&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B23-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B23&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B23-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B23&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B23-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F17" s="8">
         <v>1</v>
       </c>
       <c r="G17" s="8">
         <v>2</v>
       </c>
       <c r="H17" s="8">
         <v>3</v>
       </c>
       <c r="I17" s="8">
         <v>4</v>
       </c>
       <c r="J17" s="8">
         <v>5</v>
       </c>
       <c r="K17" s="8">
         <v>6</v>
       </c>
       <c r="L17" s="9">
         <v>7</v>
       </c>
-      <c r="Q17" s="46" t="s">
-        <v>38</v>
+      <c r="Q17" s="49" t="s">
+        <v>40</v>
       </c>
       <c r="AA17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AB17" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC17" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD17">
         <v>1000000</v>
       </c>
     </row>
     <row r="18" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C18" s="4"/>
       <c r="D18" s="8">
         <v>12</v>
       </c>
       <c r="E18" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B24="",NA(),IF(Dokumentationshilfe!$B24&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B24&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B24-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B24&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B24-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B24&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B24-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B24&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B24-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B24&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B24-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B24&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B24-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F18" s="8">
         <v>1</v>
       </c>
       <c r="G18" s="8">
         <v>2</v>
       </c>
       <c r="H18" s="8">
         <v>3</v>
       </c>
       <c r="I18" s="8">
         <v>4</v>
       </c>
       <c r="J18" s="8">
         <v>5</v>
       </c>
       <c r="K18" s="8">
         <v>6</v>
       </c>
       <c r="L18" s="9">
         <v>7</v>
       </c>
       <c r="AA18" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AB18" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD18">
         <v>1000000000</v>
       </c>
     </row>
     <row r="19" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C19" s="4"/>
       <c r="D19" s="8">
         <v>13</v>
       </c>
       <c r="E19" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B25="",NA(),IF(Dokumentationshilfe!$B25&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B25&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B25-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B25&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B25-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B25&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B25-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B25&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B25-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B25&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B25-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B25&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B25-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F19" s="8">
         <v>1</v>
       </c>
       <c r="G19" s="8">
         <v>2</v>
       </c>
       <c r="H19" s="8">
         <v>3</v>
       </c>
       <c r="I19" s="8">
         <v>4</v>
       </c>
       <c r="J19" s="8">
         <v>5</v>
       </c>
       <c r="K19" s="8">
         <v>6</v>
       </c>
       <c r="L19" s="9">
         <v>7</v>
       </c>
       <c r="AB19" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AC19" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD19">
         <v>1000000000000</v>
       </c>
     </row>
     <row r="20" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C20" s="4"/>
       <c r="D20" s="8">
         <v>14</v>
       </c>
       <c r="E20" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B26="",NA(),IF(Dokumentationshilfe!$B26&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B26&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B26-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B26&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B26-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B26&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B26-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B26&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B26-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B26&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B26-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B26&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B26-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F20" s="8">
         <v>1</v>
       </c>
       <c r="G20" s="8">
         <v>2</v>
       </c>
       <c r="H20" s="8">
         <v>3</v>
       </c>
       <c r="I20" s="8">
         <v>4</v>
       </c>
       <c r="J20" s="8">
         <v>5</v>
       </c>
       <c r="K20" s="8">
         <v>6</v>
       </c>
       <c r="L20" s="9">
         <v>7</v>
       </c>
-      <c r="Q20" s="46" t="s">
-        <v>40</v>
+      <c r="Q20" s="49" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C21" s="4"/>
       <c r="D21" s="8">
         <v>15</v>
       </c>
       <c r="E21" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B27="",NA(),IF(Dokumentationshilfe!$B27&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B27&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B27-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B27&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B27-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B27&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B27-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B27&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B27-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B27&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B27-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B27&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B27-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F21" s="8">
         <v>1</v>
       </c>
       <c r="G21" s="8">
         <v>2</v>
       </c>
       <c r="H21" s="8">
         <v>3</v>
       </c>
       <c r="I21" s="8">
         <v>4</v>
       </c>
       <c r="J21" s="8">
         <v>5</v>
       </c>
       <c r="K21" s="8">
         <v>6</v>
       </c>
       <c r="L21" s="9">
         <v>7</v>
       </c>
-      <c r="Q21" s="46" t="s">
-        <v>34</v>
+      <c r="Q21" s="49" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C22" s="4"/>
       <c r="D22" s="8">
         <v>16</v>
       </c>
       <c r="E22" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B28="",NA(),IF(Dokumentationshilfe!$B28&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B28&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B28-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B28&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B28-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B28&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B28-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B28&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B28-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B28&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B28-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B28&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B28-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F22" s="8">
         <v>1</v>
       </c>
       <c r="G22" s="8">
         <v>2</v>
       </c>
       <c r="H22" s="8">
         <v>3</v>
       </c>
       <c r="I22" s="8">
         <v>4</v>
       </c>
       <c r="J22" s="8">
         <v>5</v>
       </c>
       <c r="K22" s="8">
         <v>6</v>
       </c>
       <c r="L22" s="9">
         <v>7</v>
       </c>
-      <c r="Q22" s="46" t="s">
-        <v>42</v>
+      <c r="Q22" s="49" t="s">
+        <v>44</v>
       </c>
       <c r="AB22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC22" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD22">
         <v>1E-3</v>
       </c>
     </row>
     <row r="23" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C23" s="4"/>
       <c r="D23" s="8">
         <v>17</v>
       </c>
       <c r="E23" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B29="",NA(),IF(Dokumentationshilfe!$B29&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B29&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B29-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B29&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B29-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B29&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B29-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B29&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B29-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B29&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B29-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B29&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B29-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F23" s="8">
         <v>1</v>
       </c>
       <c r="G23" s="8">
         <v>2</v>
       </c>
       <c r="H23" s="8">
         <v>3</v>
       </c>
       <c r="I23" s="8">
         <v>4</v>
       </c>
       <c r="J23" s="8">
         <v>5</v>
       </c>
       <c r="K23" s="8">
         <v>6</v>
       </c>
       <c r="L23" s="9">
         <v>7</v>
       </c>
-      <c r="Q23" s="46" t="s">
-        <v>41</v>
+      <c r="Q23" s="49" t="s">
+        <v>43</v>
       </c>
       <c r="AB23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD23">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C24" s="4"/>
       <c r="D24" s="8">
         <v>18</v>
       </c>
       <c r="E24" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B30="",NA(),IF(Dokumentationshilfe!$B30&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B30&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B30-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B30&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B30-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B30&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B30-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B30&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B30-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B30&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B30-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B30&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B30-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F24" s="8">
         <v>1</v>
       </c>
       <c r="G24" s="8">
         <v>2</v>
       </c>
       <c r="H24" s="8">
         <v>3</v>
       </c>
       <c r="I24" s="8">
         <v>4</v>
       </c>
       <c r="J24" s="8">
         <v>5</v>
       </c>
       <c r="K24" s="8">
         <v>6</v>
       </c>
       <c r="L24" s="9">
         <v>7</v>
       </c>
       <c r="AB24" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC24" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD24">
         <v>1000</v>
       </c>
     </row>
     <row r="25" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C25" s="4"/>
       <c r="D25" s="8">
         <v>19</v>
       </c>
       <c r="E25" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B31="",NA(),IF(Dokumentationshilfe!$B31&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B31&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B31-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B31&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B31-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B31&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B31-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B31&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B31-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B31&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B31-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B31&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B31-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F25" s="8">
         <v>1</v>
       </c>
       <c r="G25" s="8">
         <v>2</v>
       </c>
       <c r="H25" s="8">
         <v>3</v>
       </c>
       <c r="I25" s="8">
         <v>4</v>
       </c>
       <c r="J25" s="8">
         <v>5</v>
       </c>
       <c r="K25" s="8">
         <v>6</v>
       </c>
       <c r="L25" s="9">
         <v>7</v>
       </c>
       <c r="AB25" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC25" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD25">
         <v>1000000</v>
       </c>
     </row>
     <row r="26" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C26" s="4"/>
       <c r="D26" s="8">
         <v>20</v>
       </c>
       <c r="E26" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B32="",NA(),IF(Dokumentationshilfe!$B32&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B32&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B32-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B32&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B32-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B32&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B32-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B32&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B32-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B32&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B32-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B32&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B32-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F26" s="8">
         <v>1</v>
       </c>
       <c r="G26" s="8">
         <v>2</v>
       </c>
       <c r="H26" s="8">
         <v>3</v>
       </c>
       <c r="I26" s="8">
         <v>4</v>
       </c>
       <c r="J26" s="8">
         <v>5</v>
       </c>
       <c r="K26" s="8">
         <v>6</v>
       </c>
       <c r="L26" s="9">
         <v>7</v>
       </c>
       <c r="AB26" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC26" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD26">
         <v>1000000000</v>
       </c>
     </row>
     <row r="27" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C27" s="4"/>
       <c r="D27" s="8">
         <v>21</v>
       </c>
       <c r="E27" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B33="",NA(),IF(Dokumentationshilfe!$B33&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B33&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B33-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B33&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B33-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B33&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B33-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B33&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B33-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B33&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B33-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B33&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B33-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F27" s="8">
         <v>1</v>
       </c>
       <c r="G27" s="8">
         <v>2</v>
       </c>
       <c r="H27" s="8">
         <v>3</v>
       </c>
       <c r="I27" s="8">
         <v>4</v>
       </c>
       <c r="J27" s="8">
         <v>5</v>
       </c>
       <c r="K27" s="8">
         <v>6</v>
       </c>
       <c r="L27" s="9">
         <v>7</v>
       </c>
-      <c r="Q27" s="61" t="s">
-[...9 lines deleted...]
-        <v>60</v>
+      <c r="Q27" s="63" t="s">
+        <v>45</v>
+      </c>
+      <c r="R27" s="64"/>
+      <c r="S27" s="64"/>
+      <c r="T27" s="64"/>
+      <c r="U27" s="64"/>
+      <c r="V27" s="64"/>
+      <c r="W27" s="64"/>
+      <c r="AB27" s="49" t="s">
+        <v>62</v>
       </c>
       <c r="AC27" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD27">
         <v>1000000000000</v>
       </c>
     </row>
-    <row r="28" spans="3:30" x14ac:dyDescent="0.2">
+    <row r="28" spans="3:30" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="4"/>
       <c r="D28" s="8">
         <v>22</v>
       </c>
       <c r="E28" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B34="",NA(),IF(Dokumentationshilfe!$B34&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B34&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B34-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B34&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B34-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B34&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B34-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B34&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B34-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B34&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B34-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B34&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B34-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F28" s="8">
         <v>1</v>
       </c>
       <c r="G28" s="8">
         <v>2</v>
       </c>
       <c r="H28" s="8">
         <v>3</v>
       </c>
       <c r="I28" s="8">
         <v>4</v>
       </c>
       <c r="J28" s="8">
         <v>5</v>
       </c>
       <c r="K28" s="8">
         <v>6</v>
       </c>
       <c r="L28" s="9">
         <v>7</v>
       </c>
-      <c r="Q28" s="218" t="s">
-[...7 lines deleted...]
-      <c r="W28" s="62"/>
+      <c r="Q28" s="219" t="s">
+        <v>207</v>
+      </c>
+      <c r="R28" s="219"/>
+      <c r="S28" s="219"/>
+      <c r="T28" s="219"/>
+      <c r="U28" s="219"/>
+      <c r="V28" s="64"/>
+      <c r="W28" s="64"/>
       <c r="AB28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC28" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD28">
         <v>1E-3</v>
       </c>
     </row>
     <row r="29" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C29" s="4"/>
       <c r="D29" s="8">
         <v>23</v>
       </c>
       <c r="E29" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B35="",NA(),IF(Dokumentationshilfe!$B35&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B35&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B35-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B35&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B35-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B35&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B35-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B35&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B35-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B35&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B35-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B35&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B35-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F29" s="8">
         <v>1</v>
       </c>
       <c r="G29" s="8">
         <v>2</v>
       </c>
       <c r="H29" s="8">
         <v>3</v>
       </c>
       <c r="I29" s="8">
         <v>4</v>
       </c>
       <c r="J29" s="8">
         <v>5</v>
       </c>
       <c r="K29" s="8">
         <v>6</v>
       </c>
       <c r="L29" s="9">
         <v>7</v>
       </c>
-      <c r="Q29" s="218"/>
-[...5 lines deleted...]
-      <c r="W29" s="62"/>
+      <c r="Q29" s="219"/>
+      <c r="R29" s="219"/>
+      <c r="S29" s="219"/>
+      <c r="T29" s="219"/>
+      <c r="U29" s="219"/>
+      <c r="V29" s="64"/>
+      <c r="W29" s="64"/>
       <c r="AB29" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC29" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD29">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C30" s="4"/>
       <c r="D30" s="8">
         <v>24</v>
       </c>
       <c r="E30" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B36="",NA(),IF(Dokumentationshilfe!$B36&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B36&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B36-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B36&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B36-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B36&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B36-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B36&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B36-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B36&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B36-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B36&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B36-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F30" s="8">
         <v>1</v>
       </c>
       <c r="G30" s="8">
         <v>2</v>
       </c>
       <c r="H30" s="8">
         <v>3</v>
       </c>
       <c r="I30" s="8">
         <v>4</v>
       </c>
       <c r="J30" s="8">
         <v>5</v>
       </c>
       <c r="K30" s="8">
         <v>6</v>
       </c>
       <c r="L30" s="9">
         <v>7</v>
       </c>
-      <c r="Q30" s="218"/>
-[...5 lines deleted...]
-      <c r="W30" s="62"/>
+      <c r="Q30" s="219"/>
+      <c r="R30" s="219"/>
+      <c r="S30" s="219"/>
+      <c r="T30" s="219"/>
+      <c r="U30" s="219"/>
+      <c r="V30" s="64"/>
+      <c r="W30" s="64"/>
       <c r="AB30" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC30" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD30">
         <v>1000</v>
       </c>
     </row>
     <row r="31" spans="3:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C31" s="10"/>
       <c r="D31" s="11">
         <v>25</v>
       </c>
       <c r="E31" s="8" t="e">
         <f>IF(Dokumentationshilfe!$B37="",NA(),IF(Dokumentationshilfe!$B37&lt;Dokumentationshilfe!$D$11,0.9,IF(Dokumentationshilfe!$B37&lt;=Dokumentationshilfe!$F$11,1+(Dokumentationshilfe!$B37-Dokumentationshilfe!$D$11)/ABS(Dokumentationshilfe!$F$11-Dokumentationshilfe!$D$11),IF(Dokumentationshilfe!$B37&lt;=Dokumentationshilfe!$H$11,2+(Dokumentationshilfe!$B37-Dokumentationshilfe!$F$11)/ABS(Dokumentationshilfe!$H$11-Dokumentationshilfe!$F$11),IF(Dokumentationshilfe!$B37&lt;=Dokumentationshilfe!$J$11,3+(Dokumentationshilfe!$B37-Dokumentationshilfe!$H$11)/ABS(Dokumentationshilfe!$J$11-Dokumentationshilfe!$H$11),IF(Dokumentationshilfe!$B37&lt;=Dokumentationshilfe!$L$11,4+(Dokumentationshilfe!$B37-Dokumentationshilfe!$J$11)/ABS(Dokumentationshilfe!$L$11-Dokumentationshilfe!$J$11),IF(Dokumentationshilfe!$B37&lt;=Dokumentationshilfe!$N$11,5+(Dokumentationshilfe!$B37-Dokumentationshilfe!$L$11)/ABS(Dokumentationshilfe!$N$11-Dokumentationshilfe!$L$11),IF(Dokumentationshilfe!$B37&lt;=Dokumentationshilfe!$P$11,6+(Dokumentationshilfe!$B37-Dokumentationshilfe!$N$11)/ABS(Dokumentationshilfe!$P$11-Dokumentationshilfe!$N$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F31" s="11">
         <v>1</v>
       </c>
       <c r="G31" s="11">
         <v>2</v>
       </c>
       <c r="H31" s="11">
         <v>3</v>
       </c>
       <c r="I31" s="11">
         <v>4</v>
       </c>
       <c r="J31" s="11">
         <v>5</v>
       </c>
       <c r="K31" s="11">
         <v>6</v>
       </c>
       <c r="L31" s="12">
         <v>7</v>
       </c>
-      <c r="Q31" s="218"/>
-[...5 lines deleted...]
-      <c r="W31" s="62"/>
+      <c r="Q31" s="219"/>
+      <c r="R31" s="219"/>
+      <c r="S31" s="219"/>
+      <c r="T31" s="219"/>
+      <c r="U31" s="219"/>
+      <c r="V31" s="64"/>
+      <c r="W31" s="64"/>
       <c r="AB31" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC31" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD31">
         <v>1000000</v>
       </c>
     </row>
     <row r="32" spans="3:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="Q32" s="218"/>
-[...5 lines deleted...]
-      <c r="W32" s="62"/>
+      <c r="Q32" s="219"/>
+      <c r="R32" s="219"/>
+      <c r="S32" s="219"/>
+      <c r="T32" s="219"/>
+      <c r="U32" s="219"/>
+      <c r="V32" s="64"/>
+      <c r="W32" s="64"/>
       <c r="AB32" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AC32" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD32">
         <v>1000000000</v>
       </c>
     </row>
     <row r="33" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C33" s="1"/>
       <c r="D33" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F33" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G33" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H33" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I33" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J33" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K33" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L33" s="14" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-      <c r="W33" s="62"/>
+        <v>18</v>
+      </c>
+      <c r="Q33" s="219"/>
+      <c r="R33" s="219"/>
+      <c r="S33" s="219"/>
+      <c r="T33" s="219"/>
+      <c r="U33" s="219"/>
+      <c r="V33" s="64"/>
+      <c r="W33" s="64"/>
     </row>
     <row r="34" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C34" s="4"/>
       <c r="L34" s="7"/>
-      <c r="Q34" s="218"/>
-[...5 lines deleted...]
-      <c r="W34" s="62"/>
+      <c r="Q34" s="219"/>
+      <c r="R34" s="219"/>
+      <c r="S34" s="219"/>
+      <c r="T34" s="219"/>
+      <c r="U34" s="219"/>
+      <c r="V34" s="64"/>
+      <c r="W34" s="64"/>
       <c r="AB34" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC34" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD34">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="35" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C35" s="4"/>
       <c r="D35" s="8">
         <v>1</v>
       </c>
       <c r="E35" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T13="",NA(),IF(Dokumentationshilfe!$T13&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T13&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T13-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T13&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T13-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T13&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T13-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T13&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T13-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T13&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T13-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T13&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T13-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F35" s="8">
         <v>1</v>
       </c>
       <c r="G35" s="8">
         <v>2</v>
       </c>
       <c r="H35" s="8">
         <v>3</v>
       </c>
       <c r="I35" s="8">
         <v>4</v>
       </c>
       <c r="J35" s="8">
         <v>5</v>
       </c>
       <c r="K35" s="8">
         <v>6</v>
       </c>
       <c r="L35" s="9">
         <v>7</v>
       </c>
       <c r="M35" t="e">
-        <f>IF(Dokumentationshilfe!$T635="",NA(),IF(Dokumentationshilfe!$T635&lt;Dokumentationshilfe!$V$746,0.9,IF(Dokumentationshilfe!$T635&lt;=Dokumentationshilfe!$X$746,1+(Dokumentationshilfe!$T635-Dokumentationshilfe!$V$746)/ABS(Dokumentationshilfe!$X$746-Dokumentationshilfe!$V$746),IF(Dokumentationshilfe!$T635&lt;=Dokumentationshilfe!$Z$746,2+(Dokumentationshilfe!$T635-Dokumentationshilfe!$X$746)/ABS(Dokumentationshilfe!$Z$746-Dokumentationshilfe!$X$746),IF(Dokumentationshilfe!$T635&lt;=Dokumentationshilfe!$AB$746,3+(Dokumentationshilfe!$T635-Dokumentationshilfe!$Z$746)/ABS(Dokumentationshilfe!$AB$746-Dokumentationshilfe!$Z$746),IF(Dokumentationshilfe!$T635&lt;=Dokumentationshilfe!$AD$746,4+(Dokumentationshilfe!$T635-Dokumentationshilfe!$AB$746)/ABS(Dokumentationshilfe!$AD$746-Dokumentationshilfe!$AB$746),IF(Dokumentationshilfe!$T635&lt;=Dokumentationshilfe!$AF$746,5+(Dokumentationshilfe!$T635-Dokumentationshilfe!$AD$746)/ABS(Dokumentationshilfe!$AF$746-Dokumentationshilfe!$AD$746),IF(Dokumentationshilfe!$T635&lt;=Dokumentationshilfe!$AH$746,6+(Dokumentationshilfe!$T635-Dokumentationshilfe!$AF$746)/ABS(Dokumentationshilfe!$AH$746-Dokumentationshilfe!$AF$746),7.1))))))))</f>
+        <f>IF(Dokumentationshilfe!$T679="",NA(),IF(Dokumentationshilfe!$T679&lt;Dokumentationshilfe!$V$790,0.9,IF(Dokumentationshilfe!$T679&lt;=Dokumentationshilfe!$X$790,1+(Dokumentationshilfe!$T679-Dokumentationshilfe!$V$790)/ABS(Dokumentationshilfe!$X$790-Dokumentationshilfe!$V$790),IF(Dokumentationshilfe!$T679&lt;=Dokumentationshilfe!$Z$790,2+(Dokumentationshilfe!$T679-Dokumentationshilfe!$X$790)/ABS(Dokumentationshilfe!$Z$790-Dokumentationshilfe!$X$790),IF(Dokumentationshilfe!$T679&lt;=Dokumentationshilfe!$AB$790,3+(Dokumentationshilfe!$T679-Dokumentationshilfe!$Z$790)/ABS(Dokumentationshilfe!$AB$790-Dokumentationshilfe!$Z$790),IF(Dokumentationshilfe!$T679&lt;=Dokumentationshilfe!$AD$790,4+(Dokumentationshilfe!$T679-Dokumentationshilfe!$AB$790)/ABS(Dokumentationshilfe!$AD$790-Dokumentationshilfe!$AB$790),IF(Dokumentationshilfe!$T679&lt;=Dokumentationshilfe!$AF$790,5+(Dokumentationshilfe!$T679-Dokumentationshilfe!$AD$790)/ABS(Dokumentationshilfe!$AF$790-Dokumentationshilfe!$AD$790),IF(Dokumentationshilfe!$T679&lt;=Dokumentationshilfe!$AH$790,6+(Dokumentationshilfe!$T679-Dokumentationshilfe!$AF$790)/ABS(Dokumentationshilfe!$AH$790-Dokumentationshilfe!$AF$790),7.1))))))))</f>
         <v>#N/A</v>
       </c>
-      <c r="Q35" s="218"/>
-[...5 lines deleted...]
-      <c r="W35" s="62"/>
+      <c r="Q35" s="219"/>
+      <c r="R35" s="219"/>
+      <c r="S35" s="219"/>
+      <c r="T35" s="219"/>
+      <c r="U35" s="219"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
       <c r="AB35" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC35" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD35">
         <v>1E-3</v>
       </c>
     </row>
     <row r="36" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C36" s="4"/>
       <c r="D36" s="8">
         <v>2</v>
       </c>
       <c r="E36" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T14="",NA(),IF(Dokumentationshilfe!$T14&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T14&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T14-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T14&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T14-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T14&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T14-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T14&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T14-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T14&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T14-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T14&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T14-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F36" s="8">
         <v>1</v>
       </c>
       <c r="G36" s="8">
         <v>2</v>
       </c>
       <c r="H36" s="8">
         <v>3</v>
       </c>
       <c r="I36" s="8">
         <v>4</v>
       </c>
       <c r="J36" s="8">
         <v>5</v>
       </c>
       <c r="K36" s="8">
         <v>6</v>
       </c>
       <c r="L36" s="9">
         <v>7</v>
       </c>
       <c r="AB36" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC36" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD36">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C37" s="4"/>
       <c r="D37" s="8">
         <v>3</v>
       </c>
       <c r="E37" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T15="",NA(),IF(Dokumentationshilfe!$T15&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T15&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T15-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T15&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T15-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T15&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T15-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T15&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T15-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T15&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T15-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T15&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T15-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F37" s="8">
         <v>1</v>
       </c>
       <c r="G37" s="8">
         <v>2</v>
       </c>
       <c r="H37" s="8">
         <v>3</v>
       </c>
       <c r="I37" s="8">
         <v>4</v>
       </c>
       <c r="J37" s="8">
         <v>5</v>
       </c>
       <c r="K37" s="8">
         <v>6</v>
       </c>
       <c r="L37" s="9">
         <v>7</v>
       </c>
       <c r="AB37" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC37" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD37">
         <v>1000</v>
       </c>
     </row>
     <row r="38" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C38" s="4"/>
       <c r="D38" s="8">
         <v>4</v>
       </c>
       <c r="E38" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T16="",NA(),IF(Dokumentationshilfe!$T16&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T16&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T16-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T16&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T16-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T16&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T16-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T16&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T16-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T16&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T16-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T16&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T16-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F38" s="8">
         <v>1</v>
       </c>
       <c r="G38" s="8">
         <v>2</v>
       </c>
       <c r="H38" s="8">
         <v>3</v>
       </c>
       <c r="I38" s="8">
         <v>4</v>
       </c>
       <c r="J38" s="8">
         <v>5</v>
       </c>
       <c r="K38" s="8">
         <v>6</v>
       </c>
       <c r="L38" s="9">
         <v>7</v>
       </c>
-      <c r="Q38" s="46" t="s">
-        <v>250</v>
+      <c r="Q38" s="49" t="s">
+        <v>255</v>
       </c>
       <c r="AB38" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC38" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD38">
         <v>1000000</v>
       </c>
     </row>
     <row r="39" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C39" s="4"/>
       <c r="D39" s="8">
         <v>5</v>
       </c>
       <c r="E39" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T17="",NA(),IF(Dokumentationshilfe!$T17&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T17&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T17-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T17&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T17-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T17&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T17-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T17&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T17-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T17&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T17-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T17&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T17-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F39" s="8">
         <v>1</v>
       </c>
       <c r="G39" s="8">
         <v>2</v>
       </c>
       <c r="H39" s="8">
         <v>3</v>
       </c>
       <c r="I39" s="8">
         <v>4</v>
       </c>
       <c r="J39" s="8">
         <v>5</v>
       </c>
       <c r="K39" s="8">
         <v>6</v>
       </c>
       <c r="L39" s="9">
         <v>7</v>
       </c>
-      <c r="Q39" s="46" t="s">
-        <v>251</v>
+      <c r="Q39" s="49" t="s">
+        <v>256</v>
       </c>
       <c r="AB39" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC39" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD39">
         <v>1000000000</v>
       </c>
     </row>
     <row r="40" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C40" s="4"/>
       <c r="D40" s="8">
         <v>6</v>
       </c>
       <c r="E40" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T18="",NA(),IF(Dokumentationshilfe!$T18&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T18&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T18-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T18&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T18-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T18&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T18-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T18&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T18-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T18&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T18-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T18&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T18-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F40" s="8">
         <v>1</v>
       </c>
       <c r="G40" s="8">
         <v>2</v>
       </c>
       <c r="H40" s="8">
         <v>3</v>
       </c>
       <c r="I40" s="8">
         <v>4</v>
       </c>
       <c r="J40" s="8">
         <v>5</v>
       </c>
       <c r="K40" s="8">
         <v>6</v>
       </c>
       <c r="L40" s="9">
         <v>7</v>
       </c>
       <c r="N40" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>22</v>
+      </c>
+      <c r="Q40" s="49" t="s">
+        <v>257</v>
       </c>
       <c r="AB40" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC40" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD40">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="41" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C41" s="4"/>
       <c r="D41" s="8">
         <v>7</v>
       </c>
       <c r="E41" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T19="",NA(),IF(Dokumentationshilfe!$T19&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T19&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T19-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T19&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T19-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T19&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T19-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T19&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T19-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T19&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T19-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T19&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T19-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F41" s="8">
         <v>1</v>
       </c>
       <c r="G41" s="8">
         <v>2</v>
       </c>
       <c r="H41" s="8">
         <v>3</v>
       </c>
       <c r="I41" s="8">
         <v>4</v>
       </c>
       <c r="J41" s="8">
         <v>5</v>
       </c>
       <c r="K41" s="8">
         <v>6</v>
       </c>
       <c r="L41" s="9">
         <v>7</v>
       </c>
       <c r="N41" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>206</v>
+      </c>
+      <c r="Q41" s="49" t="s">
+        <v>258</v>
       </c>
       <c r="AB41" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC41" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD41">
         <v>1E-3</v>
       </c>
     </row>
     <row r="42" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C42" s="4"/>
       <c r="D42" s="8">
         <v>8</v>
       </c>
       <c r="E42" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T20="",NA(),IF(Dokumentationshilfe!$T20&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T20&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T20-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T20&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T20-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T20&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T20-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T20&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T20-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T20&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T20-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T20&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T20-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F42" s="8">
         <v>1</v>
       </c>
       <c r="G42" s="8">
         <v>2</v>
       </c>
       <c r="H42" s="8">
         <v>3</v>
       </c>
       <c r="I42" s="8">
         <v>4</v>
       </c>
       <c r="J42" s="8">
         <v>5</v>
       </c>
       <c r="K42" s="8">
         <v>6</v>
       </c>
       <c r="L42" s="9">
         <v>7</v>
       </c>
       <c r="N42" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AB42" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC42" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD42">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C43" s="4"/>
       <c r="D43" s="8">
         <v>9</v>
       </c>
       <c r="E43" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T21="",NA(),IF(Dokumentationshilfe!$T21&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T21&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T21-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T21&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T21-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T21&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T21-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T21&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T21-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T21&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T21-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T21&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T21-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F43" s="8">
         <v>1</v>
       </c>
       <c r="G43" s="8">
         <v>2</v>
       </c>
       <c r="H43" s="8">
         <v>3</v>
       </c>
       <c r="I43" s="8">
         <v>4</v>
       </c>
       <c r="J43" s="8">
         <v>5</v>
       </c>
       <c r="K43" s="8">
         <v>6</v>
       </c>
       <c r="L43" s="9">
         <v>7</v>
       </c>
-      <c r="Q43" s="46" t="s">
+      <c r="Q43" s="49" t="s">
         <v>259</v>
       </c>
       <c r="AB43" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC43" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD43">
         <v>1000</v>
       </c>
     </row>
     <row r="44" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C44" s="4"/>
       <c r="D44" s="8">
         <v>10</v>
       </c>
       <c r="E44" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T22="",NA(),IF(Dokumentationshilfe!$T22&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T22&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T22-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T22&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T22-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T22&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T22-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T22&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T22-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T22&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T22-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T22&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T22-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F44" s="8">
         <v>1</v>
       </c>
       <c r="G44" s="8">
         <v>2</v>
       </c>
       <c r="H44" s="8">
         <v>3</v>
       </c>
       <c r="I44" s="8">
         <v>4</v>
       </c>
       <c r="J44" s="8">
         <v>5</v>
       </c>
       <c r="K44" s="8">
         <v>6</v>
       </c>
       <c r="L44" s="9">
         <v>7</v>
       </c>
-      <c r="Q44" s="46" t="s">
-        <v>258</v>
+      <c r="Q44" s="49" t="s">
+        <v>260</v>
       </c>
       <c r="AB44" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC44" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD44">
         <v>1000000</v>
       </c>
     </row>
     <row r="45" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C45" s="4"/>
       <c r="D45" s="8">
         <v>11</v>
       </c>
       <c r="E45" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T23="",NA(),IF(Dokumentationshilfe!$T23&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T23&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T23-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T23&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T23-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T23&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T23-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T23&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T23-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T23&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T23-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T23&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T23-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F45" s="8">
         <v>1</v>
       </c>
       <c r="G45" s="8">
         <v>2</v>
       </c>
       <c r="H45" s="8">
         <v>3</v>
       </c>
       <c r="I45" s="8">
         <v>4</v>
@@ -19163,454 +28438,454 @@
         <f>IF(Dokumentationshilfe!$T24="",NA(),IF(Dokumentationshilfe!$T24&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T24&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T24-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T24&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T24-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T24&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T24-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T24&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T24-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T24&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T24-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T24&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T24-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F46" s="8">
         <v>1</v>
       </c>
       <c r="G46" s="8">
         <v>2</v>
       </c>
       <c r="H46" s="8">
         <v>3</v>
       </c>
       <c r="I46" s="8">
         <v>4</v>
       </c>
       <c r="J46" s="8">
         <v>5</v>
       </c>
       <c r="K46" s="8">
         <v>6</v>
       </c>
       <c r="L46" s="9">
         <v>7</v>
       </c>
       <c r="AB46" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC46" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD46">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="47" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C47" s="4"/>
       <c r="D47" s="8">
         <v>13</v>
       </c>
       <c r="E47" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T25="",NA(),IF(Dokumentationshilfe!$T25&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T25&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T25-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T25&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T25-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T25&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T25-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T25&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T25-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T25&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T25-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T25&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T25-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F47" s="8">
         <v>1</v>
       </c>
       <c r="G47" s="8">
         <v>2</v>
       </c>
       <c r="H47" s="8">
         <v>3</v>
       </c>
       <c r="I47" s="8">
         <v>4</v>
       </c>
       <c r="J47" s="8">
         <v>5</v>
       </c>
       <c r="K47" s="8">
         <v>6</v>
       </c>
       <c r="L47" s="9">
         <v>7</v>
       </c>
       <c r="AB47" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC47" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD47">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="48" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C48" s="4"/>
       <c r="D48" s="8">
         <v>14</v>
       </c>
       <c r="E48" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T26="",NA(),IF(Dokumentationshilfe!$T26&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T26&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T26-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T26&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T26-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T26&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T26-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T26&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T26-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T26&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T26-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T26&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T26-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F48" s="8">
         <v>1</v>
       </c>
       <c r="G48" s="8">
         <v>2</v>
       </c>
       <c r="H48" s="8">
         <v>3</v>
       </c>
       <c r="I48" s="8">
         <v>4</v>
       </c>
       <c r="J48" s="8">
         <v>5</v>
       </c>
       <c r="K48" s="8">
         <v>6</v>
       </c>
       <c r="L48" s="9">
         <v>7</v>
       </c>
       <c r="AB48" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD48">
         <v>1E-3</v>
       </c>
     </row>
     <row r="49" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C49" s="4"/>
       <c r="D49" s="8">
         <v>15</v>
       </c>
       <c r="E49" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T27="",NA(),IF(Dokumentationshilfe!$T27&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T27&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T27-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T27&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T27-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T27&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T27-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T27&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T27-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T27&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T27-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T27&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T27-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F49" s="8">
         <v>1</v>
       </c>
       <c r="G49" s="8">
         <v>2</v>
       </c>
       <c r="H49" s="8">
         <v>3</v>
       </c>
       <c r="I49" s="8">
         <v>4</v>
       </c>
       <c r="J49" s="8">
         <v>5</v>
       </c>
       <c r="K49" s="8">
         <v>6</v>
       </c>
       <c r="L49" s="9">
         <v>7</v>
       </c>
       <c r="AB49" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC49" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD49">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C50" s="4"/>
       <c r="D50" s="8">
         <v>16</v>
       </c>
       <c r="E50" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T28="",NA(),IF(Dokumentationshilfe!$T28&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T28&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T28-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T28&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T28-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T28&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T28-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T28&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T28-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T28&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T28-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T28&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T28-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F50" s="8">
         <v>1</v>
       </c>
       <c r="G50" s="8">
         <v>2</v>
       </c>
       <c r="H50" s="8">
         <v>3</v>
       </c>
       <c r="I50" s="8">
         <v>4</v>
       </c>
       <c r="J50" s="8">
         <v>5</v>
       </c>
       <c r="K50" s="8">
         <v>6</v>
       </c>
       <c r="L50" s="9">
         <v>7</v>
       </c>
       <c r="AB50" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC50" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD50">
         <v>1000</v>
       </c>
     </row>
     <row r="51" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C51" s="4"/>
       <c r="D51" s="8">
         <v>17</v>
       </c>
       <c r="E51" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T29="",NA(),IF(Dokumentationshilfe!$T29&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T29&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T29-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T29&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T29-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T29&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T29-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T29&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T29-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T29&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T29-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T29&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T29-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F51" s="8">
         <v>1</v>
       </c>
       <c r="G51" s="8">
         <v>2</v>
       </c>
       <c r="H51" s="8">
         <v>3</v>
       </c>
       <c r="I51" s="8">
         <v>4</v>
       </c>
       <c r="J51" s="8">
         <v>5</v>
       </c>
       <c r="K51" s="8">
         <v>6</v>
       </c>
       <c r="L51" s="9">
         <v>7</v>
       </c>
       <c r="AB51" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC51" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD51">
         <v>1000000</v>
       </c>
     </row>
     <row r="52" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C52" s="4"/>
       <c r="D52" s="8">
         <v>18</v>
       </c>
       <c r="E52" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T30="",NA(),IF(Dokumentationshilfe!$T30&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T30&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T30-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T30&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T30-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T30&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T30-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T30&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T30-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T30&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T30-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T30&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T30-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F52" s="8">
         <v>1</v>
       </c>
       <c r="G52" s="8">
         <v>2</v>
       </c>
       <c r="H52" s="8">
         <v>3</v>
       </c>
       <c r="I52" s="8">
         <v>4</v>
       </c>
       <c r="J52" s="8">
         <v>5</v>
       </c>
       <c r="K52" s="8">
         <v>6</v>
       </c>
       <c r="L52" s="9">
         <v>7</v>
       </c>
       <c r="AB52" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC52" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD52">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="53" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C53" s="4"/>
       <c r="D53" s="8">
         <v>19</v>
       </c>
       <c r="E53" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T31="",NA(),IF(Dokumentationshilfe!$T31&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T31&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T31-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T31&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T31-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T31&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T31-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T31&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T31-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T31&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T31-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T31&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T31-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F53" s="8">
         <v>1</v>
       </c>
       <c r="G53" s="8">
         <v>2</v>
       </c>
       <c r="H53" s="8">
         <v>3</v>
       </c>
       <c r="I53" s="8">
         <v>4</v>
       </c>
       <c r="J53" s="8">
         <v>5</v>
       </c>
       <c r="K53" s="8">
         <v>6</v>
       </c>
       <c r="L53" s="9">
         <v>7</v>
       </c>
       <c r="AB53" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC53" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD53">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="54" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C54" s="4"/>
       <c r="D54" s="8">
         <v>20</v>
       </c>
       <c r="E54" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T32="",NA(),IF(Dokumentationshilfe!$T32&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T32&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T32-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T32&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T32-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T32&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T32-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T32&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T32-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T32&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T32-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T32&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T32-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F54" s="8">
         <v>1</v>
       </c>
       <c r="G54" s="8">
         <v>2</v>
       </c>
       <c r="H54" s="8">
         <v>3</v>
       </c>
       <c r="I54" s="8">
         <v>4</v>
       </c>
       <c r="J54" s="8">
         <v>5</v>
       </c>
       <c r="K54" s="8">
         <v>6</v>
       </c>
       <c r="L54" s="9">
         <v>7</v>
       </c>
       <c r="AB54" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC54" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD54">
         <v>1E-3</v>
       </c>
     </row>
     <row r="55" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C55" s="4"/>
       <c r="D55" s="8">
         <v>21</v>
       </c>
       <c r="E55" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T33="",NA(),IF(Dokumentationshilfe!$T33&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T33&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T33-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T33&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T33-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T33&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T33-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T33&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T33-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T33&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T33-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T33&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T33-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F55" s="8">
         <v>1</v>
       </c>
       <c r="G55" s="8">
         <v>2</v>
       </c>
       <c r="H55" s="8">
         <v>3</v>
       </c>
       <c r="I55" s="8">
         <v>4</v>
       </c>
       <c r="J55" s="8">
         <v>5</v>
       </c>
       <c r="K55" s="8">
         <v>6</v>
       </c>
       <c r="L55" s="9">
         <v>7</v>
       </c>
       <c r="AB55" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC55" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD55">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C56" s="4"/>
       <c r="D56" s="8">
         <v>22</v>
       </c>
       <c r="E56" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T34="",NA(),IF(Dokumentationshilfe!$T34&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T34&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T34-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T34&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T34-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T34&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T34-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T34&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T34-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T34&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T34-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T34&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T34-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F56" s="8">
         <v>1</v>
       </c>
       <c r="G56" s="8">
         <v>2</v>
       </c>
       <c r="H56" s="8">
         <v>3</v>
       </c>
       <c r="I56" s="8">
         <v>4</v>
       </c>
       <c r="J56" s="8">
         <v>5</v>
       </c>
       <c r="K56" s="8">
         <v>6</v>
       </c>
       <c r="L56" s="9">
         <v>7</v>
       </c>
       <c r="AB56" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AC56" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD56">
         <v>1000</v>
       </c>
     </row>
     <row r="57" spans="3:30" x14ac:dyDescent="0.2">
       <c r="C57" s="4"/>
       <c r="D57" s="8">
         <v>23</v>
       </c>
       <c r="E57" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T35="",NA(),IF(Dokumentationshilfe!$T35&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T35&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T35-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T35&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T35-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T35&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T35-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T35&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T35-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T35&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T35-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T35&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T35-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F57" s="8">
         <v>1</v>
       </c>
       <c r="G57" s="8">
         <v>2</v>
       </c>
       <c r="H57" s="8">
         <v>3</v>
       </c>
       <c r="I57" s="8">
         <v>4</v>
@@ -19634,393 +28909,393 @@
         <f>IF(Dokumentationshilfe!$T36="",NA(),IF(Dokumentationshilfe!$T36&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T36&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T36-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T36&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T36-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T36&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T36-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T36&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T36-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T36&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T36-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T36&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T36-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F58" s="8">
         <v>1</v>
       </c>
       <c r="G58" s="8">
         <v>2</v>
       </c>
       <c r="H58" s="8">
         <v>3</v>
       </c>
       <c r="I58" s="8">
         <v>4</v>
       </c>
       <c r="J58" s="8">
         <v>5</v>
       </c>
       <c r="K58" s="8">
         <v>6</v>
       </c>
       <c r="L58" s="9">
         <v>7</v>
       </c>
       <c r="AB58" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC58" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD58">
         <v>9.9999999999999998E-13</v>
       </c>
     </row>
     <row r="59" spans="3:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C59" s="10"/>
       <c r="D59" s="11">
         <v>25</v>
       </c>
       <c r="E59" s="8" t="e">
         <f>IF(Dokumentationshilfe!$T37="",NA(),IF(Dokumentationshilfe!$T37&lt;Dokumentationshilfe!$V$11,0.9,IF(Dokumentationshilfe!$T37&lt;=Dokumentationshilfe!$X$11,1+(Dokumentationshilfe!$T37-Dokumentationshilfe!$V$11)/ABS(Dokumentationshilfe!$X$11-Dokumentationshilfe!$V$11),IF(Dokumentationshilfe!$T37&lt;=Dokumentationshilfe!$Z$11,2+(Dokumentationshilfe!$T37-Dokumentationshilfe!$X$11)/ABS(Dokumentationshilfe!$Z$11-Dokumentationshilfe!$X$11),IF(Dokumentationshilfe!$T37&lt;=Dokumentationshilfe!$AB$11,3+(Dokumentationshilfe!$T37-Dokumentationshilfe!$Z$11)/ABS(Dokumentationshilfe!$AB$11-Dokumentationshilfe!$Z$11),IF(Dokumentationshilfe!$T37&lt;=Dokumentationshilfe!$AD$11,4+(Dokumentationshilfe!$T37-Dokumentationshilfe!$AB$11)/ABS(Dokumentationshilfe!$AD$11-Dokumentationshilfe!$AB$11),IF(Dokumentationshilfe!$T37&lt;=Dokumentationshilfe!$AF$11,5+(Dokumentationshilfe!$T37-Dokumentationshilfe!$AD$11)/ABS(Dokumentationshilfe!$AF$11-Dokumentationshilfe!$AD$11),IF(Dokumentationshilfe!$T37&lt;=Dokumentationshilfe!$AH$11,6+(Dokumentationshilfe!$T37-Dokumentationshilfe!$AF$11)/ABS(Dokumentationshilfe!$AH$11-Dokumentationshilfe!$AF$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F59" s="11">
         <v>1</v>
       </c>
       <c r="G59" s="11">
         <v>2</v>
       </c>
       <c r="H59" s="11">
         <v>3</v>
       </c>
       <c r="I59" s="11">
         <v>4</v>
       </c>
       <c r="J59" s="11">
         <v>5</v>
       </c>
       <c r="K59" s="11">
         <v>6</v>
       </c>
       <c r="L59" s="12">
         <v>7</v>
       </c>
       <c r="AB59" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC59" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD59">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="60" spans="3:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="AB60" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC60" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD60">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="61" spans="3:30" x14ac:dyDescent="0.2">
       <c r="D61" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F61" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G61" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H61" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I61" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J61" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K61" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L61" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AB61" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC61" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD61">
         <v>1E-3</v>
       </c>
     </row>
     <row r="62" spans="3:30" x14ac:dyDescent="0.2">
       <c r="L62" s="7"/>
       <c r="AB62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD62">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="3:30" x14ac:dyDescent="0.2">
       <c r="D63" s="8">
         <v>1</v>
       </c>
       <c r="E63" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL13="",NA(),IF(Dokumentationshilfe!$AL13&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL13&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL13-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL13&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL13-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL13&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL13-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL13&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL13-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL13&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL13-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL13&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL13-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F63" s="8">
         <v>1</v>
       </c>
       <c r="G63" s="8">
         <v>2</v>
       </c>
       <c r="H63" s="8">
         <v>3</v>
       </c>
       <c r="I63" s="8">
         <v>4</v>
       </c>
       <c r="J63" s="8">
         <v>5</v>
       </c>
       <c r="K63" s="8">
         <v>6</v>
       </c>
       <c r="L63" s="9">
         <v>7</v>
       </c>
       <c r="M63" t="e">
-        <f>IF(Dokumentationshilfe!$AL635="",NA(),IF(Dokumentationshilfe!$AL635&lt;Dokumentationshilfe!$AN$746,0.9,IF(Dokumentationshilfe!$AL635&lt;=Dokumentationshilfe!$AP$746,1+(Dokumentationshilfe!$AL635-Dokumentationshilfe!$AN$746)/ABS(Dokumentationshilfe!$AP$746-Dokumentationshilfe!$AN$746),IF(Dokumentationshilfe!$AL635&lt;=Dokumentationshilfe!$AR$746,2+(Dokumentationshilfe!$AL635-Dokumentationshilfe!$AP$746)/ABS(Dokumentationshilfe!$AR$746-Dokumentationshilfe!$AP$746),IF(Dokumentationshilfe!$AL635&lt;=Dokumentationshilfe!$AT$746,3+(Dokumentationshilfe!$AL635-Dokumentationshilfe!$AR$746)/ABS(Dokumentationshilfe!$AT$746-Dokumentationshilfe!$AR$746),IF(Dokumentationshilfe!$AL635&lt;=Dokumentationshilfe!$AV$746,4+(Dokumentationshilfe!$AL635-Dokumentationshilfe!$AT$746)/ABS(Dokumentationshilfe!$AV$746-Dokumentationshilfe!$AT$746),IF(Dokumentationshilfe!$AL635&lt;=Dokumentationshilfe!$AX$746,5+(Dokumentationshilfe!$AL635-Dokumentationshilfe!$AV$746)/ABS(Dokumentationshilfe!$AX$746-Dokumentationshilfe!$AV$746),IF(Dokumentationshilfe!$AL635&lt;=Dokumentationshilfe!$AZ$746,6+(Dokumentationshilfe!$AL635-Dokumentationshilfe!$AX$746)/ABS(Dokumentationshilfe!$AZ$746-Dokumentationshilfe!$AX$746),7.1))))))))</f>
+        <f>IF(Dokumentationshilfe!$AL679="",NA(),IF(Dokumentationshilfe!$AL679&lt;Dokumentationshilfe!$AN$790,0.9,IF(Dokumentationshilfe!$AL679&lt;=Dokumentationshilfe!$AP$790,1+(Dokumentationshilfe!$AL679-Dokumentationshilfe!$AN$790)/ABS(Dokumentationshilfe!$AP$790-Dokumentationshilfe!$AN$790),IF(Dokumentationshilfe!$AL679&lt;=Dokumentationshilfe!$AR$790,2+(Dokumentationshilfe!$AL679-Dokumentationshilfe!$AP$790)/ABS(Dokumentationshilfe!$AR$790-Dokumentationshilfe!$AP$790),IF(Dokumentationshilfe!$AL679&lt;=Dokumentationshilfe!$AT$790,3+(Dokumentationshilfe!$AL679-Dokumentationshilfe!$AR$790)/ABS(Dokumentationshilfe!$AT$790-Dokumentationshilfe!$AR$790),IF(Dokumentationshilfe!$AL679&lt;=Dokumentationshilfe!$AV$790,4+(Dokumentationshilfe!$AL679-Dokumentationshilfe!$AT$790)/ABS(Dokumentationshilfe!$AV$790-Dokumentationshilfe!$AT$790),IF(Dokumentationshilfe!$AL679&lt;=Dokumentationshilfe!$AX$790,5+(Dokumentationshilfe!$AL679-Dokumentationshilfe!$AV$790)/ABS(Dokumentationshilfe!$AX$790-Dokumentationshilfe!$AV$790),IF(Dokumentationshilfe!$AL679&lt;=Dokumentationshilfe!$AZ$790,6+(Dokumentationshilfe!$AL679-Dokumentationshilfe!$AX$790)/ABS(Dokumentationshilfe!$AZ$790-Dokumentationshilfe!$AX$790),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="AB63" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC63" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD63">
         <v>1000</v>
       </c>
     </row>
     <row r="64" spans="3:30" x14ac:dyDescent="0.2">
       <c r="D64" s="8">
         <v>2</v>
       </c>
       <c r="E64" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL14="",NA(),IF(Dokumentationshilfe!$AL14&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL14&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL14-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL14&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL14-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL14&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL14-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL14&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL14-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL14&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL14-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL14&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL14-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F64" s="8">
         <v>1</v>
       </c>
       <c r="G64" s="8">
         <v>2</v>
       </c>
       <c r="H64" s="8">
         <v>3</v>
       </c>
       <c r="I64" s="8">
         <v>4</v>
       </c>
       <c r="J64" s="8">
         <v>5</v>
       </c>
       <c r="K64" s="8">
         <v>6</v>
       </c>
       <c r="L64" s="9">
         <v>7</v>
       </c>
       <c r="AB64" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC64" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD64">
         <v>9.9999999999999998E-13</v>
       </c>
     </row>
     <row r="65" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D65" s="8">
         <v>3</v>
       </c>
       <c r="E65" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL15="",NA(),IF(Dokumentationshilfe!$AL15&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL15&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL15-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL15&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL15-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL15&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL15-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL15&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL15-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL15&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL15-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL15&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL15-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F65" s="8">
         <v>1</v>
       </c>
       <c r="G65" s="8">
         <v>2</v>
       </c>
       <c r="H65" s="8">
         <v>3</v>
       </c>
       <c r="I65" s="8">
         <v>4</v>
       </c>
       <c r="J65" s="8">
         <v>5</v>
       </c>
       <c r="K65" s="8">
         <v>6</v>
       </c>
       <c r="L65" s="9">
         <v>7</v>
       </c>
       <c r="AB65" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC65" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD65">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="66" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D66" s="8">
         <v>4</v>
       </c>
       <c r="E66" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL16="",NA(),IF(Dokumentationshilfe!$AL16&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL16&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL16-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL16&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL16-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL16&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL16-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL16&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL16-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL16&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL16-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL16&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL16-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F66" s="8">
         <v>1</v>
       </c>
       <c r="G66" s="8">
         <v>2</v>
       </c>
       <c r="H66" s="8">
         <v>3</v>
       </c>
       <c r="I66" s="8">
         <v>4</v>
       </c>
       <c r="J66" s="8">
         <v>5</v>
       </c>
       <c r="K66" s="8">
         <v>6</v>
       </c>
       <c r="L66" s="9">
         <v>7</v>
       </c>
       <c r="AB66" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC66" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD66">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="67" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D67" s="8">
         <v>5</v>
       </c>
       <c r="E67" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL17="",NA(),IF(Dokumentationshilfe!$AL17&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL17&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL17-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL17&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL17-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL17&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL17-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL17&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL17-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL17&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL17-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL17&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL17-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F67" s="8">
         <v>1</v>
       </c>
       <c r="G67" s="8">
         <v>2</v>
       </c>
       <c r="H67" s="8">
         <v>3</v>
       </c>
       <c r="I67" s="8">
         <v>4</v>
       </c>
       <c r="J67" s="8">
         <v>5</v>
       </c>
       <c r="K67" s="8">
         <v>6</v>
       </c>
       <c r="L67" s="9">
         <v>7</v>
       </c>
       <c r="AB67" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC67" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD67">
         <v>1E-3</v>
       </c>
     </row>
     <row r="68" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D68" s="8">
         <v>6</v>
       </c>
       <c r="E68" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL18="",NA(),IF(Dokumentationshilfe!$AL18&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL18&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL18-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL18&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL18-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL18&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL18-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL18&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL18-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL18&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL18-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL18&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL18-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F68" s="8">
         <v>1</v>
       </c>
       <c r="G68" s="8">
         <v>2</v>
       </c>
       <c r="H68" s="8">
         <v>3</v>
       </c>
       <c r="I68" s="8">
         <v>4</v>
       </c>
       <c r="J68" s="8">
         <v>5</v>
       </c>
       <c r="K68" s="8">
         <v>6</v>
       </c>
       <c r="L68" s="9">
         <v>7</v>
       </c>
       <c r="AB68" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AC68" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD68">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D69" s="8">
         <v>7</v>
       </c>
       <c r="E69" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL19="",NA(),IF(Dokumentationshilfe!$AL19&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL19&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL19-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL19&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL19-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL19&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL19-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL19&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL19-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL19&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL19-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL19&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL19-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F69" s="8">
         <v>1</v>
       </c>
       <c r="G69" s="8">
         <v>2</v>
       </c>
       <c r="H69" s="8">
         <v>3</v>
       </c>
       <c r="I69" s="8">
         <v>4</v>
       </c>
@@ -20042,453 +29317,453 @@
         <f>IF(Dokumentationshilfe!$AL20="",NA(),IF(Dokumentationshilfe!$AL20&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL20&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL20-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL20&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL20-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL20&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL20-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL20&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL20-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL20&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL20-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL20&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL20-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F70" s="8">
         <v>1</v>
       </c>
       <c r="G70" s="8">
         <v>2</v>
       </c>
       <c r="H70" s="8">
         <v>3</v>
       </c>
       <c r="I70" s="8">
         <v>4</v>
       </c>
       <c r="J70" s="8">
         <v>5</v>
       </c>
       <c r="K70" s="8">
         <v>6</v>
       </c>
       <c r="L70" s="9">
         <v>7</v>
       </c>
       <c r="AB70" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC70" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD70">
         <v>1.0000000000000001E-15</v>
       </c>
     </row>
     <row r="71" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D71" s="8">
         <v>9</v>
       </c>
       <c r="E71" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL21="",NA(),IF(Dokumentationshilfe!$AL21&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL21&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL21-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL21&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL21-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL21&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL21-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL21&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL21-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL21&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL21-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL21&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL21-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F71" s="8">
         <v>1</v>
       </c>
       <c r="G71" s="8">
         <v>2</v>
       </c>
       <c r="H71" s="8">
         <v>3</v>
       </c>
       <c r="I71" s="8">
         <v>4</v>
       </c>
       <c r="J71" s="8">
         <v>5</v>
       </c>
       <c r="K71" s="8">
         <v>6</v>
       </c>
       <c r="L71" s="9">
         <v>7</v>
       </c>
       <c r="AB71" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC71" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD71">
         <v>9.9999999999999998E-13</v>
       </c>
     </row>
     <row r="72" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D72" s="8">
         <v>10</v>
       </c>
       <c r="E72" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL22="",NA(),IF(Dokumentationshilfe!$AL22&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL22&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL22-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL22&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL22-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL22&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL22-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL22&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL22-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL22&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL22-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL22&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL22-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F72" s="8">
         <v>1</v>
       </c>
       <c r="G72" s="8">
         <v>2</v>
       </c>
       <c r="H72" s="8">
         <v>3</v>
       </c>
       <c r="I72" s="8">
         <v>4</v>
       </c>
       <c r="J72" s="8">
         <v>5</v>
       </c>
       <c r="K72" s="8">
         <v>6</v>
       </c>
       <c r="L72" s="9">
         <v>7</v>
       </c>
       <c r="AB72" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC72" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD72">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="73" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D73" s="8">
         <v>11</v>
       </c>
       <c r="E73" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL23="",NA(),IF(Dokumentationshilfe!$AL23&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL23&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL23-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL23&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL23-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL23&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL23-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL23&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL23-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL23&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL23-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL23&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL23-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F73" s="8">
         <v>1</v>
       </c>
       <c r="G73" s="8">
         <v>2</v>
       </c>
       <c r="H73" s="8">
         <v>3</v>
       </c>
       <c r="I73" s="8">
         <v>4</v>
       </c>
       <c r="J73" s="8">
         <v>5</v>
       </c>
       <c r="K73" s="8">
         <v>6</v>
       </c>
       <c r="L73" s="9">
         <v>7</v>
       </c>
       <c r="N73" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AB73" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC73" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD73">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="74" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D74" s="8">
         <v>12</v>
       </c>
       <c r="E74" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL24="",NA(),IF(Dokumentationshilfe!$AL24&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL24&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL24-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL24&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL24-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL24&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL24-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL24&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL24-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL24&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL24-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL24&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL24-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F74" s="8">
         <v>1</v>
       </c>
       <c r="G74" s="8">
         <v>2</v>
       </c>
       <c r="H74" s="8">
         <v>3</v>
       </c>
       <c r="I74" s="8">
         <v>4</v>
       </c>
       <c r="J74" s="8">
         <v>5</v>
       </c>
       <c r="K74" s="8">
         <v>6</v>
       </c>
       <c r="L74" s="9">
         <v>7</v>
       </c>
       <c r="N74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AB74" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC74" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD74">
         <v>1E-3</v>
       </c>
     </row>
     <row r="75" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D75" s="8">
         <v>13</v>
       </c>
       <c r="E75" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL25="",NA(),IF(Dokumentationshilfe!$AL25&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL25&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL25-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL25&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL25-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL25&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL25-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL25&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL25-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL25&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL25-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL25&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL25-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F75" s="8">
         <v>1</v>
       </c>
       <c r="G75" s="8">
         <v>2</v>
       </c>
       <c r="H75" s="8">
         <v>3</v>
       </c>
       <c r="I75" s="8">
         <v>4</v>
       </c>
       <c r="J75" s="8">
         <v>5</v>
       </c>
       <c r="K75" s="8">
         <v>6</v>
       </c>
       <c r="L75" s="9">
         <v>7</v>
       </c>
       <c r="N75" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AB75" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC75" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD75">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D76" s="8">
         <v>14</v>
       </c>
       <c r="E76" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL26="",NA(),IF(Dokumentationshilfe!$AL26&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL26&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL26-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL26&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL26-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL26&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL26-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL26&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL26-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL26&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL26-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL26&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL26-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F76" s="8">
         <v>1</v>
       </c>
       <c r="G76" s="8">
         <v>2</v>
       </c>
       <c r="H76" s="8">
         <v>3</v>
       </c>
       <c r="I76" s="8">
         <v>4</v>
       </c>
       <c r="J76" s="8">
         <v>5</v>
       </c>
       <c r="K76" s="8">
         <v>6</v>
       </c>
       <c r="L76" s="9">
         <v>7</v>
       </c>
       <c r="AB76" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC76" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD76">
         <v>1.0000000000000001E-15</v>
       </c>
     </row>
     <row r="77" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D77" s="8">
         <v>15</v>
       </c>
       <c r="E77" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL27="",NA(),IF(Dokumentationshilfe!$AL27&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL27&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL27-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL27&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL27-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL27&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL27-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL27&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL27-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL27&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL27-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL27&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL27-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F77" s="8">
         <v>1</v>
       </c>
       <c r="G77" s="8">
         <v>2</v>
       </c>
       <c r="H77" s="8">
         <v>3</v>
       </c>
       <c r="I77" s="8">
         <v>4</v>
       </c>
       <c r="J77" s="8">
         <v>5</v>
       </c>
       <c r="K77" s="8">
         <v>6</v>
       </c>
       <c r="L77" s="9">
         <v>7</v>
       </c>
       <c r="AB77" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC77" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD77">
         <v>9.9999999999999998E-13</v>
       </c>
     </row>
     <row r="78" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D78" s="8">
         <v>16</v>
       </c>
       <c r="E78" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL28="",NA(),IF(Dokumentationshilfe!$AL28&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL28&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL28-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL28&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL28-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL28&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL28-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL28&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL28-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL28&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL28-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL28&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL28-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F78" s="8">
         <v>1</v>
       </c>
       <c r="G78" s="8">
         <v>2</v>
       </c>
       <c r="H78" s="8">
         <v>3</v>
       </c>
       <c r="I78" s="8">
         <v>4</v>
       </c>
       <c r="J78" s="8">
         <v>5</v>
       </c>
       <c r="K78" s="8">
         <v>6</v>
       </c>
       <c r="L78" s="9">
         <v>7</v>
       </c>
       <c r="AB78" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC78" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD78">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="79" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D79" s="8">
         <v>17</v>
       </c>
       <c r="E79" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL29="",NA(),IF(Dokumentationshilfe!$AL29&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL29&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL29-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL29&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL29-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL29&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL29-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL29&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL29-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL29&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL29-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL29&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL29-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F79" s="8">
         <v>1</v>
       </c>
       <c r="G79" s="8">
         <v>2</v>
       </c>
       <c r="H79" s="8">
         <v>3</v>
       </c>
       <c r="I79" s="8">
         <v>4</v>
       </c>
       <c r="J79" s="8">
         <v>5</v>
       </c>
       <c r="K79" s="8">
         <v>6</v>
       </c>
       <c r="L79" s="9">
         <v>7</v>
       </c>
       <c r="AB79" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC79" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD79">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="80" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D80" s="8">
         <v>18</v>
       </c>
       <c r="E80" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL30="",NA(),IF(Dokumentationshilfe!$AL30&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL30&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL30-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL30&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL30-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL30&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL30-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL30&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL30-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL30&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL30-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL30&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL30-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F80" s="8">
         <v>1</v>
       </c>
       <c r="G80" s="8">
         <v>2</v>
       </c>
       <c r="H80" s="8">
         <v>3</v>
       </c>
       <c r="I80" s="8">
         <v>4</v>
       </c>
       <c r="J80" s="8">
         <v>5</v>
       </c>
       <c r="K80" s="8">
         <v>6</v>
       </c>
       <c r="L80" s="9">
         <v>7</v>
       </c>
       <c r="AB80" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AC80" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD80">
         <v>1E-3</v>
       </c>
     </row>
     <row r="81" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D81" s="8">
         <v>19</v>
       </c>
       <c r="E81" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL31="",NA(),IF(Dokumentationshilfe!$AL31&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL31&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL31-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL31&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL31-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL31&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL31-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL31&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL31-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL31&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL31-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL31&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL31-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F81" s="8">
         <v>1</v>
       </c>
       <c r="G81" s="8">
         <v>2</v>
       </c>
       <c r="H81" s="8">
         <v>3</v>
       </c>
       <c r="I81" s="8">
         <v>4</v>
       </c>
@@ -20510,3132 +29785,3132 @@
         <f>IF(Dokumentationshilfe!$AL32="",NA(),IF(Dokumentationshilfe!$AL32&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL32&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL32-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL32&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL32-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL32&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL32-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL32&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL32-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL32&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL32-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL32&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL32-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F82" s="8">
         <v>1</v>
       </c>
       <c r="G82" s="8">
         <v>2</v>
       </c>
       <c r="H82" s="8">
         <v>3</v>
       </c>
       <c r="I82" s="8">
         <v>4</v>
       </c>
       <c r="J82" s="8">
         <v>5</v>
       </c>
       <c r="K82" s="8">
         <v>6</v>
       </c>
       <c r="L82" s="9">
         <v>7</v>
       </c>
       <c r="AB82" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC82" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD82">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D83" s="8">
         <v>21</v>
       </c>
       <c r="E83" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL33="",NA(),IF(Dokumentationshilfe!$AL33&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL33&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL33-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL33&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL33-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL33&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL33-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL33&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL33-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL33&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL33-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL33&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL33-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F83" s="8">
         <v>1</v>
       </c>
       <c r="G83" s="8">
         <v>2</v>
       </c>
       <c r="H83" s="8">
         <v>3</v>
       </c>
       <c r="I83" s="8">
         <v>4</v>
       </c>
       <c r="J83" s="8">
         <v>5</v>
       </c>
       <c r="K83" s="8">
         <v>6</v>
       </c>
       <c r="L83" s="9">
         <v>7</v>
       </c>
       <c r="AB83" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC83" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD83">
         <v>1000</v>
       </c>
     </row>
     <row r="84" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D84" s="8">
         <v>22</v>
       </c>
       <c r="E84" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL34="",NA(),IF(Dokumentationshilfe!$AL34&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL34&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL34-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL34&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL34-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL34&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL34-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL34&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL34-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL34&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL34-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL34&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL34-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F84" s="8">
         <v>1</v>
       </c>
       <c r="G84" s="8">
         <v>2</v>
       </c>
       <c r="H84" s="8">
         <v>3</v>
       </c>
       <c r="I84" s="8">
         <v>4</v>
       </c>
       <c r="J84" s="8">
         <v>5</v>
       </c>
       <c r="K84" s="8">
         <v>6</v>
       </c>
       <c r="L84" s="9">
         <v>7</v>
       </c>
       <c r="AB84" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC84" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD84">
         <v>1000000</v>
       </c>
     </row>
     <row r="85" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D85" s="8">
         <v>23</v>
       </c>
       <c r="E85" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL35="",NA(),IF(Dokumentationshilfe!$AL35&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL35&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL35-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL35&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL35-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL35&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL35-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL35&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL35-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL35&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL35-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL35&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL35-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F85" s="8">
         <v>1</v>
       </c>
       <c r="G85" s="8">
         <v>2</v>
       </c>
       <c r="H85" s="8">
         <v>3</v>
       </c>
       <c r="I85" s="8">
         <v>4</v>
       </c>
       <c r="J85" s="8">
         <v>5</v>
       </c>
       <c r="K85" s="8">
         <v>6</v>
       </c>
       <c r="L85" s="9">
         <v>7</v>
       </c>
       <c r="AB85" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC85" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD85">
         <v>1000000000</v>
       </c>
     </row>
     <row r="86" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D86" s="8">
         <v>24</v>
       </c>
       <c r="E86" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL36="",NA(),IF(Dokumentationshilfe!$AL36&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL36&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL36-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL36&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL36-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL36&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL36-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL36&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL36-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL36&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL36-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL36&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL36-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F86" s="8">
         <v>1</v>
       </c>
       <c r="G86" s="8">
         <v>2</v>
       </c>
       <c r="H86" s="8">
         <v>3</v>
       </c>
       <c r="I86" s="8">
         <v>4</v>
       </c>
       <c r="J86" s="8">
         <v>5</v>
       </c>
       <c r="K86" s="8">
         <v>6</v>
       </c>
       <c r="L86" s="9">
         <v>7</v>
       </c>
       <c r="AB86" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC86" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD86">
         <v>1000000000000</v>
       </c>
     </row>
     <row r="87" spans="4:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D87" s="11">
         <v>25</v>
       </c>
       <c r="E87" s="8" t="e">
         <f>IF(Dokumentationshilfe!$AL37="",NA(),IF(Dokumentationshilfe!$AL37&lt;Dokumentationshilfe!$AN$11,0.9,IF(Dokumentationshilfe!$AL37&lt;=Dokumentationshilfe!$AP$11,1+(Dokumentationshilfe!$AL37-Dokumentationshilfe!$AN$11)/ABS(Dokumentationshilfe!$AP$11-Dokumentationshilfe!$AN$11),IF(Dokumentationshilfe!$AL37&lt;=Dokumentationshilfe!$AR$11,2+(Dokumentationshilfe!$AL37-Dokumentationshilfe!$AP$11)/ABS(Dokumentationshilfe!$AR$11-Dokumentationshilfe!$AP$11),IF(Dokumentationshilfe!$AL37&lt;=Dokumentationshilfe!$AT$11,3+(Dokumentationshilfe!$AL37-Dokumentationshilfe!$AR$11)/ABS(Dokumentationshilfe!$AT$11-Dokumentationshilfe!$AR$11),IF(Dokumentationshilfe!$AL37&lt;=Dokumentationshilfe!$AV$11,4+(Dokumentationshilfe!$AL37-Dokumentationshilfe!$AT$11)/ABS(Dokumentationshilfe!$AV$11-Dokumentationshilfe!$AT$11),IF(Dokumentationshilfe!$AL37&lt;=Dokumentationshilfe!$AX$11,5+(Dokumentationshilfe!$AL37-Dokumentationshilfe!$AV$11)/ABS(Dokumentationshilfe!$AX$11-Dokumentationshilfe!$AV$11),IF(Dokumentationshilfe!$AL37&lt;=Dokumentationshilfe!$AZ$11,6+(Dokumentationshilfe!$AL37-Dokumentationshilfe!$AX$11)/ABS(Dokumentationshilfe!$AZ$11-Dokumentationshilfe!$AX$11),7.1))))))))</f>
         <v>#N/A</v>
       </c>
       <c r="F87" s="11">
         <v>1</v>
       </c>
       <c r="G87" s="11">
         <v>2</v>
       </c>
       <c r="H87" s="11">
         <v>3</v>
       </c>
       <c r="I87" s="11">
         <v>4</v>
       </c>
       <c r="J87" s="11">
         <v>5</v>
       </c>
       <c r="K87" s="11">
         <v>6</v>
       </c>
       <c r="L87" s="12">
         <v>7</v>
       </c>
       <c r="AB87" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC87" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD87">
         <v>1000000000000000</v>
       </c>
     </row>
     <row r="88" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
       <c r="J88" s="2"/>
       <c r="K88" s="2"/>
       <c r="L88" s="3"/>
       <c r="AB88" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC88" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD88">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D89" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
+        <v>19</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L89" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F89" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AB89" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC89" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD89">
         <v>1000</v>
       </c>
     </row>
     <row r="90" spans="4:30" x14ac:dyDescent="0.2">
       <c r="L90" s="7"/>
       <c r="AB90" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC90" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD90">
         <v>1000000</v>
       </c>
     </row>
     <row r="91" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D91" s="8">
         <v>1</v>
       </c>
       <c r="E91" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B49="",NA(),IF(Dokumentationshilfe!$B49&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B49&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B49-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B49&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B49-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B49&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B49-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B49&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B49-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B49&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B49-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B49&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B49-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F91" s="8">
         <v>1</v>
       </c>
       <c r="G91" s="8">
         <v>2</v>
       </c>
       <c r="H91" s="8">
         <v>3</v>
       </c>
       <c r="I91" s="8">
         <v>4</v>
       </c>
       <c r="J91" s="8">
         <v>5</v>
       </c>
       <c r="K91" s="8">
         <v>6</v>
       </c>
       <c r="L91" s="9">
         <v>7</v>
       </c>
       <c r="AB91" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC91" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD91">
         <v>1000000000</v>
       </c>
     </row>
     <row r="92" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D92" s="8">
         <v>2</v>
       </c>
       <c r="E92" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B50="",NA(),IF(Dokumentationshilfe!$B50&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B50&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B50-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B50&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B50-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B50&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B50-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B50&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B50-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B50&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B50-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B50&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B50-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F92" s="8">
         <v>1</v>
       </c>
       <c r="G92" s="8">
         <v>2</v>
       </c>
       <c r="H92" s="8">
         <v>3</v>
       </c>
       <c r="I92" s="8">
         <v>4</v>
       </c>
       <c r="J92" s="8">
         <v>5</v>
       </c>
       <c r="K92" s="8">
         <v>6</v>
       </c>
       <c r="L92" s="9">
         <v>7</v>
       </c>
       <c r="AB92" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AC92" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD92">
         <v>1000000000000</v>
       </c>
     </row>
     <row r="93" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D93" s="8">
         <v>3</v>
       </c>
       <c r="E93" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B51="",NA(),IF(Dokumentationshilfe!$B51&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B51&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B51-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B51&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B51-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B51&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B51-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B51&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B51-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B51&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B51-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B51&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B51-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F93" s="8">
         <v>1</v>
       </c>
       <c r="G93" s="8">
         <v>2</v>
       </c>
       <c r="H93" s="8">
         <v>3</v>
       </c>
       <c r="I93" s="8">
         <v>4</v>
       </c>
       <c r="J93" s="8">
         <v>5</v>
       </c>
       <c r="K93" s="8">
         <v>6</v>
       </c>
       <c r="L93" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="94" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D94" s="8">
         <v>4</v>
       </c>
       <c r="E94" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B52="",NA(),IF(Dokumentationshilfe!$B52&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B52&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B52-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B52&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B52-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B52&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B52-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B52&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B52-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B52&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B52-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B52&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B52-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F94" s="8">
         <v>1</v>
       </c>
       <c r="G94" s="8">
         <v>2</v>
       </c>
       <c r="H94" s="8">
         <v>3</v>
       </c>
       <c r="I94" s="8">
         <v>4</v>
       </c>
       <c r="J94" s="8">
         <v>5</v>
       </c>
       <c r="K94" s="8">
         <v>6</v>
       </c>
       <c r="L94" s="9">
         <v>7</v>
       </c>
       <c r="AB94" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC94" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD94">
         <v>1E-3</v>
       </c>
     </row>
     <row r="95" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D95" s="8">
         <v>5</v>
       </c>
       <c r="E95" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B53="",NA(),IF(Dokumentationshilfe!$B53&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B53&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B53-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B53&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B53-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B53&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B53-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B53&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B53-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B53&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B53-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B53&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B53-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F95" s="8">
         <v>1</v>
       </c>
       <c r="G95" s="8">
         <v>2</v>
       </c>
       <c r="H95" s="8">
         <v>3</v>
       </c>
       <c r="I95" s="8">
         <v>4</v>
       </c>
       <c r="J95" s="8">
         <v>5</v>
       </c>
       <c r="K95" s="8">
         <v>6</v>
       </c>
       <c r="L95" s="9">
         <v>7</v>
       </c>
       <c r="AB95" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC95" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD95">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D96" s="8">
         <v>6</v>
       </c>
       <c r="E96" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B54="",NA(),IF(Dokumentationshilfe!$B54&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B54&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B54-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B54&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B54-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B54&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B54-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B54&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B54-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B54&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B54-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B54&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B54-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F96" s="8">
         <v>1</v>
       </c>
       <c r="G96" s="8">
         <v>2</v>
       </c>
       <c r="H96" s="8">
         <v>3</v>
       </c>
       <c r="I96" s="8">
         <v>4</v>
       </c>
       <c r="J96" s="8">
         <v>5</v>
       </c>
       <c r="K96" s="8">
         <v>6</v>
       </c>
       <c r="L96" s="9">
         <v>7</v>
       </c>
       <c r="AB96" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC96" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD96">
         <v>1000</v>
       </c>
     </row>
     <row r="97" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D97" s="8">
         <v>7</v>
       </c>
       <c r="E97" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B55="",NA(),IF(Dokumentationshilfe!$B55&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B55&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B55-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B55&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B55-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B55&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B55-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B55&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B55-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B55&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B55-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B55&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B55-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F97" s="8">
         <v>1</v>
       </c>
       <c r="G97" s="8">
         <v>2</v>
       </c>
       <c r="H97" s="8">
         <v>3</v>
       </c>
       <c r="I97" s="8">
         <v>4</v>
       </c>
       <c r="J97" s="8">
         <v>5</v>
       </c>
       <c r="K97" s="8">
         <v>6</v>
       </c>
       <c r="L97" s="9">
         <v>7</v>
       </c>
       <c r="AB97" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC97" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD97">
         <v>1000000</v>
       </c>
     </row>
     <row r="98" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D98" s="8">
         <v>8</v>
       </c>
       <c r="E98" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B56="",NA(),IF(Dokumentationshilfe!$B56&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B56&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B56-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B56&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B56-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B56&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B56-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B56&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B56-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B56&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B56-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B56&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B56-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F98" s="8">
         <v>1</v>
       </c>
       <c r="G98" s="8">
         <v>2</v>
       </c>
       <c r="H98" s="8">
         <v>3</v>
       </c>
       <c r="I98" s="8">
         <v>4</v>
       </c>
       <c r="J98" s="8">
         <v>5</v>
       </c>
       <c r="K98" s="8">
         <v>6</v>
       </c>
       <c r="L98" s="9">
         <v>7</v>
       </c>
       <c r="AB98" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC98" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD98">
         <v>1000000000</v>
       </c>
     </row>
     <row r="99" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D99" s="8">
         <v>9</v>
       </c>
       <c r="E99" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B57="",NA(),IF(Dokumentationshilfe!$B57&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B57&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B57-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B57&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B57-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B57&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B57-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B57&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B57-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B57&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B57-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B57&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B57-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F99" s="8">
         <v>1</v>
       </c>
       <c r="G99" s="8">
         <v>2</v>
       </c>
       <c r="H99" s="8">
         <v>3</v>
       </c>
       <c r="I99" s="8">
         <v>4</v>
       </c>
       <c r="J99" s="8">
         <v>5</v>
       </c>
       <c r="K99" s="8">
         <v>6</v>
       </c>
       <c r="L99" s="9">
         <v>7</v>
       </c>
       <c r="AB99" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC99" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD99">
         <v>1000000000000</v>
       </c>
     </row>
     <row r="100" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D100" s="8">
         <v>10</v>
       </c>
       <c r="E100" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B58="",NA(),IF(Dokumentationshilfe!$B58&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B58&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B58-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B58&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B58-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B58&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B58-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B58&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B58-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B58&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B58-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B58&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B58-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F100" s="8">
         <v>1</v>
       </c>
       <c r="G100" s="8">
         <v>2</v>
       </c>
       <c r="H100" s="8">
         <v>3</v>
       </c>
       <c r="I100" s="8">
         <v>4</v>
       </c>
       <c r="J100" s="8">
         <v>5</v>
       </c>
       <c r="K100" s="8">
         <v>6</v>
       </c>
       <c r="L100" s="9">
         <v>7</v>
       </c>
       <c r="AB100" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC100" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD100">
         <v>1E-3</v>
       </c>
     </row>
     <row r="101" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D101" s="8">
         <v>11</v>
       </c>
       <c r="E101" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B59="",NA(),IF(Dokumentationshilfe!$B59&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B59&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B59-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B59&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B59-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B59&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B59-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B59&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B59-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B59&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B59-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B59&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B59-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F101" s="8">
         <v>1</v>
       </c>
       <c r="G101" s="8">
         <v>2</v>
       </c>
       <c r="H101" s="8">
         <v>3</v>
       </c>
       <c r="I101" s="8">
         <v>4</v>
       </c>
       <c r="J101" s="8">
         <v>5</v>
       </c>
       <c r="K101" s="8">
         <v>6</v>
       </c>
       <c r="L101" s="9">
         <v>7</v>
       </c>
       <c r="N101" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AB101" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC101" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD101">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D102" s="8">
         <v>12</v>
       </c>
       <c r="E102" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B60="",NA(),IF(Dokumentationshilfe!$B60&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B60&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B60-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B60&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B60-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B60&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B60-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B60&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B60-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B60&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B60-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B60&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B60-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F102" s="8">
         <v>1</v>
       </c>
       <c r="G102" s="8">
         <v>2</v>
       </c>
       <c r="H102" s="8">
         <v>3</v>
       </c>
       <c r="I102" s="8">
         <v>4</v>
       </c>
       <c r="J102" s="8">
         <v>5</v>
       </c>
       <c r="K102" s="8">
         <v>6</v>
       </c>
       <c r="L102" s="9">
         <v>7</v>
       </c>
       <c r="N102" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AB102" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC102" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD102">
         <v>1000</v>
       </c>
     </row>
     <row r="103" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D103" s="8">
         <v>13</v>
       </c>
       <c r="E103" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B61="",NA(),IF(Dokumentationshilfe!$B61&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B61&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B61-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B61&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B61-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B61&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B61-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B61&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B61-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B61&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B61-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B61&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B61-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F103" s="8">
         <v>1</v>
       </c>
       <c r="G103" s="8">
         <v>2</v>
       </c>
       <c r="H103" s="8">
         <v>3</v>
       </c>
       <c r="I103" s="8">
         <v>4</v>
       </c>
       <c r="J103" s="8">
         <v>5</v>
       </c>
       <c r="K103" s="8">
         <v>6</v>
       </c>
       <c r="L103" s="9">
         <v>7</v>
       </c>
       <c r="N103" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="AB103" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC103" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD103">
         <v>1000000</v>
       </c>
     </row>
     <row r="104" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D104" s="8">
         <v>14</v>
       </c>
       <c r="E104" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B62="",NA(),IF(Dokumentationshilfe!$B62&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B62&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B62-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B62&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B62-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B62&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B62-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B62&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B62-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B62&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B62-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B62&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B62-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F104" s="8">
         <v>1</v>
       </c>
       <c r="G104" s="8">
         <v>2</v>
       </c>
       <c r="H104" s="8">
         <v>3</v>
       </c>
       <c r="I104" s="8">
         <v>4</v>
       </c>
       <c r="J104" s="8">
         <v>5</v>
       </c>
       <c r="K104" s="8">
         <v>6</v>
       </c>
       <c r="L104" s="9">
         <v>7</v>
       </c>
       <c r="AB104" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AC104" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD104">
         <v>1000000000</v>
       </c>
     </row>
     <row r="105" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D105" s="8">
         <v>15</v>
       </c>
       <c r="E105" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B63="",NA(),IF(Dokumentationshilfe!$B63&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B63&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B63-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B63&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B63-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B63&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B63-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B63&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B63-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B63&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B63-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B63&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B63-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F105" s="8">
         <v>1</v>
       </c>
       <c r="G105" s="8">
         <v>2</v>
       </c>
       <c r="H105" s="8">
         <v>3</v>
       </c>
       <c r="I105" s="8">
         <v>4</v>
       </c>
       <c r="J105" s="8">
         <v>5</v>
       </c>
       <c r="K105" s="8">
         <v>6</v>
       </c>
       <c r="L105" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D106" s="8">
         <v>16</v>
       </c>
       <c r="E106" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B64="",NA(),IF(Dokumentationshilfe!$B64&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B64&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B64-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B64&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B64-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B64&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B64-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B64&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B64-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B64&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B64-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B64&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B64-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F106" s="8">
         <v>1</v>
       </c>
       <c r="G106" s="8">
         <v>2</v>
       </c>
       <c r="H106" s="8">
         <v>3</v>
       </c>
       <c r="I106" s="8">
         <v>4</v>
       </c>
       <c r="J106" s="8">
         <v>5</v>
       </c>
       <c r="K106" s="8">
         <v>6</v>
       </c>
       <c r="L106" s="9">
         <v>7</v>
       </c>
       <c r="AB106" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC106" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD106">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="107" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D107" s="8">
         <v>17</v>
       </c>
       <c r="E107" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B65="",NA(),IF(Dokumentationshilfe!$B65&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B65&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B65-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B65&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B65-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B65&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B65-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B65&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B65-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B65&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B65-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B65&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B65-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F107" s="8">
         <v>1</v>
       </c>
       <c r="G107" s="8">
         <v>2</v>
       </c>
       <c r="H107" s="8">
         <v>3</v>
       </c>
       <c r="I107" s="8">
         <v>4</v>
       </c>
       <c r="J107" s="8">
         <v>5</v>
       </c>
       <c r="K107" s="8">
         <v>6</v>
       </c>
       <c r="L107" s="9">
         <v>7</v>
       </c>
       <c r="AB107" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC107" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD107">
         <v>1E-3</v>
       </c>
     </row>
     <row r="108" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D108" s="8">
         <v>18</v>
       </c>
       <c r="E108" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B66="",NA(),IF(Dokumentationshilfe!$B66&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B66&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B66-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B66&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B66-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B66&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B66-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B66&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B66-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B66&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B66-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B66&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B66-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F108" s="8">
         <v>1</v>
       </c>
       <c r="G108" s="8">
         <v>2</v>
       </c>
       <c r="H108" s="8">
         <v>3</v>
       </c>
       <c r="I108" s="8">
         <v>4</v>
       </c>
       <c r="J108" s="8">
         <v>5</v>
       </c>
       <c r="K108" s="8">
         <v>6</v>
       </c>
       <c r="L108" s="9">
         <v>7</v>
       </c>
       <c r="AB108" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC108" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD108">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D109" s="8">
         <v>19</v>
       </c>
       <c r="E109" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B67="",NA(),IF(Dokumentationshilfe!$B67&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B67&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B67-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B67&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B67-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B67&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B67-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B67&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B67-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B67&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B67-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B67&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B67-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F109" s="8">
         <v>1</v>
       </c>
       <c r="G109" s="8">
         <v>2</v>
       </c>
       <c r="H109" s="8">
         <v>3</v>
       </c>
       <c r="I109" s="8">
         <v>4</v>
       </c>
       <c r="J109" s="8">
         <v>5</v>
       </c>
       <c r="K109" s="8">
         <v>6</v>
       </c>
       <c r="L109" s="9">
         <v>7</v>
       </c>
       <c r="AB109" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC109" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD109">
         <v>1000</v>
       </c>
     </row>
     <row r="110" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D110" s="8">
         <v>20</v>
       </c>
       <c r="E110" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B68="",NA(),IF(Dokumentationshilfe!$B68&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B68&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B68-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B68&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B68-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B68&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B68-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B68&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B68-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B68&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B68-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B68&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B68-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F110" s="8">
         <v>1</v>
       </c>
       <c r="G110" s="8">
         <v>2</v>
       </c>
       <c r="H110" s="8">
         <v>3</v>
       </c>
       <c r="I110" s="8">
         <v>4</v>
       </c>
       <c r="J110" s="8">
         <v>5</v>
       </c>
       <c r="K110" s="8">
         <v>6</v>
       </c>
       <c r="L110" s="9">
         <v>7</v>
       </c>
       <c r="AB110" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC110" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD110">
         <v>1000000</v>
       </c>
     </row>
     <row r="111" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D111" s="8">
         <v>21</v>
       </c>
       <c r="E111" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B69="",NA(),IF(Dokumentationshilfe!$B69&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B69&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B69-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B69&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B69-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B69&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B69-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B69&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B69-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B69&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B69-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B69&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B69-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F111" s="8">
         <v>1</v>
       </c>
       <c r="G111" s="8">
         <v>2</v>
       </c>
       <c r="H111" s="8">
         <v>3</v>
       </c>
       <c r="I111" s="8">
         <v>4</v>
       </c>
       <c r="J111" s="8">
         <v>5</v>
       </c>
       <c r="K111" s="8">
         <v>6</v>
       </c>
       <c r="L111" s="9">
         <v>7</v>
       </c>
       <c r="AB111" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC111" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD111">
         <v>1000000000</v>
       </c>
     </row>
     <row r="112" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D112" s="8">
         <v>22</v>
       </c>
       <c r="E112" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B70="",NA(),IF(Dokumentationshilfe!$B70&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B70&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B70-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B70&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B70-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B70&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B70-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B70&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B70-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B70&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B70-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B70&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B70-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F112" s="8">
         <v>1</v>
       </c>
       <c r="G112" s="8">
         <v>2</v>
       </c>
       <c r="H112" s="8">
         <v>3</v>
       </c>
       <c r="I112" s="8">
         <v>4</v>
       </c>
       <c r="J112" s="8">
         <v>5</v>
       </c>
       <c r="K112" s="8">
         <v>6</v>
       </c>
       <c r="L112" s="9">
         <v>7</v>
       </c>
       <c r="AB112" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC112" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD112">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="113" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D113" s="8">
         <v>23</v>
       </c>
       <c r="E113" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B71="",NA(),IF(Dokumentationshilfe!$B71&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B71&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B71-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B71&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B71-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B71&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B71-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B71&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B71-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B71&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B71-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B71&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B71-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F113" s="8">
         <v>1</v>
       </c>
       <c r="G113" s="8">
         <v>2</v>
       </c>
       <c r="H113" s="8">
         <v>3</v>
       </c>
       <c r="I113" s="8">
         <v>4</v>
       </c>
       <c r="J113" s="8">
         <v>5</v>
       </c>
       <c r="K113" s="8">
         <v>6</v>
       </c>
       <c r="L113" s="9">
         <v>7</v>
       </c>
       <c r="AB113" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC113" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD113">
         <v>1E-3</v>
       </c>
     </row>
     <row r="114" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D114" s="8">
         <v>24</v>
       </c>
       <c r="E114" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B72="",NA(),IF(Dokumentationshilfe!$B72&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B72&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B72-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B72&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B72-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B72&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B72-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B72&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B72-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B72&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B72-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B72&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B72-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F114" s="8">
         <v>1</v>
       </c>
       <c r="G114" s="8">
         <v>2</v>
       </c>
       <c r="H114" s="8">
         <v>3</v>
       </c>
       <c r="I114" s="8">
         <v>4</v>
       </c>
       <c r="J114" s="8">
         <v>5</v>
       </c>
       <c r="K114" s="8">
         <v>6</v>
       </c>
       <c r="L114" s="9">
         <v>7</v>
       </c>
       <c r="AB114" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC114" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD114">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="4:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D115" s="11">
         <v>25</v>
       </c>
       <c r="E115" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$B73="",NA(),IF(Dokumentationshilfe!$B73&lt;Dokumentationshilfe!$D$47,0.9,IF(Dokumentationshilfe!$B73&lt;=Dokumentationshilfe!$F$47,1+(Dokumentationshilfe!$B73-Dokumentationshilfe!$D$47)/ABS(Dokumentationshilfe!$F$47-Dokumentationshilfe!$D$47),IF(Dokumentationshilfe!$B73&lt;=Dokumentationshilfe!$H$47,2+(Dokumentationshilfe!$B73-Dokumentationshilfe!$F$47)/ABS(Dokumentationshilfe!$H$47-Dokumentationshilfe!$F$47),IF(Dokumentationshilfe!$B73&lt;=Dokumentationshilfe!$J$47,3+(Dokumentationshilfe!$B73-Dokumentationshilfe!$H$47)/ABS(Dokumentationshilfe!$J$47-Dokumentationshilfe!$H$47),IF(Dokumentationshilfe!$B73&lt;=Dokumentationshilfe!$L$47,4+(Dokumentationshilfe!$B73-Dokumentationshilfe!$J$47)/ABS(Dokumentationshilfe!$L$47-Dokumentationshilfe!$J$47),IF(Dokumentationshilfe!$B73&lt;=Dokumentationshilfe!$N$47,5+(Dokumentationshilfe!$B73-Dokumentationshilfe!$L$47)/ABS(Dokumentationshilfe!$N$47-Dokumentationshilfe!$L$47),IF(Dokumentationshilfe!$B73&lt;=Dokumentationshilfe!$P$47,6+(Dokumentationshilfe!$B73-Dokumentationshilfe!$N$47)/ABS(Dokumentationshilfe!$P$47-Dokumentationshilfe!$N$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F115" s="11">
         <v>1</v>
       </c>
       <c r="G115" s="11">
         <v>2</v>
       </c>
       <c r="H115" s="11">
         <v>3</v>
       </c>
       <c r="I115" s="11">
         <v>4</v>
       </c>
       <c r="J115" s="11">
         <v>5</v>
       </c>
       <c r="K115" s="11">
         <v>6</v>
       </c>
       <c r="L115" s="12">
         <v>7</v>
       </c>
       <c r="AB115" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC115" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD115">
         <v>1000</v>
       </c>
     </row>
     <row r="116" spans="4:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="AB116" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AC116" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD116">
         <v>1000000</v>
       </c>
     </row>
     <row r="117" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D117" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F117" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G117" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H117" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I117" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J117" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K117" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L117" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N117">
         <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="118" spans="4:30" x14ac:dyDescent="0.2">
       <c r="L118" s="7"/>
       <c r="N118" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AB118" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC118" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD118">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="119" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D119" s="8">
         <v>1</v>
       </c>
       <c r="E119" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T49="",NA(),IF(Dokumentationshilfe!$T49&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T49&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T49-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T49&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T49-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T49&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T49-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T49&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T49-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T49&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T49-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T49&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T49-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F119" s="8">
         <v>1</v>
       </c>
       <c r="G119" s="8">
         <v>2</v>
       </c>
       <c r="H119" s="8">
         <v>3</v>
       </c>
       <c r="I119" s="8">
         <v>4</v>
       </c>
       <c r="J119" s="8">
         <v>5</v>
       </c>
       <c r="K119" s="8">
         <v>6</v>
       </c>
       <c r="L119" s="9">
         <v>7</v>
       </c>
       <c r="N119" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AB119" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC119" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD119">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="120" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D120" s="8">
         <v>2</v>
       </c>
       <c r="E120" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T50="",NA(),IF(Dokumentationshilfe!$T50&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T50&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T50-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T50&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T50-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T50&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T50-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T50&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T50-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T50&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T50-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T50&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T50-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F120" s="8">
         <v>1</v>
       </c>
       <c r="G120" s="8">
         <v>2</v>
       </c>
       <c r="H120" s="8">
         <v>3</v>
       </c>
       <c r="I120" s="8">
         <v>4</v>
       </c>
       <c r="J120" s="8">
         <v>5</v>
       </c>
       <c r="K120" s="8">
         <v>6</v>
       </c>
       <c r="L120" s="9">
         <v>7</v>
       </c>
       <c r="AB120" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC120" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD120">
         <v>1E-3</v>
       </c>
     </row>
     <row r="121" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D121" s="8">
         <v>3</v>
       </c>
       <c r="E121" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T51="",NA(),IF(Dokumentationshilfe!$T51&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T51&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T51-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T51&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T51-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T51&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T51-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T51&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T51-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T51&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T51-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T51&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T51-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F121" s="8">
         <v>1</v>
       </c>
       <c r="G121" s="8">
         <v>2</v>
       </c>
       <c r="H121" s="8">
         <v>3</v>
       </c>
       <c r="I121" s="8">
         <v>4</v>
       </c>
       <c r="J121" s="8">
         <v>5</v>
       </c>
       <c r="K121" s="8">
         <v>6</v>
       </c>
       <c r="L121" s="9">
         <v>7</v>
       </c>
       <c r="AB121" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC121" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD121">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D122" s="8">
         <v>4</v>
       </c>
       <c r="E122" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T52="",NA(),IF(Dokumentationshilfe!$T52&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T52&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T52-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T52&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T52-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T52&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T52-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T52&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T52-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T52&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T52-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T52&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T52-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F122" s="8">
         <v>1</v>
       </c>
       <c r="G122" s="8">
         <v>2</v>
       </c>
       <c r="H122" s="8">
         <v>3</v>
       </c>
       <c r="I122" s="8">
         <v>4</v>
       </c>
       <c r="J122" s="8">
         <v>5</v>
       </c>
       <c r="K122" s="8">
         <v>6</v>
       </c>
       <c r="L122" s="9">
         <v>7</v>
       </c>
       <c r="AB122" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC122" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD122">
         <v>1000</v>
       </c>
     </row>
     <row r="123" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D123" s="8">
         <v>5</v>
       </c>
       <c r="E123" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T53="",NA(),IF(Dokumentationshilfe!$T53&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T53&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T53-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T53&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T53-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T53&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T53-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T53&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T53-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T53&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T53-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T53&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T53-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F123" s="8">
         <v>1</v>
       </c>
       <c r="G123" s="8">
         <v>2</v>
       </c>
       <c r="H123" s="8">
         <v>3</v>
       </c>
       <c r="I123" s="8">
         <v>4</v>
       </c>
       <c r="J123" s="8">
         <v>5</v>
       </c>
       <c r="K123" s="8">
         <v>6</v>
       </c>
       <c r="L123" s="9">
         <v>7</v>
       </c>
       <c r="AB123" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC123" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD123">
         <v>1000000</v>
       </c>
     </row>
     <row r="124" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D124" s="8">
         <v>6</v>
       </c>
       <c r="E124" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T54="",NA(),IF(Dokumentationshilfe!$T54&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T54&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T54-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T54&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T54-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T54&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T54-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T54&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T54-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T54&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T54-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T54&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T54-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F124" s="8">
         <v>1</v>
       </c>
       <c r="G124" s="8">
         <v>2</v>
       </c>
       <c r="H124" s="8">
         <v>3</v>
       </c>
       <c r="I124" s="8">
         <v>4</v>
       </c>
       <c r="J124" s="8">
         <v>5</v>
       </c>
       <c r="K124" s="8">
         <v>6</v>
       </c>
       <c r="L124" s="9">
         <v>7</v>
       </c>
       <c r="AB124" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC124" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD124">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="125" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D125" s="8">
         <v>7</v>
       </c>
       <c r="E125" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T55="",NA(),IF(Dokumentationshilfe!$T55&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T55&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T55-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T55&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T55-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T55&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T55-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T55&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T55-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T55&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T55-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T55&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T55-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F125" s="8">
         <v>1</v>
       </c>
       <c r="G125" s="8">
         <v>2</v>
       </c>
       <c r="H125" s="8">
         <v>3</v>
       </c>
       <c r="I125" s="8">
         <v>4</v>
       </c>
       <c r="J125" s="8">
         <v>5</v>
       </c>
       <c r="K125" s="8">
         <v>6</v>
       </c>
       <c r="L125" s="9">
         <v>7</v>
       </c>
       <c r="AB125" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC125" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD125">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="126" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D126" s="8">
         <v>8</v>
       </c>
       <c r="E126" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T56="",NA(),IF(Dokumentationshilfe!$T56&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T56&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T56-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T56&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T56-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T56&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T56-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T56&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T56-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T56&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T56-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T56&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T56-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F126" s="8">
         <v>1</v>
       </c>
       <c r="G126" s="8">
         <v>2</v>
       </c>
       <c r="H126" s="8">
         <v>3</v>
       </c>
       <c r="I126" s="8">
         <v>4</v>
       </c>
       <c r="J126" s="8">
         <v>5</v>
       </c>
       <c r="K126" s="8">
         <v>6</v>
       </c>
       <c r="L126" s="9">
         <v>7</v>
       </c>
       <c r="AB126" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC126" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD126">
         <v>1E-3</v>
       </c>
     </row>
     <row r="127" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D127" s="8">
         <v>9</v>
       </c>
       <c r="E127" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T57="",NA(),IF(Dokumentationshilfe!$T57&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T57&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T57-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T57&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T57-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T57&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T57-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T57&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T57-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T57&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T57-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T57&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T57-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F127" s="8">
         <v>1</v>
       </c>
       <c r="G127" s="8">
         <v>2</v>
       </c>
       <c r="H127" s="8">
         <v>3</v>
       </c>
       <c r="I127" s="8">
         <v>4</v>
       </c>
       <c r="J127" s="8">
         <v>5</v>
       </c>
       <c r="K127" s="8">
         <v>6</v>
       </c>
       <c r="L127" s="9">
         <v>7</v>
       </c>
       <c r="AB127" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC127" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD127">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D128" s="8">
         <v>10</v>
       </c>
       <c r="E128" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T58="",NA(),IF(Dokumentationshilfe!$T58&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T58&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T58-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T58&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T58-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T58&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T58-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T58&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T58-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T58&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T58-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T58&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T58-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F128" s="8">
         <v>1</v>
       </c>
       <c r="G128" s="8">
         <v>2</v>
       </c>
       <c r="H128" s="8">
         <v>3</v>
       </c>
       <c r="I128" s="8">
         <v>4</v>
       </c>
       <c r="J128" s="8">
         <v>5</v>
       </c>
       <c r="K128" s="8">
         <v>6</v>
       </c>
       <c r="L128" s="9">
         <v>7</v>
       </c>
       <c r="AB128" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC128" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD128">
         <v>1000</v>
       </c>
     </row>
     <row r="129" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D129" s="8">
         <v>11</v>
       </c>
       <c r="E129" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T59="",NA(),IF(Dokumentationshilfe!$T59&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T59&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T59-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T59&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T59-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T59&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T59-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T59&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T59-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T59&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T59-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T59&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T59-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F129" s="8">
         <v>1</v>
       </c>
       <c r="G129" s="8">
         <v>2</v>
       </c>
       <c r="H129" s="8">
         <v>3</v>
       </c>
       <c r="I129" s="8">
         <v>4</v>
       </c>
       <c r="J129" s="8">
         <v>5</v>
       </c>
       <c r="K129" s="8">
         <v>6</v>
       </c>
       <c r="L129" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="130" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D130" s="8">
         <v>12</v>
       </c>
       <c r="E130" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T60="",NA(),IF(Dokumentationshilfe!$T60&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T60&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T60-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T60&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T60-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T60&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T60-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T60&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T60-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T60&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T60-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T60&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T60-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F130" s="8">
         <v>1</v>
       </c>
       <c r="G130" s="8">
         <v>2</v>
       </c>
       <c r="H130" s="8">
         <v>3</v>
       </c>
       <c r="I130" s="8">
         <v>4</v>
       </c>
       <c r="J130" s="8">
         <v>5</v>
       </c>
       <c r="K130" s="8">
         <v>6</v>
       </c>
       <c r="L130" s="9">
         <v>7</v>
       </c>
       <c r="AB130" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC130" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="AD130">
         <v>9.9999999999999998E-13</v>
       </c>
     </row>
     <row r="131" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D131" s="8">
         <v>13</v>
       </c>
       <c r="E131" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T61="",NA(),IF(Dokumentationshilfe!$T61&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T61&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T61-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T61&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T61-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T61&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T61-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T61&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T61-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T61&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T61-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T61&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T61-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F131" s="8">
         <v>1</v>
       </c>
       <c r="G131" s="8">
         <v>2</v>
       </c>
       <c r="H131" s="8">
         <v>3</v>
       </c>
       <c r="I131" s="8">
         <v>4</v>
       </c>
       <c r="J131" s="8">
         <v>5</v>
       </c>
       <c r="K131" s="8">
         <v>6</v>
       </c>
       <c r="L131" s="9">
         <v>7</v>
       </c>
       <c r="AB131" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC131" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="AD131">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="132" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D132" s="8">
         <v>14</v>
       </c>
       <c r="E132" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T62="",NA(),IF(Dokumentationshilfe!$T62&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T62&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T62-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T62&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T62-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T62&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T62-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T62&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T62-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T62&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T62-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T62&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T62-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F132" s="8">
         <v>1</v>
       </c>
       <c r="G132" s="8">
         <v>2</v>
       </c>
       <c r="H132" s="8">
         <v>3</v>
       </c>
       <c r="I132" s="8">
         <v>4</v>
       </c>
       <c r="J132" s="8">
         <v>5</v>
       </c>
       <c r="K132" s="8">
         <v>6</v>
       </c>
       <c r="L132" s="9">
         <v>7</v>
       </c>
       <c r="AB132" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC132" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AD132">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="133" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D133" s="8">
         <v>15</v>
       </c>
       <c r="E133" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T63="",NA(),IF(Dokumentationshilfe!$T63&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T63&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T63-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T63&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T63-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T63&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T63-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T63&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T63-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T63&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T63-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T63&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T63-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F133" s="8">
         <v>1</v>
       </c>
       <c r="G133" s="8">
         <v>2</v>
       </c>
       <c r="H133" s="8">
         <v>3</v>
       </c>
       <c r="I133" s="8">
         <v>4</v>
       </c>
       <c r="J133" s="8">
         <v>5</v>
       </c>
       <c r="K133" s="8">
         <v>6</v>
       </c>
       <c r="L133" s="9">
         <v>7</v>
       </c>
       <c r="AB133" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC133" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="AD133">
         <v>1E-3</v>
       </c>
     </row>
     <row r="134" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D134" s="8">
         <v>16</v>
       </c>
       <c r="E134" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T64="",NA(),IF(Dokumentationshilfe!$T64&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T64&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T64-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T64&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T64-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T64&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T64-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T64&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T64-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T64&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T64-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T64&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T64-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F134" s="8">
         <v>1</v>
       </c>
       <c r="G134" s="8">
         <v>2</v>
       </c>
       <c r="H134" s="8">
         <v>3</v>
       </c>
       <c r="I134" s="8">
         <v>4</v>
       </c>
       <c r="J134" s="8">
         <v>5</v>
       </c>
       <c r="K134" s="8">
         <v>6</v>
       </c>
       <c r="L134" s="9">
         <v>7</v>
       </c>
       <c r="AB134" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC134" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD134">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D135" s="8">
         <v>17</v>
       </c>
       <c r="E135" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T65="",NA(),IF(Dokumentationshilfe!$T65&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T65&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T65-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T65&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T65-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T65&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T65-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T65&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T65-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T65&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T65-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T65&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T65-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F135" s="8">
         <v>1</v>
       </c>
       <c r="G135" s="8">
         <v>2</v>
       </c>
       <c r="H135" s="8">
         <v>3</v>
       </c>
       <c r="I135" s="8">
         <v>4</v>
       </c>
       <c r="J135" s="8">
         <v>5</v>
       </c>
       <c r="K135" s="8">
         <v>6</v>
       </c>
       <c r="L135" s="9">
         <v>7</v>
       </c>
       <c r="AB135" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC135" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="AD135">
         <v>1000</v>
       </c>
     </row>
     <row r="136" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D136" s="8">
         <v>18</v>
       </c>
       <c r="E136" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T66="",NA(),IF(Dokumentationshilfe!$T66&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T66&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T66-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T66&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T66-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T66&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T66-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T66&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T66-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T66&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T66-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T66&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T66-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F136" s="8">
         <v>1</v>
       </c>
       <c r="G136" s="8">
         <v>2</v>
       </c>
       <c r="H136" s="8">
         <v>3</v>
       </c>
       <c r="I136" s="8">
         <v>4</v>
       </c>
       <c r="J136" s="8">
         <v>5</v>
       </c>
       <c r="K136" s="8">
         <v>6</v>
       </c>
       <c r="L136" s="9">
         <v>7</v>
       </c>
       <c r="AB136" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC136" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="AD136">
         <v>9.9999999999999998E-13</v>
       </c>
     </row>
     <row r="137" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D137" s="8">
         <v>19</v>
       </c>
       <c r="E137" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T67="",NA(),IF(Dokumentationshilfe!$T67&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T67&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T67-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T67&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T67-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T67&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T67-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T67&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T67-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T67&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T67-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T67&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T67-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F137" s="8">
         <v>1</v>
       </c>
       <c r="G137" s="8">
         <v>2</v>
       </c>
       <c r="H137" s="8">
         <v>3</v>
       </c>
       <c r="I137" s="8">
         <v>4</v>
       </c>
       <c r="J137" s="8">
         <v>5</v>
       </c>
       <c r="K137" s="8">
         <v>6</v>
       </c>
       <c r="L137" s="9">
         <v>7</v>
       </c>
       <c r="AB137" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC137" t="s">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="AD137">
         <v>1.0000000000000001E-9</v>
       </c>
     </row>
     <row r="138" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D138" s="8">
         <v>20</v>
       </c>
       <c r="E138" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T68="",NA(),IF(Dokumentationshilfe!$T68&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T68&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T68-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T68&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T68-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T68&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T68-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T68&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T68-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T68&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T68-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T68&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T68-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F138" s="8">
         <v>1</v>
       </c>
       <c r="G138" s="8">
         <v>2</v>
       </c>
       <c r="H138" s="8">
         <v>3</v>
       </c>
       <c r="I138" s="8">
         <v>4</v>
       </c>
       <c r="J138" s="8">
         <v>5</v>
       </c>
       <c r="K138" s="8">
         <v>6</v>
       </c>
       <c r="L138" s="9">
         <v>7</v>
       </c>
       <c r="AB138" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC138" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="AD138">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="139" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D139" s="8">
         <v>21</v>
       </c>
       <c r="E139" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T69="",NA(),IF(Dokumentationshilfe!$T69&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T69&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T69-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T69&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T69-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T69&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T69-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T69&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T69-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T69&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T69-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T69&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T69-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F139" s="8">
         <v>1</v>
       </c>
       <c r="G139" s="8">
         <v>2</v>
       </c>
       <c r="H139" s="8">
         <v>3</v>
       </c>
       <c r="I139" s="8">
         <v>4</v>
       </c>
       <c r="J139" s="8">
         <v>5</v>
       </c>
       <c r="K139" s="8">
         <v>6</v>
       </c>
       <c r="L139" s="9">
         <v>7</v>
       </c>
       <c r="AB139" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC139" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AD139">
         <v>1E-3</v>
       </c>
     </row>
     <row r="140" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D140" s="8">
         <v>22</v>
       </c>
       <c r="E140" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T70="",NA(),IF(Dokumentationshilfe!$T70&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T70&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T70-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T70&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T70-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T70&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T70-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T70&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T70-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T70&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T70-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T70&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T70-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F140" s="8">
         <v>1</v>
       </c>
       <c r="G140" s="8">
         <v>2</v>
       </c>
       <c r="H140" s="8">
         <v>3</v>
       </c>
       <c r="I140" s="8">
         <v>4</v>
       </c>
       <c r="J140" s="8">
         <v>5</v>
       </c>
       <c r="K140" s="8">
         <v>6</v>
       </c>
       <c r="L140" s="9">
         <v>7</v>
       </c>
       <c r="AB140" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AC140" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="AD140">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D141" s="8">
         <v>23</v>
       </c>
       <c r="E141" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T71="",NA(),IF(Dokumentationshilfe!$T71&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T71&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T71-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T71&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T71-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T71&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T71-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T71&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T71-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T71&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T71-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T71&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T71-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F141" s="8">
         <v>1</v>
       </c>
       <c r="G141" s="8">
         <v>2</v>
       </c>
       <c r="H141" s="8">
         <v>3</v>
       </c>
       <c r="I141" s="8">
         <v>4</v>
       </c>
       <c r="J141" s="8">
         <v>5</v>
       </c>
       <c r="K141" s="8">
         <v>6</v>
       </c>
       <c r="L141" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="142" spans="4:30" x14ac:dyDescent="0.2">
       <c r="D142" s="8">
         <v>24</v>
       </c>
       <c r="E142" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T72="",NA(),IF(Dokumentationshilfe!$T72&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T72&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T72-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T72&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T72-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T72&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T72-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T72&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T72-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T72&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T72-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T72&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T72-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F142" s="8">
         <v>1</v>
       </c>
       <c r="G142" s="8">
         <v>2</v>
       </c>
       <c r="H142" s="8">
         <v>3</v>
       </c>
       <c r="I142" s="8">
         <v>4</v>
       </c>
       <c r="J142" s="8">
         <v>5</v>
       </c>
       <c r="K142" s="8">
         <v>6</v>
       </c>
       <c r="L142" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="143" spans="4:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D143" s="11">
         <v>25</v>
       </c>
       <c r="E143" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$T73="",NA(),IF(Dokumentationshilfe!$T73&lt;Dokumentationshilfe!$V$47,0.9,IF(Dokumentationshilfe!$T73&lt;=Dokumentationshilfe!$X$47,1+(Dokumentationshilfe!$T73-Dokumentationshilfe!$V$47)/ABS(Dokumentationshilfe!$X$47-Dokumentationshilfe!$V$47),IF(Dokumentationshilfe!$T73&lt;=Dokumentationshilfe!$Z$47,2+(Dokumentationshilfe!$T73-Dokumentationshilfe!$X$47)/ABS(Dokumentationshilfe!$Z$47-Dokumentationshilfe!$X$47),IF(Dokumentationshilfe!$T73&lt;=Dokumentationshilfe!$AB$47,3+(Dokumentationshilfe!$T73-Dokumentationshilfe!$Z$47)/ABS(Dokumentationshilfe!$AB$47-Dokumentationshilfe!$Z$47),IF(Dokumentationshilfe!$T73&lt;=Dokumentationshilfe!$AD$47,4+(Dokumentationshilfe!$T73-Dokumentationshilfe!$AB$47)/ABS(Dokumentationshilfe!$AD$47-Dokumentationshilfe!$AB$47),IF(Dokumentationshilfe!$T73&lt;=Dokumentationshilfe!$AF$47,5+(Dokumentationshilfe!$T73-Dokumentationshilfe!$AD$47)/ABS(Dokumentationshilfe!$AF$47-Dokumentationshilfe!$AD$47),IF(Dokumentationshilfe!$T73&lt;=Dokumentationshilfe!$AH$47,6+(Dokumentationshilfe!$T73-Dokumentationshilfe!$AF$47)/ABS(Dokumentationshilfe!$AH$47-Dokumentationshilfe!$AF$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F143" s="11">
         <v>1</v>
       </c>
       <c r="G143" s="11">
         <v>2</v>
       </c>
       <c r="H143" s="11">
         <v>3</v>
       </c>
       <c r="I143" s="11">
         <v>4</v>
       </c>
       <c r="J143" s="11">
         <v>5</v>
       </c>
       <c r="K143" s="11">
         <v>6</v>
       </c>
       <c r="L143" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="144" spans="4:30" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="145" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D145" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F145" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G145" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H145" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I145" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J145" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K145" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L145" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N145">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="146" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L146" s="7"/>
       <c r="N146" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="147" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D147" s="8">
         <v>1</v>
       </c>
       <c r="E147" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL49="",NA(),IF(Dokumentationshilfe!$AL49&lt;Dokumentationshilfe!$AN$47,0.9,IF(Dokumentationshilfe!$AL49&lt;=Dokumentationshilfe!$AP$47,1+(Dokumentationshilfe!$AL49-Dokumentationshilfe!$AN$47)/ABS(Dokumentationshilfe!$AP$47-Dokumentationshilfe!$AN$47),IF(Dokumentationshilfe!$AL49&lt;=Dokumentationshilfe!$AR$47,2+(Dokumentationshilfe!$AL49-Dokumentationshilfe!$AP$47)/ABS(Dokumentationshilfe!$AR$47-Dokumentationshilfe!$AP$47),IF(Dokumentationshilfe!$AL49&lt;=Dokumentationshilfe!$AT$47,3+(Dokumentationshilfe!$AL49-Dokumentationshilfe!$AR$47)/ABS(Dokumentationshilfe!$AT$47-Dokumentationshilfe!$AR$47),IF(Dokumentationshilfe!$AL49&lt;=Dokumentationshilfe!$AV$47,4+(Dokumentationshilfe!$AL49-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AV$47-Dokumentationshilfe!$AT$47),IF(Dokumentationshilfe!$AL49&lt;=Dokumentationshilfe!$AX$47,5+(Dokumentationshilfe!$AL49-Dokumentationshilfe!$AV$47)/ABS(Dokumentationshilfe!$AX$47-Dokumentationshilfe!$AV$47),IF(Dokumentationshilfe!$AL49&lt;=Dokumentationshilfe!$AZ$47,6+(Dokumentationshilfe!$AL49-Dokumentationshilfe!$AX$47)/ABS(Dokumentationshilfe!$AZ$47-Dokumentationshilfe!$AX$47),7.1))))))))</f>
+        <v>#N/A</v>
       </c>
       <c r="F147" s="8">
         <v>1</v>
       </c>
       <c r="G147" s="8">
         <v>2</v>
       </c>
       <c r="H147" s="8">
         <v>3</v>
       </c>
       <c r="I147" s="8">
         <v>4</v>
       </c>
       <c r="J147" s="8">
         <v>5</v>
       </c>
       <c r="K147" s="8">
         <v>6</v>
       </c>
       <c r="L147" s="9">
         <v>7</v>
       </c>
       <c r="N147" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="148" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D148" s="8">
         <v>2</v>
       </c>
       <c r="E148" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL50="",NA(),IF(ABS((Dokumentationshilfe!$AL50-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL50-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL50-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL50-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F148" s="8">
         <v>1</v>
       </c>
       <c r="G148" s="8">
         <v>2</v>
       </c>
       <c r="H148" s="8">
         <v>3</v>
       </c>
       <c r="I148" s="8">
         <v>4</v>
       </c>
       <c r="J148" s="8">
         <v>5</v>
       </c>
       <c r="K148" s="8">
         <v>6</v>
       </c>
       <c r="L148" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="149" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D149" s="8">
         <v>3</v>
       </c>
       <c r="E149" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL51="",NA(),IF(ABS((Dokumentationshilfe!$AL51-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL51-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL51-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL51-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F149" s="8">
         <v>1</v>
       </c>
       <c r="G149" s="8">
         <v>2</v>
       </c>
       <c r="H149" s="8">
         <v>3</v>
       </c>
       <c r="I149" s="8">
         <v>4</v>
       </c>
       <c r="J149" s="8">
         <v>5</v>
       </c>
       <c r="K149" s="8">
         <v>6</v>
       </c>
       <c r="L149" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="150" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D150" s="8">
         <v>4</v>
       </c>
       <c r="E150" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL52="",NA(),IF(ABS((Dokumentationshilfe!$AL52-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL52-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL52-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL52-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F150" s="8">
         <v>1</v>
       </c>
       <c r="G150" s="8">
         <v>2</v>
       </c>
       <c r="H150" s="8">
         <v>3</v>
       </c>
       <c r="I150" s="8">
         <v>4</v>
       </c>
       <c r="J150" s="8">
         <v>5</v>
       </c>
       <c r="K150" s="8">
         <v>6</v>
       </c>
       <c r="L150" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="151" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D151" s="8">
         <v>5</v>
       </c>
       <c r="E151" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL53="",NA(),IF(ABS((Dokumentationshilfe!$AL53-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL53-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL53-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL53-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F151" s="8">
         <v>1</v>
       </c>
       <c r="G151" s="8">
         <v>2</v>
       </c>
       <c r="H151" s="8">
         <v>3</v>
       </c>
       <c r="I151" s="8">
         <v>4</v>
       </c>
       <c r="J151" s="8">
         <v>5</v>
       </c>
       <c r="K151" s="8">
         <v>6</v>
       </c>
       <c r="L151" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="152" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D152" s="8">
         <v>6</v>
       </c>
       <c r="E152" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL54="",NA(),IF(ABS((Dokumentationshilfe!$AL54-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL54-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL54-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL54-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F152" s="8">
         <v>1</v>
       </c>
       <c r="G152" s="8">
         <v>2</v>
       </c>
       <c r="H152" s="8">
         <v>3</v>
       </c>
       <c r="I152" s="8">
         <v>4</v>
       </c>
       <c r="J152" s="8">
         <v>5</v>
       </c>
       <c r="K152" s="8">
         <v>6</v>
       </c>
       <c r="L152" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="153" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D153" s="8">
         <v>7</v>
       </c>
       <c r="E153" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL55="",NA(),IF(ABS((Dokumentationshilfe!$AL55-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL55-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL55-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL55-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F153" s="8">
         <v>1</v>
       </c>
       <c r="G153" s="8">
         <v>2</v>
       </c>
       <c r="H153" s="8">
         <v>3</v>
       </c>
       <c r="I153" s="8">
         <v>4</v>
       </c>
       <c r="J153" s="8">
         <v>5</v>
       </c>
       <c r="K153" s="8">
         <v>6</v>
       </c>
       <c r="L153" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="154" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D154" s="8">
         <v>8</v>
       </c>
       <c r="E154" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL56="",NA(),IF(ABS((Dokumentationshilfe!$AL56-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL56-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL56-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL56-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F154" s="8">
         <v>1</v>
       </c>
       <c r="G154" s="8">
         <v>2</v>
       </c>
       <c r="H154" s="8">
         <v>3</v>
       </c>
       <c r="I154" s="8">
         <v>4</v>
       </c>
       <c r="J154" s="8">
         <v>5</v>
       </c>
       <c r="K154" s="8">
         <v>6</v>
       </c>
       <c r="L154" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="155" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D155" s="8">
         <v>9</v>
       </c>
       <c r="E155" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL57="",NA(),IF(ABS((Dokumentationshilfe!$AL57-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL57-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL57-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL57-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F155" s="8">
         <v>1</v>
       </c>
       <c r="G155" s="8">
         <v>2</v>
       </c>
       <c r="H155" s="8">
         <v>3</v>
       </c>
       <c r="I155" s="8">
         <v>4</v>
       </c>
       <c r="J155" s="8">
         <v>5</v>
       </c>
       <c r="K155" s="8">
         <v>6</v>
       </c>
       <c r="L155" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="156" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D156" s="8">
         <v>10</v>
       </c>
       <c r="E156" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL58="",NA(),IF(ABS((Dokumentationshilfe!$AL58-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL58-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL58-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL58-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F156" s="8">
         <v>1</v>
       </c>
       <c r="G156" s="8">
         <v>2</v>
       </c>
       <c r="H156" s="8">
         <v>3</v>
       </c>
       <c r="I156" s="8">
         <v>4</v>
       </c>
       <c r="J156" s="8">
         <v>5</v>
       </c>
       <c r="K156" s="8">
         <v>6</v>
       </c>
       <c r="L156" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="157" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D157" s="8">
         <v>11</v>
       </c>
       <c r="E157" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL59="",NA(),IF(ABS((Dokumentationshilfe!$AL59-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL59-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL59-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL59-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F157" s="8">
         <v>1</v>
       </c>
       <c r="G157" s="8">
         <v>2</v>
       </c>
       <c r="H157" s="8">
         <v>3</v>
       </c>
       <c r="I157" s="8">
         <v>4</v>
       </c>
       <c r="J157" s="8">
         <v>5</v>
       </c>
       <c r="K157" s="8">
         <v>6</v>
       </c>
       <c r="L157" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="158" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D158" s="8">
         <v>12</v>
       </c>
       <c r="E158" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL60="",NA(),IF(ABS((Dokumentationshilfe!$AL60-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL60-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL60-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL60-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F158" s="8">
         <v>1</v>
       </c>
       <c r="G158" s="8">
         <v>2</v>
       </c>
       <c r="H158" s="8">
         <v>3</v>
       </c>
       <c r="I158" s="8">
         <v>4</v>
       </c>
       <c r="J158" s="8">
         <v>5</v>
       </c>
       <c r="K158" s="8">
         <v>6</v>
       </c>
       <c r="L158" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="159" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D159" s="8">
         <v>13</v>
       </c>
       <c r="E159" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL61="",NA(),IF(ABS((Dokumentationshilfe!$AL61-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL61-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL61-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL61-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F159" s="8">
         <v>1</v>
       </c>
       <c r="G159" s="8">
         <v>2</v>
       </c>
       <c r="H159" s="8">
         <v>3</v>
       </c>
       <c r="I159" s="8">
         <v>4</v>
       </c>
       <c r="J159" s="8">
         <v>5</v>
       </c>
       <c r="K159" s="8">
         <v>6</v>
       </c>
       <c r="L159" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="160" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D160" s="8">
         <v>14</v>
       </c>
       <c r="E160" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL62="",NA(),IF(ABS((Dokumentationshilfe!$AL62-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL62-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL62-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL62-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F160" s="8">
         <v>1</v>
       </c>
       <c r="G160" s="8">
         <v>2</v>
       </c>
       <c r="H160" s="8">
         <v>3</v>
       </c>
       <c r="I160" s="8">
         <v>4</v>
       </c>
       <c r="J160" s="8">
         <v>5</v>
       </c>
       <c r="K160" s="8">
         <v>6</v>
       </c>
       <c r="L160" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="161" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D161" s="8">
         <v>15</v>
       </c>
       <c r="E161" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL63="",NA(),IF(ABS((Dokumentationshilfe!$AL63-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL63-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL63-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL63-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F161" s="8">
         <v>1</v>
       </c>
       <c r="G161" s="8">
         <v>2</v>
       </c>
       <c r="H161" s="8">
         <v>3</v>
       </c>
       <c r="I161" s="8">
         <v>4</v>
       </c>
       <c r="J161" s="8">
         <v>5</v>
       </c>
       <c r="K161" s="8">
         <v>6</v>
       </c>
       <c r="L161" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="162" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D162" s="8">
         <v>16</v>
       </c>
       <c r="E162" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL64="",NA(),IF(ABS((Dokumentationshilfe!$AL64-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL64-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL64-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL64-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F162" s="8">
         <v>1</v>
       </c>
       <c r="G162" s="8">
         <v>2</v>
       </c>
       <c r="H162" s="8">
         <v>3</v>
       </c>
       <c r="I162" s="8">
         <v>4</v>
       </c>
       <c r="J162" s="8">
         <v>5</v>
       </c>
       <c r="K162" s="8">
         <v>6</v>
       </c>
       <c r="L162" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="163" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D163" s="8">
         <v>17</v>
       </c>
       <c r="E163" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL65="",NA(),IF(ABS((Dokumentationshilfe!$AL65-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL65-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL65-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL65-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F163" s="8">
         <v>1</v>
       </c>
       <c r="G163" s="8">
         <v>2</v>
       </c>
       <c r="H163" s="8">
         <v>3</v>
       </c>
       <c r="I163" s="8">
         <v>4</v>
       </c>
       <c r="J163" s="8">
         <v>5</v>
       </c>
       <c r="K163" s="8">
         <v>6</v>
       </c>
       <c r="L163" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="164" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D164" s="8">
         <v>18</v>
       </c>
       <c r="E164" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL66="",NA(),IF(ABS((Dokumentationshilfe!$AL66-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL66-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL66-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL66-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F164" s="8">
         <v>1</v>
       </c>
       <c r="G164" s="8">
         <v>2</v>
       </c>
       <c r="H164" s="8">
         <v>3</v>
       </c>
       <c r="I164" s="8">
         <v>4</v>
       </c>
       <c r="J164" s="8">
         <v>5</v>
       </c>
       <c r="K164" s="8">
         <v>6</v>
       </c>
       <c r="L164" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="165" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D165" s="8">
         <v>19</v>
       </c>
       <c r="E165" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL67="",NA(),IF(ABS((Dokumentationshilfe!$AL67-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL67-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL67-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL67-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F165" s="8">
         <v>1</v>
       </c>
       <c r="G165" s="8">
         <v>2</v>
       </c>
       <c r="H165" s="8">
         <v>3</v>
       </c>
       <c r="I165" s="8">
         <v>4</v>
       </c>
       <c r="J165" s="8">
         <v>5</v>
       </c>
       <c r="K165" s="8">
         <v>6</v>
       </c>
       <c r="L165" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="166" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D166" s="8">
         <v>20</v>
       </c>
       <c r="E166" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL68="",NA(),IF(ABS((Dokumentationshilfe!$AL68-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL68-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL68-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL68-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F166" s="8">
         <v>1</v>
       </c>
       <c r="G166" s="8">
         <v>2</v>
       </c>
       <c r="H166" s="8">
         <v>3</v>
       </c>
       <c r="I166" s="8">
         <v>4</v>
       </c>
       <c r="J166" s="8">
         <v>5</v>
       </c>
       <c r="K166" s="8">
         <v>6</v>
       </c>
       <c r="L166" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="167" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D167" s="8">
         <v>21</v>
       </c>
       <c r="E167" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL69="",NA(),IF(ABS((Dokumentationshilfe!$AL69-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL69-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL69-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL69-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F167" s="8">
         <v>1</v>
       </c>
       <c r="G167" s="8">
         <v>2</v>
       </c>
       <c r="H167" s="8">
         <v>3</v>
       </c>
       <c r="I167" s="8">
         <v>4</v>
       </c>
       <c r="J167" s="8">
         <v>5</v>
       </c>
       <c r="K167" s="8">
         <v>6</v>
       </c>
       <c r="L167" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="168" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D168" s="8">
         <v>22</v>
       </c>
       <c r="E168" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL70="",NA(),IF(ABS((Dokumentationshilfe!$AL70-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL70-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL70-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL70-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F168" s="8">
         <v>1</v>
       </c>
       <c r="G168" s="8">
         <v>2</v>
       </c>
       <c r="H168" s="8">
         <v>3</v>
       </c>
       <c r="I168" s="8">
         <v>4</v>
       </c>
       <c r="J168" s="8">
         <v>5</v>
       </c>
       <c r="K168" s="8">
         <v>6</v>
       </c>
       <c r="L168" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="169" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D169" s="8">
         <v>23</v>
       </c>
       <c r="E169" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL71="",NA(),IF(ABS((Dokumentationshilfe!$AL71-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL71-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL71-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL71-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F169" s="8">
         <v>1</v>
       </c>
       <c r="G169" s="8">
         <v>2</v>
       </c>
       <c r="H169" s="8">
         <v>3</v>
       </c>
       <c r="I169" s="8">
         <v>4</v>
       </c>
       <c r="J169" s="8">
         <v>5</v>
       </c>
       <c r="K169" s="8">
         <v>6</v>
       </c>
       <c r="L169" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="170" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D170" s="8">
         <v>24</v>
       </c>
       <c r="E170" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL72="",NA(),IF(ABS((Dokumentationshilfe!$AL72-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL72-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL72-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL72-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F170" s="8">
         <v>1</v>
       </c>
       <c r="G170" s="8">
         <v>2</v>
       </c>
       <c r="H170" s="8">
         <v>3</v>
       </c>
       <c r="I170" s="8">
         <v>4</v>
       </c>
       <c r="J170" s="8">
         <v>5</v>
       </c>
       <c r="K170" s="8">
         <v>6</v>
       </c>
       <c r="L170" s="9">
         <v>7</v>
       </c>
     </row>
     <row r="171" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="D171" s="11">
         <v>25</v>
       </c>
       <c r="E171" s="8" t="e">
-        <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(ABS((Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!)&gt;3.5,3.5*(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)+4,(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/Dokumentationshilfe!#REF!+4))</f>
-        <v>#REF!</v>
+        <f>IF(Dokumentationshilfe!$AL73="",NA(),IF(ABS((Dokumentationshilfe!$AL73-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44)&gt;3.5,3.5*(Dokumentationshilfe!$AL73-Dokumentationshilfe!$AT$47)/ABS(Dokumentationshilfe!$AL73-Dokumentationshilfe!$AT$47)+4,(Dokumentationshilfe!$AL73-Dokumentationshilfe!$AT$47)/Dokumentationshilfe!$AV$44+4))</f>
+        <v>#N/A</v>
       </c>
       <c r="F171" s="11">
         <v>1</v>
       </c>
       <c r="G171" s="11">
         <v>2</v>
       </c>
       <c r="H171" s="11">
         <v>3</v>
       </c>
       <c r="I171" s="11">
         <v>4</v>
       </c>
       <c r="J171" s="11">
         <v>5</v>
       </c>
       <c r="K171" s="11">
         <v>6</v>
       </c>
       <c r="L171" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="172" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D172" s="2"/>
       <c r="E172" s="2"/>
       <c r="F172" s="2"/>
       <c r="G172" s="2"/>
       <c r="H172" s="2"/>
       <c r="I172" s="2"/>
       <c r="J172" s="2"/>
       <c r="K172" s="2"/>
       <c r="L172" s="3"/>
       <c r="N172">
         <v>3.1</v>
       </c>
     </row>
     <row r="173" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D173" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E173" t="s">
+        <v>19</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H173" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J173" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K173" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L173" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F173" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N173" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="174" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L174" s="7"/>
       <c r="N174" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="175" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D175" s="8">
         <v>1</v>
       </c>
       <c r="E175" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F175" s="8">
         <v>1</v>
       </c>
       <c r="G175" s="8">
         <v>2</v>
       </c>
       <c r="H175" s="8">
         <v>3</v>
       </c>
       <c r="I175" s="8">
         <v>4</v>
       </c>
       <c r="J175" s="8">
         <v>5</v>
       </c>
@@ -24347,117 +33622,117 @@
       <c r="F199" s="11">
         <v>1</v>
       </c>
       <c r="G199" s="11">
         <v>2</v>
       </c>
       <c r="H199" s="11">
         <v>3</v>
       </c>
       <c r="I199" s="11">
         <v>4</v>
       </c>
       <c r="J199" s="11">
         <v>5</v>
       </c>
       <c r="K199" s="11">
         <v>6</v>
       </c>
       <c r="L199" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="200" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="201" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D201" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F201" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G201" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H201" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I201" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J201" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K201" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L201" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N201">
         <v>3.2</v>
       </c>
     </row>
     <row r="202" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L202" s="7"/>
       <c r="N202" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="203" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D203" s="8">
         <v>1</v>
       </c>
       <c r="E203" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F203" s="8">
         <v>1</v>
       </c>
       <c r="G203" s="8">
         <v>2</v>
       </c>
       <c r="H203" s="8">
         <v>3</v>
       </c>
       <c r="I203" s="8">
         <v>4</v>
       </c>
       <c r="J203" s="8">
         <v>5</v>
       </c>
       <c r="K203" s="8">
         <v>6</v>
       </c>
       <c r="L203" s="9">
         <v>7</v>
       </c>
       <c r="N203" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="204" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D204" s="8">
         <v>2</v>
       </c>
       <c r="E204" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F204" s="8">
         <v>1</v>
       </c>
       <c r="G204" s="8">
         <v>2</v>
       </c>
       <c r="H204" s="8">
         <v>3</v>
       </c>
       <c r="I204" s="8">
         <v>4</v>
       </c>
       <c r="J204" s="8">
         <v>5</v>
       </c>
@@ -25139,117 +34414,117 @@
       <c r="F227" s="11">
         <v>1</v>
       </c>
       <c r="G227" s="11">
         <v>2</v>
       </c>
       <c r="H227" s="11">
         <v>3</v>
       </c>
       <c r="I227" s="11">
         <v>4</v>
       </c>
       <c r="J227" s="11">
         <v>5</v>
       </c>
       <c r="K227" s="11">
         <v>6</v>
       </c>
       <c r="L227" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="228" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="229" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D229" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F229" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G229" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H229" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I229" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J229" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K229" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L229" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N229">
         <v>3.3</v>
       </c>
     </row>
     <row r="230" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L230" s="7"/>
       <c r="N230" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="231" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D231" s="8">
         <v>1</v>
       </c>
       <c r="E231" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F231" s="8">
         <v>1</v>
       </c>
       <c r="G231" s="8">
         <v>2</v>
       </c>
       <c r="H231" s="8">
         <v>3</v>
       </c>
       <c r="I231" s="8">
         <v>4</v>
       </c>
       <c r="J231" s="8">
         <v>5</v>
       </c>
       <c r="K231" s="8">
         <v>6</v>
       </c>
       <c r="L231" s="9">
         <v>7</v>
       </c>
       <c r="N231" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="232" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D232" s="8">
         <v>2</v>
       </c>
       <c r="E232" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F232" s="8">
         <v>1</v>
       </c>
       <c r="G232" s="8">
         <v>2</v>
       </c>
       <c r="H232" s="8">
         <v>3</v>
       </c>
       <c r="I232" s="8">
         <v>4</v>
       </c>
       <c r="J232" s="8">
         <v>5</v>
       </c>
@@ -25944,84 +35219,84 @@
         <v>5</v>
       </c>
       <c r="K255" s="11">
         <v>6</v>
       </c>
       <c r="L255" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="256" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D256" s="2"/>
       <c r="E256" s="2"/>
       <c r="F256" s="2"/>
       <c r="G256" s="2"/>
       <c r="H256" s="2"/>
       <c r="I256" s="2"/>
       <c r="J256" s="2"/>
       <c r="K256" s="2"/>
       <c r="L256" s="3"/>
       <c r="N256">
         <v>4.0999999999999996</v>
       </c>
     </row>
     <row r="257" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D257" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E257" t="s">
+        <v>19</v>
+      </c>
+      <c r="F257" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G257" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H257" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I257" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J257" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K257" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L257" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F257" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N257" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="258" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L258" s="7"/>
       <c r="N258" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="259" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D259" s="8">
         <v>1</v>
       </c>
       <c r="E259" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F259" s="8">
         <v>1</v>
       </c>
       <c r="G259" s="8">
         <v>2</v>
       </c>
       <c r="H259" s="8">
         <v>3</v>
       </c>
       <c r="I259" s="8">
         <v>4</v>
       </c>
       <c r="J259" s="8">
         <v>5</v>
       </c>
@@ -26733,117 +36008,117 @@
       <c r="F283" s="11">
         <v>1</v>
       </c>
       <c r="G283" s="11">
         <v>2</v>
       </c>
       <c r="H283" s="11">
         <v>3</v>
       </c>
       <c r="I283" s="11">
         <v>4</v>
       </c>
       <c r="J283" s="11">
         <v>5</v>
       </c>
       <c r="K283" s="11">
         <v>6</v>
       </c>
       <c r="L283" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="284" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="285" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D285" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F285" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G285" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H285" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I285" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J285" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K285" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L285" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N285">
         <v>4.2</v>
       </c>
     </row>
     <row r="286" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L286" s="7"/>
       <c r="N286" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="287" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D287" s="8">
         <v>1</v>
       </c>
       <c r="E287" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F287" s="8">
         <v>1</v>
       </c>
       <c r="G287" s="8">
         <v>2</v>
       </c>
       <c r="H287" s="8">
         <v>3</v>
       </c>
       <c r="I287" s="8">
         <v>4</v>
       </c>
       <c r="J287" s="8">
         <v>5</v>
       </c>
       <c r="K287" s="8">
         <v>6</v>
       </c>
       <c r="L287" s="9">
         <v>7</v>
       </c>
       <c r="N287" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="288" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D288" s="8">
         <v>2</v>
       </c>
       <c r="E288" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F288" s="8">
         <v>1</v>
       </c>
       <c r="G288" s="8">
         <v>2</v>
       </c>
       <c r="H288" s="8">
         <v>3</v>
       </c>
       <c r="I288" s="8">
         <v>4</v>
       </c>
       <c r="J288" s="8">
         <v>5</v>
       </c>
@@ -27525,117 +36800,117 @@
       <c r="F311" s="11">
         <v>1</v>
       </c>
       <c r="G311" s="11">
         <v>2</v>
       </c>
       <c r="H311" s="11">
         <v>3</v>
       </c>
       <c r="I311" s="11">
         <v>4</v>
       </c>
       <c r="J311" s="11">
         <v>5</v>
       </c>
       <c r="K311" s="11">
         <v>6</v>
       </c>
       <c r="L311" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="312" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="313" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D313" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F313" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G313" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H313" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I313" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J313" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K313" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L313" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N313">
         <v>4.3</v>
       </c>
     </row>
     <row r="314" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L314" s="7"/>
       <c r="N314" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="315" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D315" s="8">
         <v>1</v>
       </c>
       <c r="E315" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F315" s="8">
         <v>1</v>
       </c>
       <c r="G315" s="8">
         <v>2</v>
       </c>
       <c r="H315" s="8">
         <v>3</v>
       </c>
       <c r="I315" s="8">
         <v>4</v>
       </c>
       <c r="J315" s="8">
         <v>5</v>
       </c>
       <c r="K315" s="8">
         <v>6</v>
       </c>
       <c r="L315" s="9">
         <v>7</v>
       </c>
       <c r="N315" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="316" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D316" s="8">
         <v>2</v>
       </c>
       <c r="E316" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F316" s="8">
         <v>1</v>
       </c>
       <c r="G316" s="8">
         <v>2</v>
       </c>
       <c r="H316" s="8">
         <v>3</v>
       </c>
       <c r="I316" s="8">
         <v>4</v>
       </c>
       <c r="J316" s="8">
         <v>5</v>
       </c>
@@ -28330,84 +37605,84 @@
         <v>5</v>
       </c>
       <c r="K339" s="11">
         <v>6</v>
       </c>
       <c r="L339" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="340" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D340" s="2"/>
       <c r="E340" s="2"/>
       <c r="F340" s="2"/>
       <c r="G340" s="2"/>
       <c r="H340" s="2"/>
       <c r="I340" s="2"/>
       <c r="J340" s="2"/>
       <c r="K340" s="2"/>
       <c r="L340" s="3"/>
       <c r="N340">
         <v>5.0999999999999996</v>
       </c>
     </row>
     <row r="341" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D341" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E341" t="s">
+        <v>19</v>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G341" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H341" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J341" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K341" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L341" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F341" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N341" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="342" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L342" s="7"/>
       <c r="N342" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="343" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D343" s="8">
         <v>1</v>
       </c>
       <c r="E343" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F343" s="8">
         <v>1</v>
       </c>
       <c r="G343" s="8">
         <v>2</v>
       </c>
       <c r="H343" s="8">
         <v>3</v>
       </c>
       <c r="I343" s="8">
         <v>4</v>
       </c>
       <c r="J343" s="8">
         <v>5</v>
       </c>
@@ -29119,117 +38394,117 @@
       <c r="F367" s="11">
         <v>1</v>
       </c>
       <c r="G367" s="11">
         <v>2</v>
       </c>
       <c r="H367" s="11">
         <v>3</v>
       </c>
       <c r="I367" s="11">
         <v>4</v>
       </c>
       <c r="J367" s="11">
         <v>5</v>
       </c>
       <c r="K367" s="11">
         <v>6</v>
       </c>
       <c r="L367" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="368" spans="4:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="369" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D369" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F369" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G369" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H369" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I369" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J369" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K369" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L369" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N369">
         <v>5.2</v>
       </c>
     </row>
     <row r="370" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L370" s="7"/>
       <c r="N370" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="371" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D371" s="8">
         <v>1</v>
       </c>
       <c r="E371" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F371" s="8">
         <v>1</v>
       </c>
       <c r="G371" s="8">
         <v>2</v>
       </c>
       <c r="H371" s="8">
         <v>3</v>
       </c>
       <c r="I371" s="8">
         <v>4</v>
       </c>
       <c r="J371" s="8">
         <v>5</v>
       </c>
       <c r="K371" s="8">
         <v>6</v>
       </c>
       <c r="L371" s="9">
         <v>7</v>
       </c>
       <c r="N371" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="372" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D372" s="8">
         <v>2</v>
       </c>
       <c r="E372" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F372" s="8">
         <v>1</v>
       </c>
       <c r="G372" s="8">
         <v>2</v>
       </c>
       <c r="H372" s="8">
         <v>3</v>
       </c>
       <c r="I372" s="8">
         <v>4</v>
       </c>
       <c r="J372" s="8">
         <v>5</v>
       </c>
@@ -29911,117 +39186,117 @@
       <c r="F395" s="11">
         <v>1</v>
       </c>
       <c r="G395" s="11">
         <v>2</v>
       </c>
       <c r="H395" s="11">
         <v>3</v>
       </c>
       <c r="I395" s="11">
         <v>4</v>
       </c>
       <c r="J395" s="11">
         <v>5</v>
       </c>
       <c r="K395" s="11">
         <v>6</v>
       </c>
       <c r="L395" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="396" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="397" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D397" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F397" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G397" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H397" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I397" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J397" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K397" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L397" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N397">
         <v>5.3</v>
       </c>
     </row>
     <row r="398" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L398" s="7"/>
       <c r="N398" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="399" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D399" s="8">
         <v>1</v>
       </c>
       <c r="E399" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F399" s="8">
         <v>1</v>
       </c>
       <c r="G399" s="8">
         <v>2</v>
       </c>
       <c r="H399" s="8">
         <v>3</v>
       </c>
       <c r="I399" s="8">
         <v>4</v>
       </c>
       <c r="J399" s="8">
         <v>5</v>
       </c>
       <c r="K399" s="8">
         <v>6</v>
       </c>
       <c r="L399" s="9">
         <v>7</v>
       </c>
       <c r="N399" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="400" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D400" s="8">
         <v>2</v>
       </c>
       <c r="E400" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F400" s="8">
         <v>1</v>
       </c>
       <c r="G400" s="8">
         <v>2</v>
       </c>
       <c r="H400" s="8">
         <v>3</v>
       </c>
       <c r="I400" s="8">
         <v>4</v>
       </c>
       <c r="J400" s="8">
         <v>5</v>
       </c>
@@ -30716,84 +39991,84 @@
         <v>5</v>
       </c>
       <c r="K423" s="11">
         <v>6</v>
       </c>
       <c r="L423" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="424" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D424" s="2"/>
       <c r="E424" s="2"/>
       <c r="F424" s="2"/>
       <c r="G424" s="2"/>
       <c r="H424" s="2"/>
       <c r="I424" s="2"/>
       <c r="J424" s="2"/>
       <c r="K424" s="2"/>
       <c r="L424" s="3"/>
       <c r="N424">
         <v>6.1</v>
       </c>
     </row>
     <row r="425" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D425" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E425" t="s">
+        <v>19</v>
+      </c>
+      <c r="F425" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G425" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H425" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I425" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J425" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K425" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L425" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F425" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N425" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="426" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L426" s="7"/>
       <c r="N426" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="427" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D427" s="8">
         <v>1</v>
       </c>
       <c r="E427" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F427" s="8">
         <v>1</v>
       </c>
       <c r="G427" s="8">
         <v>2</v>
       </c>
       <c r="H427" s="8">
         <v>3</v>
       </c>
       <c r="I427" s="8">
         <v>4</v>
       </c>
       <c r="J427" s="8">
         <v>5</v>
       </c>
@@ -31505,117 +40780,117 @@
       <c r="F451" s="11">
         <v>1</v>
       </c>
       <c r="G451" s="11">
         <v>2</v>
       </c>
       <c r="H451" s="11">
         <v>3</v>
       </c>
       <c r="I451" s="11">
         <v>4</v>
       </c>
       <c r="J451" s="11">
         <v>5</v>
       </c>
       <c r="K451" s="11">
         <v>6</v>
       </c>
       <c r="L451" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="452" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="453" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D453" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F453" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G453" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H453" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I453" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J453" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K453" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L453" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N453">
         <v>6.2</v>
       </c>
     </row>
     <row r="454" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L454" s="7"/>
       <c r="N454" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="455" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D455" s="8">
         <v>1</v>
       </c>
       <c r="E455" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F455" s="8">
         <v>1</v>
       </c>
       <c r="G455" s="8">
         <v>2</v>
       </c>
       <c r="H455" s="8">
         <v>3</v>
       </c>
       <c r="I455" s="8">
         <v>4</v>
       </c>
       <c r="J455" s="8">
         <v>5</v>
       </c>
       <c r="K455" s="8">
         <v>6</v>
       </c>
       <c r="L455" s="9">
         <v>7</v>
       </c>
       <c r="N455" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="456" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D456" s="8">
         <v>2</v>
       </c>
       <c r="E456" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F456" s="8">
         <v>1</v>
       </c>
       <c r="G456" s="8">
         <v>2</v>
       </c>
       <c r="H456" s="8">
         <v>3</v>
       </c>
       <c r="I456" s="8">
         <v>4</v>
       </c>
       <c r="J456" s="8">
         <v>5</v>
       </c>
@@ -32297,117 +41572,117 @@
       <c r="F479" s="11">
         <v>1</v>
       </c>
       <c r="G479" s="11">
         <v>2</v>
       </c>
       <c r="H479" s="11">
         <v>3</v>
       </c>
       <c r="I479" s="11">
         <v>4</v>
       </c>
       <c r="J479" s="11">
         <v>5</v>
       </c>
       <c r="K479" s="11">
         <v>6</v>
       </c>
       <c r="L479" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="480" spans="4:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="481" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D481" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F481" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G481" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H481" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I481" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J481" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K481" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L481" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N481">
         <v>6.3</v>
       </c>
     </row>
     <row r="482" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L482" s="7"/>
       <c r="N482" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="483" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D483" s="8">
         <v>1</v>
       </c>
       <c r="E483" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F483" s="8">
         <v>1</v>
       </c>
       <c r="G483" s="8">
         <v>2</v>
       </c>
       <c r="H483" s="8">
         <v>3</v>
       </c>
       <c r="I483" s="8">
         <v>4</v>
       </c>
       <c r="J483" s="8">
         <v>5</v>
       </c>
       <c r="K483" s="8">
         <v>6</v>
       </c>
       <c r="L483" s="9">
         <v>7</v>
       </c>
       <c r="N483" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="484" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D484" s="8">
         <v>2</v>
       </c>
       <c r="E484" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F484" s="8">
         <v>1</v>
       </c>
       <c r="G484" s="8">
         <v>2</v>
       </c>
       <c r="H484" s="8">
         <v>3</v>
       </c>
       <c r="I484" s="8">
         <v>4</v>
       </c>
       <c r="J484" s="8">
         <v>5</v>
       </c>
@@ -33102,84 +42377,84 @@
         <v>5</v>
       </c>
       <c r="K507" s="11">
         <v>6</v>
       </c>
       <c r="L507" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="508" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D508" s="2"/>
       <c r="E508" s="2"/>
       <c r="F508" s="2"/>
       <c r="G508" s="2"/>
       <c r="H508" s="2"/>
       <c r="I508" s="2"/>
       <c r="J508" s="2"/>
       <c r="K508" s="2"/>
       <c r="L508" s="3"/>
       <c r="N508">
         <v>7.1</v>
       </c>
     </row>
     <row r="509" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D509" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E509" t="s">
+        <v>19</v>
+      </c>
+      <c r="F509" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G509" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H509" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I509" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J509" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K509" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L509" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F509" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N509" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="510" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L510" s="7"/>
       <c r="N510" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="511" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D511" s="8">
         <v>1</v>
       </c>
       <c r="E511" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F511" s="8">
         <v>1</v>
       </c>
       <c r="G511" s="8">
         <v>2</v>
       </c>
       <c r="H511" s="8">
         <v>3</v>
       </c>
       <c r="I511" s="8">
         <v>4</v>
       </c>
       <c r="J511" s="8">
         <v>5</v>
       </c>
@@ -33891,117 +43166,117 @@
       <c r="F535" s="11">
         <v>1</v>
       </c>
       <c r="G535" s="11">
         <v>2</v>
       </c>
       <c r="H535" s="11">
         <v>3</v>
       </c>
       <c r="I535" s="11">
         <v>4</v>
       </c>
       <c r="J535" s="11">
         <v>5</v>
       </c>
       <c r="K535" s="11">
         <v>6</v>
       </c>
       <c r="L535" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="536" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="537" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D537" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F537" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G537" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H537" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I537" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J537" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K537" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L537" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N537">
         <v>7.2</v>
       </c>
     </row>
     <row r="538" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L538" s="7"/>
       <c r="N538" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="539" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D539" s="8">
         <v>1</v>
       </c>
       <c r="E539" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F539" s="8">
         <v>1</v>
       </c>
       <c r="G539" s="8">
         <v>2</v>
       </c>
       <c r="H539" s="8">
         <v>3</v>
       </c>
       <c r="I539" s="8">
         <v>4</v>
       </c>
       <c r="J539" s="8">
         <v>5</v>
       </c>
       <c r="K539" s="8">
         <v>6</v>
       </c>
       <c r="L539" s="9">
         <v>7</v>
       </c>
       <c r="N539" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="540" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D540" s="8">
         <v>2</v>
       </c>
       <c r="E540" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F540" s="8">
         <v>1</v>
       </c>
       <c r="G540" s="8">
         <v>2</v>
       </c>
       <c r="H540" s="8">
         <v>3</v>
       </c>
       <c r="I540" s="8">
         <v>4</v>
       </c>
       <c r="J540" s="8">
         <v>5</v>
       </c>
@@ -34683,117 +43958,117 @@
       <c r="F563" s="11">
         <v>1</v>
       </c>
       <c r="G563" s="11">
         <v>2</v>
       </c>
       <c r="H563" s="11">
         <v>3</v>
       </c>
       <c r="I563" s="11">
         <v>4</v>
       </c>
       <c r="J563" s="11">
         <v>5</v>
       </c>
       <c r="K563" s="11">
         <v>6</v>
       </c>
       <c r="L563" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="564" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="565" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D565" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F565" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G565" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H565" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I565" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J565" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K565" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L565" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N565">
         <v>7.3</v>
       </c>
     </row>
     <row r="566" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L566" s="7"/>
       <c r="N566" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="567" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D567" s="8">
         <v>1</v>
       </c>
       <c r="E567" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F567" s="8">
         <v>1</v>
       </c>
       <c r="G567" s="8">
         <v>2</v>
       </c>
       <c r="H567" s="8">
         <v>3</v>
       </c>
       <c r="I567" s="8">
         <v>4</v>
       </c>
       <c r="J567" s="8">
         <v>5</v>
       </c>
       <c r="K567" s="8">
         <v>6</v>
       </c>
       <c r="L567" s="9">
         <v>7</v>
       </c>
       <c r="N567" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="568" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D568" s="8">
         <v>2</v>
       </c>
       <c r="E568" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F568" s="8">
         <v>1</v>
       </c>
       <c r="G568" s="8">
         <v>2</v>
       </c>
       <c r="H568" s="8">
         <v>3</v>
       </c>
       <c r="I568" s="8">
         <v>4</v>
       </c>
       <c r="J568" s="8">
         <v>5</v>
       </c>
@@ -35488,84 +44763,84 @@
         <v>5</v>
       </c>
       <c r="K591" s="11">
         <v>6</v>
       </c>
       <c r="L591" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="592" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D592" s="2"/>
       <c r="E592" s="2"/>
       <c r="F592" s="2"/>
       <c r="G592" s="2"/>
       <c r="H592" s="2"/>
       <c r="I592" s="2"/>
       <c r="J592" s="2"/>
       <c r="K592" s="2"/>
       <c r="L592" s="3"/>
       <c r="N592">
         <v>8.1</v>
       </c>
     </row>
     <row r="593" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D593" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E593" t="s">
+        <v>19</v>
+      </c>
+      <c r="F593" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G593" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H593" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I593" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J593" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K593" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L593" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F593" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N593" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="594" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L594" s="7"/>
       <c r="N594" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="595" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D595" s="8">
         <v>1</v>
       </c>
       <c r="E595" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F595" s="8">
         <v>1</v>
       </c>
       <c r="G595" s="8">
         <v>2</v>
       </c>
       <c r="H595" s="8">
         <v>3</v>
       </c>
       <c r="I595" s="8">
         <v>4</v>
       </c>
       <c r="J595" s="8">
         <v>5</v>
       </c>
@@ -36277,117 +45552,117 @@
       <c r="F619" s="11">
         <v>1</v>
       </c>
       <c r="G619" s="11">
         <v>2</v>
       </c>
       <c r="H619" s="11">
         <v>3</v>
       </c>
       <c r="I619" s="11">
         <v>4</v>
       </c>
       <c r="J619" s="11">
         <v>5</v>
       </c>
       <c r="K619" s="11">
         <v>6</v>
       </c>
       <c r="L619" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="620" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="621" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D621" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F621" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G621" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H621" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I621" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J621" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K621" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L621" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N621">
         <v>8.1999999999999993</v>
       </c>
     </row>
     <row r="622" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L622" s="7"/>
       <c r="N622" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="623" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D623" s="8">
         <v>1</v>
       </c>
       <c r="E623" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F623" s="8">
         <v>1</v>
       </c>
       <c r="G623" s="8">
         <v>2</v>
       </c>
       <c r="H623" s="8">
         <v>3</v>
       </c>
       <c r="I623" s="8">
         <v>4</v>
       </c>
       <c r="J623" s="8">
         <v>5</v>
       </c>
       <c r="K623" s="8">
         <v>6</v>
       </c>
       <c r="L623" s="9">
         <v>7</v>
       </c>
       <c r="N623" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="624" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D624" s="8">
         <v>2</v>
       </c>
       <c r="E624" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F624" s="8">
         <v>1</v>
       </c>
       <c r="G624" s="8">
         <v>2</v>
       </c>
       <c r="H624" s="8">
         <v>3</v>
       </c>
       <c r="I624" s="8">
         <v>4</v>
       </c>
       <c r="J624" s="8">
         <v>5</v>
       </c>
@@ -37069,117 +46344,117 @@
       <c r="F647" s="11">
         <v>1</v>
       </c>
       <c r="G647" s="11">
         <v>2</v>
       </c>
       <c r="H647" s="11">
         <v>3</v>
       </c>
       <c r="I647" s="11">
         <v>4</v>
       </c>
       <c r="J647" s="11">
         <v>5</v>
       </c>
       <c r="K647" s="11">
         <v>6</v>
       </c>
       <c r="L647" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="648" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="649" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D649" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F649" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G649" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H649" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I649" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J649" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K649" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L649" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N649">
         <v>8.3000000000000007</v>
       </c>
     </row>
     <row r="650" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L650" s="7"/>
       <c r="N650" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="651" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D651" s="8">
         <v>1</v>
       </c>
       <c r="E651" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F651" s="8">
         <v>1</v>
       </c>
       <c r="G651" s="8">
         <v>2</v>
       </c>
       <c r="H651" s="8">
         <v>3</v>
       </c>
       <c r="I651" s="8">
         <v>4</v>
       </c>
       <c r="J651" s="8">
         <v>5</v>
       </c>
       <c r="K651" s="8">
         <v>6</v>
       </c>
       <c r="L651" s="9">
         <v>7</v>
       </c>
       <c r="N651" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="652" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D652" s="8">
         <v>2</v>
       </c>
       <c r="E652" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F652" s="8">
         <v>1</v>
       </c>
       <c r="G652" s="8">
         <v>2</v>
       </c>
       <c r="H652" s="8">
         <v>3</v>
       </c>
       <c r="I652" s="8">
         <v>4</v>
       </c>
       <c r="J652" s="8">
         <v>5</v>
       </c>
@@ -37874,84 +47149,84 @@
         <v>5</v>
       </c>
       <c r="K675" s="11">
         <v>6</v>
       </c>
       <c r="L675" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="676" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D676" s="2"/>
       <c r="E676" s="2"/>
       <c r="F676" s="2"/>
       <c r="G676" s="2"/>
       <c r="H676" s="2"/>
       <c r="I676" s="2"/>
       <c r="J676" s="2"/>
       <c r="K676" s="2"/>
       <c r="L676" s="3"/>
       <c r="N676">
         <v>9.1</v>
       </c>
     </row>
     <row r="677" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D677" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E677" t="s">
+        <v>19</v>
+      </c>
+      <c r="F677" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G677" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H677" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I677" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J677" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K677" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L677" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F677" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N677" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="678" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L678" s="7"/>
       <c r="N678" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="679" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D679" s="8">
         <v>1</v>
       </c>
       <c r="E679" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F679" s="8">
         <v>1</v>
       </c>
       <c r="G679" s="8">
         <v>2</v>
       </c>
       <c r="H679" s="8">
         <v>3</v>
       </c>
       <c r="I679" s="8">
         <v>4</v>
       </c>
       <c r="J679" s="8">
         <v>5</v>
       </c>
@@ -38663,117 +47938,117 @@
       <c r="F703" s="11">
         <v>1</v>
       </c>
       <c r="G703" s="11">
         <v>2</v>
       </c>
       <c r="H703" s="11">
         <v>3</v>
       </c>
       <c r="I703" s="11">
         <v>4</v>
       </c>
       <c r="J703" s="11">
         <v>5</v>
       </c>
       <c r="K703" s="11">
         <v>6</v>
       </c>
       <c r="L703" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="704" spans="4:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="705" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D705" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F705" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G705" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H705" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I705" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J705" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K705" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L705" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N705">
         <v>9.1999999999999993</v>
       </c>
     </row>
     <row r="706" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L706" s="7"/>
       <c r="N706" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="707" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D707" s="8">
         <v>1</v>
       </c>
       <c r="E707" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F707" s="8">
         <v>1</v>
       </c>
       <c r="G707" s="8">
         <v>2</v>
       </c>
       <c r="H707" s="8">
         <v>3</v>
       </c>
       <c r="I707" s="8">
         <v>4</v>
       </c>
       <c r="J707" s="8">
         <v>5</v>
       </c>
       <c r="K707" s="8">
         <v>6</v>
       </c>
       <c r="L707" s="9">
         <v>7</v>
       </c>
       <c r="N707" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="708" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D708" s="8">
         <v>2</v>
       </c>
       <c r="E708" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F708" s="8">
         <v>1</v>
       </c>
       <c r="G708" s="8">
         <v>2</v>
       </c>
       <c r="H708" s="8">
         <v>3</v>
       </c>
       <c r="I708" s="8">
         <v>4</v>
       </c>
       <c r="J708" s="8">
         <v>5</v>
       </c>
@@ -39455,117 +48730,117 @@
       <c r="F731" s="11">
         <v>1</v>
       </c>
       <c r="G731" s="11">
         <v>2</v>
       </c>
       <c r="H731" s="11">
         <v>3</v>
       </c>
       <c r="I731" s="11">
         <v>4</v>
       </c>
       <c r="J731" s="11">
         <v>5</v>
       </c>
       <c r="K731" s="11">
         <v>6</v>
       </c>
       <c r="L731" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="732" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="733" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D733" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F733" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G733" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H733" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I733" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J733" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K733" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L733" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N733">
         <v>9.3000000000000007</v>
       </c>
     </row>
     <row r="734" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L734" s="7"/>
       <c r="N734" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="735" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D735" s="8">
         <v>1</v>
       </c>
       <c r="E735" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F735" s="8">
         <v>1</v>
       </c>
       <c r="G735" s="8">
         <v>2</v>
       </c>
       <c r="H735" s="8">
         <v>3</v>
       </c>
       <c r="I735" s="8">
         <v>4</v>
       </c>
       <c r="J735" s="8">
         <v>5</v>
       </c>
       <c r="K735" s="8">
         <v>6</v>
       </c>
       <c r="L735" s="9">
         <v>7</v>
       </c>
       <c r="N735" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="736" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D736" s="8">
         <v>2</v>
       </c>
       <c r="E736" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F736" s="8">
         <v>1</v>
       </c>
       <c r="G736" s="8">
         <v>2</v>
       </c>
       <c r="H736" s="8">
         <v>3</v>
       </c>
       <c r="I736" s="8">
         <v>4</v>
       </c>
       <c r="J736" s="8">
         <v>5</v>
       </c>
@@ -40260,84 +49535,84 @@
         <v>5</v>
       </c>
       <c r="K759" s="11">
         <v>6</v>
       </c>
       <c r="L759" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="760" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D760" s="2"/>
       <c r="E760" s="2"/>
       <c r="F760" s="2"/>
       <c r="G760" s="2"/>
       <c r="H760" s="2"/>
       <c r="I760" s="2"/>
       <c r="J760" s="2"/>
       <c r="K760" s="2"/>
       <c r="L760" s="3"/>
       <c r="N760">
         <v>10.1</v>
       </c>
     </row>
     <row r="761" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D761" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E761" t="s">
+        <v>19</v>
+      </c>
+      <c r="F761" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G761" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="H761" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I761" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J761" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K761" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="L761" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F761" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N761" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="762" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L762" s="7"/>
       <c r="N762" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="763" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D763" s="8">
         <v>1</v>
       </c>
       <c r="E763" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F763" s="8">
         <v>1</v>
       </c>
       <c r="G763" s="8">
         <v>2</v>
       </c>
       <c r="H763" s="8">
         <v>3</v>
       </c>
       <c r="I763" s="8">
         <v>4</v>
       </c>
       <c r="J763" s="8">
         <v>5</v>
       </c>
@@ -41049,117 +50324,117 @@
       <c r="F787" s="11">
         <v>1</v>
       </c>
       <c r="G787" s="11">
         <v>2</v>
       </c>
       <c r="H787" s="11">
         <v>3</v>
       </c>
       <c r="I787" s="11">
         <v>4</v>
       </c>
       <c r="J787" s="11">
         <v>5</v>
       </c>
       <c r="K787" s="11">
         <v>6</v>
       </c>
       <c r="L787" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="788" spans="4:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="789" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D789" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E789" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F789" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G789" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H789" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I789" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J789" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K789" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L789" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N789">
         <v>10.199999999999999</v>
       </c>
     </row>
     <row r="790" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L790" s="7"/>
       <c r="N790" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="791" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D791" s="8">
         <v>1</v>
       </c>
       <c r="E791" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F791" s="8">
         <v>1</v>
       </c>
       <c r="G791" s="8">
         <v>2</v>
       </c>
       <c r="H791" s="8">
         <v>3</v>
       </c>
       <c r="I791" s="8">
         <v>4</v>
       </c>
       <c r="J791" s="8">
         <v>5</v>
       </c>
       <c r="K791" s="8">
         <v>6</v>
       </c>
       <c r="L791" s="9">
         <v>7</v>
       </c>
       <c r="N791" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="792" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D792" s="8">
         <v>2</v>
       </c>
       <c r="E792" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F792" s="8">
         <v>1</v>
       </c>
       <c r="G792" s="8">
         <v>2</v>
       </c>
       <c r="H792" s="8">
         <v>3</v>
       </c>
       <c r="I792" s="8">
         <v>4</v>
       </c>
       <c r="J792" s="8">
         <v>5</v>
       </c>
@@ -41841,117 +51116,117 @@
       <c r="F815" s="11">
         <v>1</v>
       </c>
       <c r="G815" s="11">
         <v>2</v>
       </c>
       <c r="H815" s="11">
         <v>3</v>
       </c>
       <c r="I815" s="11">
         <v>4</v>
       </c>
       <c r="J815" s="11">
         <v>5</v>
       </c>
       <c r="K815" s="11">
         <v>6</v>
       </c>
       <c r="L815" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="816" spans="4:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="817" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D817" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E817" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F817" s="13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G817" s="13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H817" s="13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I817" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J817" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K817" s="13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L817" s="14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="N817">
         <v>10.3</v>
       </c>
     </row>
     <row r="818" spans="4:14" x14ac:dyDescent="0.2">
       <c r="L818" s="7"/>
       <c r="N818" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="819" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D819" s="8">
         <v>1</v>
       </c>
       <c r="E819" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F819" s="8">
         <v>1</v>
       </c>
       <c r="G819" s="8">
         <v>2</v>
       </c>
       <c r="H819" s="8">
         <v>3</v>
       </c>
       <c r="I819" s="8">
         <v>4</v>
       </c>
       <c r="J819" s="8">
         <v>5</v>
       </c>
       <c r="K819" s="8">
         <v>6</v>
       </c>
       <c r="L819" s="9">
         <v>7</v>
       </c>
       <c r="N819" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="820" spans="4:14" x14ac:dyDescent="0.2">
       <c r="D820" s="8">
         <v>2</v>
       </c>
       <c r="E820" s="8" t="e">
         <f>IF(Dokumentationshilfe!#REF!="",NA(),IF(Dokumentationshilfe!#REF!&lt;Dokumentationshilfe!#REF!,0.9,IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,1+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,2+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,3+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,4+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,5+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),IF(Dokumentationshilfe!#REF!&lt;=Dokumentationshilfe!#REF!,6+(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!)/ABS(Dokumentationshilfe!#REF!-Dokumentationshilfe!#REF!),7.1))))))))</f>
         <v>#REF!</v>
       </c>
       <c r="F820" s="8">
         <v>1</v>
       </c>
       <c r="G820" s="8">
         <v>2</v>
       </c>
       <c r="H820" s="8">
         <v>3</v>
       </c>
       <c r="I820" s="8">
         <v>4</v>
       </c>
       <c r="J820" s="8">
         <v>5</v>
       </c>
@@ -42631,50 +51906,51 @@
         <v>#REF!</v>
       </c>
       <c r="F843" s="11">
         <v>1</v>
       </c>
       <c r="G843" s="11">
         <v>2</v>
       </c>
       <c r="H843" s="11">
         <v>3</v>
       </c>
       <c r="I843" s="11">
         <v>4</v>
       </c>
       <c r="J843" s="11">
         <v>5</v>
       </c>
       <c r="K843" s="11">
         <v>6</v>
       </c>
       <c r="L843" s="12">
         <v>7</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="rBaldqlvXvr7d2nMMFFyRbgwSj/D3s0MkeCc+rsYOWlx+iODWSjh1fmRPJTNuklINnj3cabbDQRKo22P4fWolA==" saltValue="mj8Mi4AdAPXYwnTAqgmmhA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="Q28:U35"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <tableParts count="5">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">