--- v0 (2025-10-02)
+++ v1 (2025-12-31)
@@ -23,75 +23,78 @@
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Labor PMC\7. Qualitätskontrollen\Interne QC\AFIAS-Spezifisch\Vitamin D Boditech Control\VE19\Zielwerte\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71CA9210-F280-46AB-9BF0-0A62AA8FBC1B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8D2EAB1-D430-45E2-81DE-8A3E1009977D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dokumentationshilfe" sheetId="1" r:id="rId1"/>
     <sheet name="Zielwerte im A4-Format" sheetId="4" r:id="rId2"/>
     <sheet name="Rechnungshilfen" sheetId="5" state="hidden" r:id="rId3"/>
     <sheet name="Qualabtoleranzen&amp;Einheiten" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="Hilfstabelle" sheetId="2" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Dokumentationshilfe!$A$1:$BD$37</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Dokumentationshilfe!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D25" i="5" l="1"/>
   <c r="G26" i="5"/>
   <c r="D26" i="5"/>
   <c r="F15" i="5" a="1"/>
   <c r="F15" i="5" s="1"/>
   <c r="G23" i="5"/>
   <c r="G25" i="5" s="1"/>
   <c r="G22" i="5"/>
   <c r="G21" i="5"/>
   <c r="G20" i="5"/>
   <c r="D24" i="5"/>
   <c r="D23" i="5"/>
   <c r="D22" i="5"/>
   <c r="D21" i="5"/>
   <c r="D20" i="5"/>
   <c r="X8" i="2"/>
   <c r="X7" i="2"/>
   <c r="X6" i="2"/>
@@ -1798,69 +1801,95 @@
   <si>
     <t>Parameterauswahl:</t>
   </si>
   <si>
     <t>Es handelt sich sehr wahrscheinlich um zwei verschiedene Messwerte. Die Werte unterscheiden sich signifikant. Wenn die gemessene Differenz größer als die kritische Differenz ist, kann der Unterschied nicht allein durch die Messungenauigkeit des Analysesystems erklärt werden. Es kann somit davon ausgegangen werden, dass es sich tatsächlich um zwei verschiedene Werte handelt.</t>
   </si>
   <si>
     <t>Es gibt keinen signifikanten Unterschied zwischen den Messwerten. Wenn die Differenz der Messwerte kleiner als die kritische Differenz ist, kann aufgrund der erwarteten Messungenauigkeit des Analysesystems nicht zwischen den Werten unterschieden werden.</t>
   </si>
   <si>
     <t>Bemerkungen:</t>
   </si>
   <si>
     <t>Test</t>
   </si>
   <si>
     <t>Level / Lot</t>
   </si>
   <si>
     <t>AFIAS</t>
   </si>
   <si>
     <t>Vitamin D Kontrolle</t>
   </si>
   <si>
-    <t>Level 1</t>
+    <t>VDCOVE19</t>
   </si>
   <si>
-    <t>Level 2</t>
+    <r>
+      <t xml:space="preserve">Level 1
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Lot. VEVBB77X, VEVXC18X</t>
+    </r>
   </si>
   <si>
-    <t>VDCOVE19</t>
+    <r>
+      <t xml:space="preserve">Level 2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Lot. VEVBB77X, VEVXC18X</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="####################################0.##############################"/>
   </numFmts>
-  <fonts count="34" x14ac:knownFonts="1">
+  <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -2013,50 +2042,57 @@
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -3117,51 +3153,51 @@
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="32" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="220">
+  <cellXfs count="224">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -3468,263 +3504,263 @@
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="70" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="16" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="16" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="16" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...144 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="6" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="6" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="6" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
@@ -3776,50 +3812,62 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="63" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Komma" xfId="2" builtinId="3"/>
     <cellStyle name="Prozent" xfId="1" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="116">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
@@ -10813,969 +10861,969 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BD38"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="T16" sqref="T16"/>
+      <selection activeCell="T17" sqref="T17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="16" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="16" customWidth="1"/>
     <col min="3" max="3" width="3.42578125" style="16" customWidth="1"/>
     <col min="4" max="17" width="2.5703125" style="16" customWidth="1"/>
     <col min="18" max="18" width="3.7109375" style="16" customWidth="1"/>
     <col min="19" max="19" width="13.42578125" style="16" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="16" customWidth="1"/>
     <col min="21" max="21" width="3.42578125" style="16" customWidth="1"/>
     <col min="22" max="35" width="2.5703125" style="16" customWidth="1"/>
     <col min="36" max="36" width="3.7109375" style="16" customWidth="1"/>
     <col min="37" max="37" width="13.42578125" style="16" customWidth="1"/>
     <col min="38" max="38" width="7.7109375" style="16" customWidth="1"/>
     <col min="39" max="39" width="3.42578125" style="16" customWidth="1"/>
     <col min="40" max="53" width="2.5703125" style="16" customWidth="1"/>
     <col min="54" max="54" width="1.7109375" style="16" customWidth="1"/>
     <col min="55" max="16384" width="11.42578125" style="16"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:56" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="162" t="s">
+      <c r="A1" s="142" t="s">
         <v>25</v>
       </c>
-      <c r="B1" s="163"/>
-      <c r="C1" s="163" t="s">
+      <c r="B1" s="124"/>
+      <c r="C1" s="124" t="s">
         <v>263</v>
       </c>
-      <c r="D1" s="163"/>
-[...40 lines deleted...]
-      <c r="AS1" s="170"/>
+      <c r="D1" s="124"/>
+      <c r="E1" s="124"/>
+      <c r="F1" s="124"/>
+      <c r="G1" s="124"/>
+      <c r="H1" s="124"/>
+      <c r="I1" s="124"/>
+      <c r="J1" s="124"/>
+      <c r="K1" s="124"/>
+      <c r="L1" s="124"/>
+      <c r="M1" s="124"/>
+      <c r="N1" s="124"/>
+      <c r="O1" s="124"/>
+      <c r="P1" s="124"/>
+      <c r="Q1" s="124"/>
+      <c r="R1" s="124"/>
+      <c r="S1" s="124"/>
+      <c r="T1" s="124"/>
+      <c r="U1" s="124"/>
+      <c r="V1" s="124"/>
+      <c r="W1" s="124"/>
+      <c r="X1" s="124"/>
+      <c r="Y1" s="124"/>
+      <c r="Z1" s="124"/>
+      <c r="AA1" s="124"/>
+      <c r="AB1" s="124"/>
+      <c r="AC1" s="124"/>
+      <c r="AD1" s="124"/>
+      <c r="AE1" s="124"/>
+      <c r="AF1" s="124"/>
+      <c r="AG1" s="124"/>
+      <c r="AH1" s="124"/>
+      <c r="AI1" s="124"/>
+      <c r="AJ1" s="124"/>
+      <c r="AK1" s="124"/>
+      <c r="AL1" s="124"/>
+      <c r="AM1" s="124"/>
+      <c r="AN1" s="124"/>
+      <c r="AO1" s="124"/>
+      <c r="AP1" s="124"/>
+      <c r="AQ1" s="124"/>
+      <c r="AR1" s="124"/>
+      <c r="AS1" s="125"/>
       <c r="AT1" s="15"/>
       <c r="AU1" s="15"/>
       <c r="AV1" s="15"/>
       <c r="AW1" s="15"/>
       <c r="AX1" s="15"/>
       <c r="AY1" s="15"/>
       <c r="AZ1" s="15"/>
       <c r="BA1" s="15"/>
     </row>
     <row r="2" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="164"/>
-[...43 lines deleted...]
-      <c r="AS2" s="171"/>
+      <c r="A2" s="143"/>
+      <c r="B2" s="126"/>
+      <c r="C2" s="126"/>
+      <c r="D2" s="126"/>
+      <c r="E2" s="126"/>
+      <c r="F2" s="126"/>
+      <c r="G2" s="126"/>
+      <c r="H2" s="126"/>
+      <c r="I2" s="126"/>
+      <c r="J2" s="126"/>
+      <c r="K2" s="126"/>
+      <c r="L2" s="126"/>
+      <c r="M2" s="126"/>
+      <c r="N2" s="126"/>
+      <c r="O2" s="126"/>
+      <c r="P2" s="126"/>
+      <c r="Q2" s="126"/>
+      <c r="R2" s="126"/>
+      <c r="S2" s="126"/>
+      <c r="T2" s="126"/>
+      <c r="U2" s="126"/>
+      <c r="V2" s="126"/>
+      <c r="W2" s="126"/>
+      <c r="X2" s="126"/>
+      <c r="Y2" s="126"/>
+      <c r="Z2" s="126"/>
+      <c r="AA2" s="126"/>
+      <c r="AB2" s="126"/>
+      <c r="AC2" s="126"/>
+      <c r="AD2" s="126"/>
+      <c r="AE2" s="126"/>
+      <c r="AF2" s="126"/>
+      <c r="AG2" s="126"/>
+      <c r="AH2" s="126"/>
+      <c r="AI2" s="126"/>
+      <c r="AJ2" s="126"/>
+      <c r="AK2" s="126"/>
+      <c r="AL2" s="126"/>
+      <c r="AM2" s="126"/>
+      <c r="AN2" s="126"/>
+      <c r="AO2" s="126"/>
+      <c r="AP2" s="126"/>
+      <c r="AQ2" s="126"/>
+      <c r="AR2" s="126"/>
+      <c r="AS2" s="127"/>
       <c r="AT2" s="15"/>
       <c r="AU2" s="15"/>
       <c r="AV2" s="15"/>
       <c r="AW2" s="15"/>
       <c r="AX2" s="15"/>
       <c r="AY2" s="15"/>
       <c r="AZ2" s="15"/>
       <c r="BA2" s="15"/>
     </row>
     <row r="3" spans="1:56" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="166" t="s">
+      <c r="A3" s="144" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="155"/>
-      <c r="C3" s="167" t="s">
+      <c r="B3" s="145"/>
+      <c r="C3" s="146" t="s">
         <v>264</v>
       </c>
-      <c r="D3" s="167"/>
-[...12 lines deleted...]
-      <c r="Q3" s="167"/>
+      <c r="D3" s="146"/>
+      <c r="E3" s="146"/>
+      <c r="F3" s="146"/>
+      <c r="G3" s="146"/>
+      <c r="H3" s="146"/>
+      <c r="I3" s="146"/>
+      <c r="J3" s="146"/>
+      <c r="K3" s="146"/>
+      <c r="L3" s="146"/>
+      <c r="M3" s="146"/>
+      <c r="N3" s="146"/>
+      <c r="O3" s="146"/>
+      <c r="P3" s="146"/>
+      <c r="Q3" s="146"/>
       <c r="R3" s="119"/>
       <c r="S3" s="119" t="s">
         <v>26</v>
       </c>
-      <c r="T3" s="167" t="s">
-[...13 lines deleted...]
-      <c r="AF3" s="155" t="s">
+      <c r="T3" s="146" t="s">
+        <v>265</v>
+      </c>
+      <c r="U3" s="146"/>
+      <c r="V3" s="146"/>
+      <c r="W3" s="146"/>
+      <c r="X3" s="146"/>
+      <c r="Y3" s="146"/>
+      <c r="Z3" s="146"/>
+      <c r="AA3" s="146"/>
+      <c r="AB3" s="146"/>
+      <c r="AC3" s="146"/>
+      <c r="AD3" s="146"/>
+      <c r="AE3" s="146"/>
+      <c r="AF3" s="145" t="s">
         <v>28</v>
       </c>
-      <c r="AG3" s="155"/>
-[...3 lines deleted...]
-      <c r="AK3" s="172">
+      <c r="AG3" s="145"/>
+      <c r="AH3" s="145"/>
+      <c r="AI3" s="145"/>
+      <c r="AJ3" s="145"/>
+      <c r="AK3" s="128">
         <v>46143</v>
       </c>
-      <c r="AL3" s="172"/>
-[...6 lines deleted...]
-      <c r="AS3" s="173"/>
+      <c r="AL3" s="128"/>
+      <c r="AM3" s="128"/>
+      <c r="AN3" s="128"/>
+      <c r="AO3" s="128"/>
+      <c r="AP3" s="128"/>
+      <c r="AQ3" s="128"/>
+      <c r="AR3" s="128"/>
+      <c r="AS3" s="129"/>
       <c r="AT3" s="57"/>
       <c r="AU3" s="57"/>
       <c r="AV3" s="17"/>
       <c r="AW3" s="17"/>
       <c r="AX3" s="17"/>
       <c r="AY3" s="17"/>
       <c r="AZ3" s="17"/>
       <c r="BA3" s="17"/>
     </row>
     <row r="4" spans="1:56" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="161" t="str">
+      <c r="A4" s="160" t="str">
         <f>IF(V4="","Welche Art von Vorlage wird benötigt? Wählen Sie im orangen Feld (rechts) aus.","")</f>
         <v/>
       </c>
-      <c r="B4" s="161"/>
-[...19 lines deleted...]
-      <c r="V4" s="160" t="s">
+      <c r="B4" s="160"/>
+      <c r="C4" s="160"/>
+      <c r="D4" s="160"/>
+      <c r="E4" s="160"/>
+      <c r="F4" s="160"/>
+      <c r="G4" s="160"/>
+      <c r="H4" s="160"/>
+      <c r="I4" s="160"/>
+      <c r="J4" s="160"/>
+      <c r="K4" s="160"/>
+      <c r="L4" s="160"/>
+      <c r="M4" s="160"/>
+      <c r="N4" s="160"/>
+      <c r="O4" s="160"/>
+      <c r="P4" s="160"/>
+      <c r="Q4" s="160"/>
+      <c r="R4" s="160"/>
+      <c r="S4" s="160"/>
+      <c r="T4" s="160"/>
+      <c r="U4" s="160"/>
+      <c r="V4" s="159" t="s">
         <v>32</v>
       </c>
-      <c r="W4" s="160"/>
-[...14 lines deleted...]
-      <c r="AM4" s="122" t="str">
+      <c r="W4" s="159"/>
+      <c r="X4" s="159"/>
+      <c r="Y4" s="159"/>
+      <c r="Z4" s="159"/>
+      <c r="AA4" s="159"/>
+      <c r="AB4" s="159"/>
+      <c r="AC4" s="159"/>
+      <c r="AD4" s="159"/>
+      <c r="AE4" s="159"/>
+      <c r="AF4" s="159"/>
+      <c r="AG4" s="159"/>
+      <c r="AH4" s="159"/>
+      <c r="AI4" s="159"/>
+      <c r="AJ4" s="159"/>
+      <c r="AK4" s="159"/>
+      <c r="AM4" s="169" t="str">
         <f>IF($V$4="","Nach jedem Gebrauch eine neue Vorlage öffnen -&gt; Speichern unter","")</f>
         <v/>
       </c>
-      <c r="AN4" s="122"/>
-[...14 lines deleted...]
-      <c r="BC4" s="122"/>
+      <c r="AN4" s="169"/>
+      <c r="AO4" s="169"/>
+      <c r="AP4" s="169"/>
+      <c r="AQ4" s="169"/>
+      <c r="AR4" s="169"/>
+      <c r="AS4" s="169"/>
+      <c r="AT4" s="169"/>
+      <c r="AU4" s="169"/>
+      <c r="AV4" s="169"/>
+      <c r="AW4" s="169"/>
+      <c r="AX4" s="169"/>
+      <c r="AY4" s="169"/>
+      <c r="AZ4" s="169"/>
+      <c r="BA4" s="169"/>
+      <c r="BB4" s="169"/>
+      <c r="BC4" s="169"/>
     </row>
     <row r="5" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="156" t="s">
+      <c r="A5" s="152" t="s">
         <v>53</v>
       </c>
-      <c r="B5" s="157"/>
+      <c r="B5" s="153"/>
       <c r="C5" s="18"/>
-      <c r="D5" s="133" t="s">
+      <c r="D5" s="156" t="s">
         <v>0</v>
       </c>
-      <c r="E5" s="134"/>
-[...8 lines deleted...]
-      <c r="N5" s="141">
+      <c r="E5" s="157"/>
+      <c r="F5" s="157"/>
+      <c r="G5" s="157"/>
+      <c r="H5" s="157"/>
+      <c r="I5" s="157"/>
+      <c r="J5" s="157"/>
+      <c r="K5" s="157"/>
+      <c r="L5" s="157"/>
+      <c r="M5" s="158"/>
+      <c r="N5" s="161">
         <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,2,FALSE),"")</f>
         <v>0.27</v>
       </c>
-      <c r="O5" s="141"/>
-[...1 lines deleted...]
-      <c r="Q5" s="142"/>
+      <c r="O5" s="161"/>
+      <c r="P5" s="161"/>
+      <c r="Q5" s="162"/>
       <c r="R5" s="19"/>
-      <c r="S5" s="156" t="s">
+      <c r="S5" s="152" t="s">
         <v>53</v>
       </c>
-      <c r="T5" s="157"/>
+      <c r="T5" s="153"/>
       <c r="U5" s="18"/>
-      <c r="V5" s="133" t="s">
+      <c r="V5" s="156" t="s">
         <v>0</v>
       </c>
-      <c r="W5" s="134"/>
-[...8 lines deleted...]
-      <c r="AF5" s="141">
+      <c r="W5" s="157"/>
+      <c r="X5" s="157"/>
+      <c r="Y5" s="157"/>
+      <c r="Z5" s="157"/>
+      <c r="AA5" s="157"/>
+      <c r="AB5" s="157"/>
+      <c r="AC5" s="157"/>
+      <c r="AD5" s="157"/>
+      <c r="AE5" s="158"/>
+      <c r="AF5" s="161">
         <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,2,FALSE),"")</f>
         <v>0.27</v>
       </c>
-      <c r="AG5" s="141"/>
-[...1 lines deleted...]
-      <c r="AI5" s="142"/>
+      <c r="AG5" s="161"/>
+      <c r="AH5" s="161"/>
+      <c r="AI5" s="162"/>
       <c r="AJ5" s="37"/>
-      <c r="AK5" s="156" t="s">
+      <c r="AK5" s="152" t="s">
         <v>261</v>
       </c>
-      <c r="AL5" s="157"/>
+      <c r="AL5" s="153"/>
       <c r="AM5" s="18"/>
-      <c r="AN5" s="133" t="s">
+      <c r="AN5" s="156" t="s">
         <v>0</v>
       </c>
-      <c r="AO5" s="134"/>
-[...8 lines deleted...]
-      <c r="AX5" s="141" t="str">
+      <c r="AO5" s="157"/>
+      <c r="AP5" s="157"/>
+      <c r="AQ5" s="157"/>
+      <c r="AR5" s="157"/>
+      <c r="AS5" s="157"/>
+      <c r="AT5" s="157"/>
+      <c r="AU5" s="157"/>
+      <c r="AV5" s="157"/>
+      <c r="AW5" s="158"/>
+      <c r="AX5" s="161" t="str">
         <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,2,FALSE),"")</f>
         <v/>
       </c>
-      <c r="AY5" s="141"/>
-[...1 lines deleted...]
-      <c r="BA5" s="142"/>
+      <c r="AY5" s="161"/>
+      <c r="AZ5" s="161"/>
+      <c r="BA5" s="162"/>
     </row>
     <row r="6" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="158"/>
-      <c r="B6" s="159"/>
+      <c r="A6" s="154"/>
+      <c r="B6" s="155"/>
       <c r="C6" s="18"/>
-      <c r="D6" s="133" t="s">
+      <c r="D6" s="156" t="s">
         <v>8</v>
       </c>
-      <c r="E6" s="134"/>
-[...8 lines deleted...]
-      <c r="N6" s="141">
+      <c r="E6" s="157"/>
+      <c r="F6" s="157"/>
+      <c r="G6" s="157"/>
+      <c r="H6" s="157"/>
+      <c r="I6" s="157"/>
+      <c r="J6" s="157"/>
+      <c r="K6" s="157"/>
+      <c r="L6" s="157"/>
+      <c r="M6" s="158"/>
+      <c r="N6" s="161">
         <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,3,FALSE),"")</f>
         <v>0.27</v>
       </c>
-      <c r="O6" s="141"/>
-[...1 lines deleted...]
-      <c r="Q6" s="142"/>
+      <c r="O6" s="161"/>
+      <c r="P6" s="161"/>
+      <c r="Q6" s="162"/>
       <c r="R6" s="19"/>
-      <c r="S6" s="158"/>
-      <c r="T6" s="159"/>
+      <c r="S6" s="154"/>
+      <c r="T6" s="155"/>
       <c r="U6" s="18"/>
-      <c r="V6" s="133" t="s">
+      <c r="V6" s="156" t="s">
         <v>8</v>
       </c>
-      <c r="W6" s="134"/>
-[...8 lines deleted...]
-      <c r="AF6" s="141">
+      <c r="W6" s="157"/>
+      <c r="X6" s="157"/>
+      <c r="Y6" s="157"/>
+      <c r="Z6" s="157"/>
+      <c r="AA6" s="157"/>
+      <c r="AB6" s="157"/>
+      <c r="AC6" s="157"/>
+      <c r="AD6" s="157"/>
+      <c r="AE6" s="158"/>
+      <c r="AF6" s="161">
         <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,3,FALSE),"")</f>
         <v>0.27</v>
       </c>
-      <c r="AG6" s="141"/>
-[...1 lines deleted...]
-      <c r="AI6" s="142"/>
+      <c r="AG6" s="161"/>
+      <c r="AH6" s="161"/>
+      <c r="AI6" s="162"/>
       <c r="AJ6" s="37"/>
-      <c r="AK6" s="158"/>
-      <c r="AL6" s="159"/>
+      <c r="AK6" s="154"/>
+      <c r="AL6" s="155"/>
       <c r="AM6" s="18"/>
-      <c r="AN6" s="133" t="s">
+      <c r="AN6" s="156" t="s">
         <v>8</v>
       </c>
-      <c r="AO6" s="134"/>
-[...8 lines deleted...]
-      <c r="AX6" s="141" t="str">
+      <c r="AO6" s="157"/>
+      <c r="AP6" s="157"/>
+      <c r="AQ6" s="157"/>
+      <c r="AR6" s="157"/>
+      <c r="AS6" s="157"/>
+      <c r="AT6" s="157"/>
+      <c r="AU6" s="157"/>
+      <c r="AV6" s="157"/>
+      <c r="AW6" s="158"/>
+      <c r="AX6" s="161" t="str">
         <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,3,FALSE),"")</f>
         <v/>
       </c>
-      <c r="AY6" s="141"/>
-[...1 lines deleted...]
-      <c r="BA6" s="142"/>
+      <c r="AY6" s="161"/>
+      <c r="AZ6" s="161"/>
+      <c r="BA6" s="162"/>
     </row>
     <row r="7" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="126" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="127"/>
+      <c r="A7" s="220" t="s">
+        <v>266</v>
+      </c>
+      <c r="B7" s="221"/>
       <c r="C7" s="18"/>
-      <c r="D7" s="136" t="str">
+      <c r="D7" s="163" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
         <v>Zielwert</v>
       </c>
-      <c r="E7" s="137"/>
-[...11 lines deleted...]
-      <c r="O7" s="143" t="str">
+      <c r="E7" s="164"/>
+      <c r="F7" s="164"/>
+      <c r="G7" s="164"/>
+      <c r="H7" s="164"/>
+      <c r="I7" s="164"/>
+      <c r="J7" s="164"/>
+      <c r="K7" s="165"/>
+      <c r="L7" s="168">
+        <v>19</v>
+      </c>
+      <c r="M7" s="168"/>
+      <c r="N7" s="168"/>
+      <c r="O7" s="147" t="str">
         <f>IFERROR(VLOOKUP(A5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,4,FALSE),"Einheit")</f>
         <v>ng/ml</v>
       </c>
-      <c r="P7" s="144"/>
-      <c r="Q7" s="145"/>
+      <c r="P7" s="148"/>
+      <c r="Q7" s="149"/>
       <c r="R7" s="19"/>
-      <c r="S7" s="126" t="s">
-[...2 lines deleted...]
-      <c r="T7" s="127"/>
+      <c r="S7" s="220" t="s">
+        <v>267</v>
+      </c>
+      <c r="T7" s="221"/>
       <c r="U7" s="18"/>
-      <c r="V7" s="136" t="str">
+      <c r="V7" s="163" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
         <v>Zielwert</v>
       </c>
-      <c r="W7" s="137"/>
-[...11 lines deleted...]
-      <c r="AG7" s="143" t="str">
+      <c r="W7" s="164"/>
+      <c r="X7" s="164"/>
+      <c r="Y7" s="164"/>
+      <c r="Z7" s="164"/>
+      <c r="AA7" s="164"/>
+      <c r="AB7" s="164"/>
+      <c r="AC7" s="165"/>
+      <c r="AD7" s="168">
+        <v>49.3</v>
+      </c>
+      <c r="AE7" s="168"/>
+      <c r="AF7" s="168"/>
+      <c r="AG7" s="147" t="str">
         <f>IFERROR(VLOOKUP(S5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,4,FALSE),"Einheit")</f>
         <v>ng/ml</v>
       </c>
-      <c r="AH7" s="144"/>
-      <c r="AI7" s="145"/>
+      <c r="AH7" s="148"/>
+      <c r="AI7" s="149"/>
       <c r="AJ7" s="37"/>
-      <c r="AK7" s="126" t="s">
+      <c r="AK7" s="173" t="s">
         <v>262</v>
       </c>
-      <c r="AL7" s="127"/>
+      <c r="AL7" s="174"/>
       <c r="AM7" s="18"/>
-      <c r="AN7" s="136" t="str">
+      <c r="AN7" s="163" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),"neuer Zielwert",IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"Zielwert",""))</f>
         <v>Zielwert</v>
       </c>
-      <c r="AO7" s="137"/>
-[...6 lines deleted...]
-      <c r="AV7" s="130" t="str" cm="1">
+      <c r="AO7" s="164"/>
+      <c r="AP7" s="164"/>
+      <c r="AQ7" s="164"/>
+      <c r="AR7" s="164"/>
+      <c r="AS7" s="164"/>
+      <c r="AT7" s="164"/>
+      <c r="AU7" s="165"/>
+      <c r="AV7" s="177" t="str" cm="1">
         <f t="array" ref="AV7">IF(NOT($V$4="Eine Vorlage zur Zielwertermittlung"),"",IF(AND(AL13:AL37="",$V$4="Eine Vorlage zur Zielwertermittlung"),"----------",ROUND(AVERAGE(AL13:AL37),IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1)))))))</f>
         <v/>
       </c>
-      <c r="AW7" s="130"/>
-[...1 lines deleted...]
-      <c r="AY7" s="143" t="str">
+      <c r="AW7" s="177"/>
+      <c r="AX7" s="177"/>
+      <c r="AY7" s="147" t="str">
         <f>IFERROR(VLOOKUP(AK5,'Qualabtoleranzen&amp;Einheiten'!$B$6:$E$201,4,FALSE),"Einheit")</f>
         <v>Einheit</v>
       </c>
-      <c r="AZ7" s="144"/>
-      <c r="BA7" s="145"/>
+      <c r="AZ7" s="148"/>
+      <c r="BA7" s="149"/>
     </row>
     <row r="8" spans="1:56" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="128"/>
-      <c r="B8" s="129"/>
+      <c r="A8" s="222"/>
+      <c r="B8" s="223"/>
       <c r="C8" s="18"/>
-      <c r="D8" s="139" t="str">
+      <c r="D8" s="166" t="str">
         <f>IF(L8="","","Standardabweichung")</f>
         <v>Standardabweichung</v>
       </c>
-      <c r="E8" s="139"/>
-[...6 lines deleted...]
-      <c r="L8" s="140">
+      <c r="E8" s="166"/>
+      <c r="F8" s="166"/>
+      <c r="G8" s="166"/>
+      <c r="H8" s="166"/>
+      <c r="I8" s="166"/>
+      <c r="J8" s="166"/>
+      <c r="K8" s="166"/>
+      <c r="L8" s="167">
         <f>IF(J11="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
-        <v>2.12</v>
-[...3 lines deleted...]
-      <c r="O8" s="132" t="str">
+        <v>1.71</v>
+      </c>
+      <c r="M8" s="167"/>
+      <c r="N8" s="167"/>
+      <c r="O8" s="136" t="str">
         <f>IF(L8="","",O7)</f>
         <v>ng/ml</v>
       </c>
-      <c r="P8" s="132"/>
-      <c r="Q8" s="132"/>
+      <c r="P8" s="136"/>
+      <c r="Q8" s="136"/>
       <c r="R8" s="19"/>
-      <c r="S8" s="128"/>
-      <c r="T8" s="129"/>
+      <c r="S8" s="222"/>
+      <c r="T8" s="223"/>
       <c r="U8" s="18"/>
-      <c r="V8" s="139" t="str">
+      <c r="V8" s="166" t="str">
         <f>IF(AD8="","","Standardabweichung")</f>
         <v>Standardabweichung</v>
       </c>
-      <c r="W8" s="139"/>
-[...6 lines deleted...]
-      <c r="AD8" s="140">
+      <c r="W8" s="166"/>
+      <c r="X8" s="166"/>
+      <c r="Y8" s="166"/>
+      <c r="Z8" s="166"/>
+      <c r="AA8" s="166"/>
+      <c r="AB8" s="166"/>
+      <c r="AC8" s="166"/>
+      <c r="AD8" s="167">
         <f>IF(AB11="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
-        <v>5.04</v>
-[...3 lines deleted...]
-      <c r="AG8" s="132" t="str">
+        <v>4.4400000000000004</v>
+      </c>
+      <c r="AE8" s="167"/>
+      <c r="AF8" s="167"/>
+      <c r="AG8" s="136" t="str">
         <f>IF(AD8="","",AG7)</f>
         <v>ng/ml</v>
       </c>
-      <c r="AH8" s="132"/>
-      <c r="AI8" s="132"/>
+      <c r="AH8" s="136"/>
+      <c r="AI8" s="136"/>
       <c r="AJ8" s="37"/>
-      <c r="AK8" s="128"/>
-      <c r="AL8" s="129"/>
+      <c r="AK8" s="175"/>
+      <c r="AL8" s="176"/>
       <c r="AM8" s="18"/>
-      <c r="AN8" s="139" t="str">
+      <c r="AN8" s="166" t="str">
         <f>IF(AV8="","","Standardabweichung")</f>
         <v/>
       </c>
-      <c r="AO8" s="139"/>
-[...6 lines deleted...]
-      <c r="AV8" s="140" t="str">
+      <c r="AO8" s="166"/>
+      <c r="AP8" s="166"/>
+      <c r="AQ8" s="166"/>
+      <c r="AR8" s="166"/>
+      <c r="AS8" s="166"/>
+      <c r="AT8" s="166"/>
+      <c r="AU8" s="166"/>
+      <c r="AV8" s="167" t="str">
         <f>IF(AT11="","",ROUND(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AW8" s="140"/>
-[...1 lines deleted...]
-      <c r="AY8" s="132" t="str">
+      <c r="AW8" s="167"/>
+      <c r="AX8" s="167"/>
+      <c r="AY8" s="136" t="str">
         <f>IF(AV8="","",AY7)</f>
         <v/>
       </c>
-      <c r="AZ8" s="132"/>
-      <c r="BA8" s="132"/>
+      <c r="AZ8" s="136"/>
+      <c r="BA8" s="136"/>
     </row>
     <row r="9" spans="1:56" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A9" s="58" t="str">
         <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
         <v/>
       </c>
-      <c r="B9" s="123" t="s">
+      <c r="B9" s="170" t="s">
         <v>42</v>
       </c>
-      <c r="C9" s="123"/>
-      <c r="D9" s="124" t="str">
+      <c r="C9" s="170"/>
+      <c r="D9" s="171" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(O9="")),"errechneter Mittelwert:","")</f>
         <v/>
       </c>
-      <c r="E9" s="124"/>
-[...9 lines deleted...]
-      <c r="O9" s="125" t="str" cm="1">
+      <c r="E9" s="171"/>
+      <c r="F9" s="171"/>
+      <c r="G9" s="171"/>
+      <c r="H9" s="171"/>
+      <c r="I9" s="171"/>
+      <c r="J9" s="171"/>
+      <c r="K9" s="171"/>
+      <c r="L9" s="171"/>
+      <c r="M9" s="171"/>
+      <c r="N9" s="171"/>
+      <c r="O9" s="172" t="str" cm="1">
         <f t="array" ref="O9">IF(OR(AND(B13:B37=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(B13:B37),IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="P9" s="125"/>
-      <c r="Q9" s="125"/>
+      <c r="P9" s="172"/>
+      <c r="Q9" s="172"/>
       <c r="R9" s="20"/>
       <c r="S9" s="58" t="str">
         <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
         <v/>
       </c>
-      <c r="T9" s="123" t="s">
+      <c r="T9" s="170" t="s">
         <v>34</v>
       </c>
-      <c r="U9" s="123"/>
-      <c r="V9" s="124" t="str">
+      <c r="U9" s="170"/>
+      <c r="V9" s="171" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AG9="")),"errechneter Mittelwert:","")</f>
         <v/>
       </c>
-      <c r="W9" s="124"/>
-[...9 lines deleted...]
-      <c r="AG9" s="125" t="str" cm="1">
+      <c r="W9" s="171"/>
+      <c r="X9" s="171"/>
+      <c r="Y9" s="171"/>
+      <c r="Z9" s="171"/>
+      <c r="AA9" s="171"/>
+      <c r="AB9" s="171"/>
+      <c r="AC9" s="171"/>
+      <c r="AD9" s="171"/>
+      <c r="AE9" s="171"/>
+      <c r="AF9" s="171"/>
+      <c r="AG9" s="172" t="str" cm="1">
         <f t="array" ref="AG9">IF(OR(AND(T13:T37=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(T13:T37),IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AH9" s="125"/>
-      <c r="AI9" s="125"/>
+      <c r="AH9" s="172"/>
+      <c r="AI9" s="172"/>
       <c r="AK9" s="58" t="str">
         <f>IF($V$4="Eine Vorlage zur Zielwertüberwachung","Verwendeter ZW =","")</f>
         <v/>
       </c>
-      <c r="AL9" s="123" t="s">
+      <c r="AL9" s="170" t="s">
         <v>34</v>
       </c>
-      <c r="AM9" s="123"/>
-      <c r="AN9" s="124" t="str">
+      <c r="AM9" s="170"/>
+      <c r="AN9" s="171" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AY9="")),"errechneter Mittelwert:","")</f>
         <v/>
       </c>
-      <c r="AO9" s="124"/>
-[...9 lines deleted...]
-      <c r="AY9" s="125" t="str" cm="1">
+      <c r="AO9" s="171"/>
+      <c r="AP9" s="171"/>
+      <c r="AQ9" s="171"/>
+      <c r="AR9" s="171"/>
+      <c r="AS9" s="171"/>
+      <c r="AT9" s="171"/>
+      <c r="AU9" s="171"/>
+      <c r="AV9" s="171"/>
+      <c r="AW9" s="171"/>
+      <c r="AX9" s="171"/>
+      <c r="AY9" s="172" t="str" cm="1">
         <f t="array" ref="AY9">IF(OR(AND(AL13:AL37=""),NOT($V$4="Eine Vorlage zur Zielwertüberwachung")),"",ROUND(AVERAGE(AL13:AL37),IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AZ9" s="125"/>
-      <c r="BA9" s="125"/>
+      <c r="AZ9" s="172"/>
+      <c r="BA9" s="172"/>
     </row>
     <row r="10" spans="1:56" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="45" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="39" t="str">
         <f>O7</f>
         <v>ng/ml</v>
       </c>
       <c r="C10" s="40"/>
-      <c r="D10" s="153" t="s">
-[...11 lines deleted...]
-      <c r="J10" s="148" t="str">
+      <c r="D10" s="134" t="s">
+        <v>2</v>
+      </c>
+      <c r="E10" s="140"/>
+      <c r="F10" s="134" t="s">
+        <v>3</v>
+      </c>
+      <c r="G10" s="140"/>
+      <c r="H10" s="134" t="s">
+        <v>4</v>
+      </c>
+      <c r="I10" s="140"/>
+      <c r="J10" s="139" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter Mw"),"Mw","Zw")</f>
         <v>Zw</v>
       </c>
-      <c r="K10" s="154"/>
-[...11 lines deleted...]
-      <c r="Q10" s="149"/>
+      <c r="K10" s="140"/>
+      <c r="L10" s="139" t="s">
+        <v>5</v>
+      </c>
+      <c r="M10" s="135"/>
+      <c r="N10" s="134" t="s">
+        <v>6</v>
+      </c>
+      <c r="O10" s="135"/>
+      <c r="P10" s="136" t="s">
+        <v>7</v>
+      </c>
+      <c r="Q10" s="135"/>
       <c r="R10" s="21"/>
       <c r="S10" s="45" t="s">
         <v>1</v>
       </c>
       <c r="T10" s="39" t="str">
         <f>AG7</f>
         <v>ng/ml</v>
       </c>
       <c r="U10" s="40"/>
-      <c r="V10" s="153" t="s">
-[...11 lines deleted...]
-      <c r="AB10" s="148" t="str">
+      <c r="V10" s="134" t="s">
+        <v>2</v>
+      </c>
+      <c r="W10" s="140"/>
+      <c r="X10" s="134" t="s">
+        <v>3</v>
+      </c>
+      <c r="Y10" s="140"/>
+      <c r="Z10" s="134" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA10" s="140"/>
+      <c r="AB10" s="139" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter Mw"),"Mw","Zw")</f>
         <v>Zw</v>
       </c>
-      <c r="AC10" s="154"/>
-[...11 lines deleted...]
-      <c r="AI10" s="149"/>
+      <c r="AC10" s="140"/>
+      <c r="AD10" s="139" t="s">
+        <v>5</v>
+      </c>
+      <c r="AE10" s="135"/>
+      <c r="AF10" s="134" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG10" s="135"/>
+      <c r="AH10" s="136" t="s">
+        <v>7</v>
+      </c>
+      <c r="AI10" s="135"/>
       <c r="AJ10" s="37"/>
       <c r="AK10" s="45" t="s">
         <v>1</v>
       </c>
       <c r="AL10" s="39" t="str">
         <f>AY7</f>
         <v>Einheit</v>
       </c>
       <c r="AM10" s="40"/>
-      <c r="AN10" s="153" t="s">
-[...11 lines deleted...]
-      <c r="AT10" s="148" t="str">
+      <c r="AN10" s="134" t="s">
+        <v>2</v>
+      </c>
+      <c r="AO10" s="140"/>
+      <c r="AP10" s="134" t="s">
+        <v>3</v>
+      </c>
+      <c r="AQ10" s="140"/>
+      <c r="AR10" s="134" t="s">
+        <v>4</v>
+      </c>
+      <c r="AS10" s="140"/>
+      <c r="AT10" s="139" t="str">
         <f>IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter Mw"),"Mw","Zw")</f>
         <v>Zw</v>
       </c>
-      <c r="AU10" s="154"/>
-[...12 lines deleted...]
-      <c r="BC10" s="174" t="s">
+      <c r="AU10" s="140"/>
+      <c r="AV10" s="139" t="s">
+        <v>5</v>
+      </c>
+      <c r="AW10" s="135"/>
+      <c r="AX10" s="134" t="s">
+        <v>6</v>
+      </c>
+      <c r="AY10" s="135"/>
+      <c r="AZ10" s="136" t="s">
+        <v>7</v>
+      </c>
+      <c r="BA10" s="135"/>
+      <c r="BC10" s="130" t="s">
         <v>260</v>
       </c>
-      <c r="BD10" s="175"/>
+      <c r="BD10" s="131"/>
     </row>
     <row r="11" spans="1:56" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="41" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="44" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="40"/>
-      <c r="D11" s="150">
+      <c r="D11" s="141">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
-        <v>17.16</v>
-[...2 lines deleted...]
-      <c r="F11" s="146">
+        <v>13.87</v>
+      </c>
+      <c r="E11" s="138"/>
+      <c r="F11" s="137">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
-        <v>19.27</v>
-[...2 lines deleted...]
-      <c r="H11" s="146">
+        <v>15.58</v>
+      </c>
+      <c r="G11" s="138"/>
+      <c r="H11" s="137">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
-        <v>21.39</v>
-[...2 lines deleted...]
-      <c r="J11" s="151" cm="1">
+        <v>17.29</v>
+      </c>
+      <c r="I11" s="138"/>
+      <c r="J11" s="150" cm="1">
         <f t="array" ref="J11">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),IF(AND(B13:B37=""),"",ROUND(AVERAGE(B13:B37),IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),ROUND(L7,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))),""))</f>
-        <v>23.5</v>
-[...2 lines deleted...]
-      <c r="L11" s="146">
+        <v>19</v>
+      </c>
+      <c r="K11" s="151"/>
+      <c r="L11" s="137">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
-        <v>25.61</v>
-[...2 lines deleted...]
-      <c r="N11" s="146">
+        <v>20.71</v>
+      </c>
+      <c r="M11" s="138"/>
+      <c r="N11" s="137">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
-        <v>27.73</v>
-[...2 lines deleted...]
-      <c r="P11" s="146">
+        <v>22.42</v>
+      </c>
+      <c r="O11" s="138"/>
+      <c r="P11" s="137">
         <f>IF(OR(J11="",AND(N5="",N6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="errechneter MW"),AVERAGE(B13:B37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(L7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(L7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",B9="eingetragener ZW",NOT(L7=""))),L7,"")))*IF(MIN(N5,N6)=0,MAX(N5,N6),MIN(N5,N6))/3,IF(B12="0 Komastellen",0,IF(B12="1 Komastelle",1,IF(B12="2 Komastellen",2,IF(B12="3 Komastellen",3,1))))))</f>
-        <v>29.84</v>
-[...1 lines deleted...]
-      <c r="Q11" s="147"/>
+        <v>24.13</v>
+      </c>
+      <c r="Q11" s="138"/>
       <c r="R11" s="38"/>
       <c r="S11" s="41" t="s">
         <v>9</v>
       </c>
       <c r="T11" s="44" t="s">
         <v>27</v>
       </c>
       <c r="U11" s="40"/>
-      <c r="V11" s="150">
+      <c r="V11" s="141">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
-        <v>40.880000000000003</v>
-[...2 lines deleted...]
-      <c r="X11" s="146">
+        <v>35.989999999999995</v>
+      </c>
+      <c r="W11" s="138"/>
+      <c r="X11" s="137">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
-        <v>45.92</v>
-[...2 lines deleted...]
-      <c r="Z11" s="146">
+        <v>40.43</v>
+      </c>
+      <c r="Y11" s="138"/>
+      <c r="Z11" s="137">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
-        <v>50.96</v>
-[...2 lines deleted...]
-      <c r="AB11" s="151" cm="1">
+        <v>44.87</v>
+      </c>
+      <c r="AA11" s="138"/>
+      <c r="AB11" s="150" cm="1">
         <f t="array" ref="AB11">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),IF(AND(T13:T37=""),"",ROUND(AVERAGE(T13:T37),IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),ROUND(AD7,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))),""))</f>
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="AD11" s="146">
+        <v>49.3</v>
+      </c>
+      <c r="AC11" s="151"/>
+      <c r="AD11" s="137">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
-        <v>61.04</v>
-[...2 lines deleted...]
-      <c r="AF11" s="146">
+        <v>53.73</v>
+      </c>
+      <c r="AE11" s="138"/>
+      <c r="AF11" s="137">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
-        <v>66.08</v>
-[...2 lines deleted...]
-      <c r="AH11" s="146">
+        <v>58.17</v>
+      </c>
+      <c r="AG11" s="138"/>
+      <c r="AH11" s="137">
         <f>IF(OR(AB11="",AND(AF5="",AF6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="errechneter MW"),AVERAGE(T13:T37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AD7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AD7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",T9="eingetragener ZW",NOT(AD7=""))),AD7,"")))*IF(MIN(AF5,AF6)=0,MAX(AF5,AF6),MIN(AF5,AF6))/3,IF(T12="0 Komastellen",0,IF(T12="1 Komastelle",1,IF(T12="2 Komastellen",2,IF(T12="3 Komastellen",3,1))))))</f>
-        <v>71.12</v>
-[...1 lines deleted...]
-      <c r="AI11" s="147"/>
+        <v>62.61</v>
+      </c>
+      <c r="AI11" s="138"/>
       <c r="AJ11" s="37"/>
       <c r="AK11" s="41" t="s">
         <v>9</v>
       </c>
       <c r="AL11" s="44" t="s">
         <v>27</v>
       </c>
       <c r="AM11" s="40"/>
-      <c r="AN11" s="150" t="str">
+      <c r="AN11" s="141" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))-3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AO11" s="147"/>
-      <c r="AP11" s="146" t="str">
+      <c r="AO11" s="138"/>
+      <c r="AP11" s="137" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))-2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AQ11" s="147"/>
-      <c r="AR11" s="146" t="str">
+      <c r="AQ11" s="138"/>
+      <c r="AR11" s="137" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDUP(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))-1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AS11" s="147"/>
-      <c r="AT11" s="150" t="str" cm="1">
+      <c r="AS11" s="138"/>
+      <c r="AT11" s="141" t="str" cm="1">
         <f t="array" ref="AT11">IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),IF(AND(AL13:AL37=""),"",ROUND(AVERAGE(AL13:AL37),IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1)))))),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),ROUND(AV7,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))),""))</f>
         <v/>
       </c>
-      <c r="AU11" s="147"/>
-      <c r="AV11" s="146" t="str">
+      <c r="AU11" s="138"/>
+      <c r="AV11" s="137" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))+1*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AW11" s="147"/>
-      <c r="AX11" s="146" t="str">
+      <c r="AW11" s="138"/>
+      <c r="AX11" s="137" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))+2*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="AY11" s="147"/>
-      <c r="AZ11" s="146" t="str">
+      <c r="AY11" s="138"/>
+      <c r="AZ11" s="137" t="str">
         <f>IF(OR(AT11="",AND(AX5="",AX6="")),"",ROUNDDOWN(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,""))+3*(IF(AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="errechneter MW"),AVERAGE(AL13:AL37),IF(OR(AND($V$4="Eine Vorlage zur Zielwertermittlung",NOT(AV7="----------")),AND($V$4="Eine leere Vorlage zum Erstellen einer neuen Dokumentationshilfe",NOT(AV7="")),AND($V$4="Eine Vorlage zur Zielwertüberwachung",AL9="eingetragener ZW",NOT(AV7=""))),AV7,"")))*IF(MIN(AX5,AX6)=0,MAX(AX5,AX6),MIN(AX5,AX6))/3,IF(AL12="0 Komastellen",0,IF(AL12="1 Komastelle",1,IF(AL12="2 Komastellen",2,IF(AL12="3 Komastellen",3,1))))))</f>
         <v/>
       </c>
-      <c r="BA11" s="147"/>
-[...1 lines deleted...]
-      <c r="BD11" s="177"/>
+      <c r="BA11" s="138"/>
+      <c r="BC11" s="132"/>
+      <c r="BD11" s="133"/>
     </row>
     <row r="12" spans="1:56" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="str">
         <f>IF(AND(NOT($V$4=""),OR(B12="",B12="Auswahl")),"Runden auf:","")</f>
         <v/>
       </c>
       <c r="B12" s="19" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="24"/>
       <c r="E12" s="25"/>
       <c r="F12" s="24"/>
       <c r="G12" s="25"/>
       <c r="H12" s="24"/>
       <c r="I12" s="25"/>
       <c r="J12" s="24"/>
       <c r="K12" s="25"/>
       <c r="L12" s="24"/>
       <c r="M12" s="25"/>
       <c r="N12" s="24"/>
       <c r="O12" s="25"/>
       <c r="P12" s="24"/>
       <c r="Q12" s="25"/>
       <c r="R12" s="26"/>
       <c r="S12" s="48" t="str">
@@ -11851,52 +11899,52 @@
       <c r="AA13" s="23"/>
       <c r="AB13" s="47"/>
       <c r="AC13" s="23"/>
       <c r="AD13" s="23"/>
       <c r="AE13" s="35"/>
       <c r="AF13" s="47"/>
       <c r="AG13" s="23"/>
       <c r="AH13" s="47"/>
       <c r="AI13" s="31"/>
       <c r="AK13" s="59"/>
       <c r="AL13" s="60"/>
       <c r="AN13" s="28"/>
       <c r="AO13" s="35"/>
       <c r="AP13" s="47"/>
       <c r="AQ13" s="23"/>
       <c r="AR13" s="47"/>
       <c r="AS13" s="23"/>
       <c r="AT13" s="47"/>
       <c r="AU13" s="23"/>
       <c r="AV13" s="23"/>
       <c r="AW13" s="35"/>
       <c r="AX13" s="47"/>
       <c r="AY13" s="23"/>
       <c r="AZ13" s="47"/>
       <c r="BA13" s="31"/>
-      <c r="BC13" s="168"/>
-      <c r="BD13" s="169"/>
+      <c r="BC13" s="122"/>
+      <c r="BD13" s="123"/>
     </row>
     <row r="14" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="42"/>
       <c r="B14" s="36"/>
       <c r="D14" s="28"/>
       <c r="E14" s="31"/>
       <c r="F14" s="28"/>
       <c r="G14" s="27"/>
       <c r="H14" s="32"/>
       <c r="I14" s="27"/>
       <c r="J14" s="32"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="33"/>
       <c r="N14" s="32"/>
       <c r="O14" s="27"/>
       <c r="P14" s="32"/>
       <c r="Q14" s="26"/>
       <c r="R14" s="26"/>
       <c r="S14" s="42"/>
       <c r="T14" s="36"/>
       <c r="V14" s="28"/>
       <c r="W14" s="31"/>
       <c r="X14" s="28"/>
       <c r="Y14" s="27"/>
@@ -11905,52 +11953,52 @@
       <c r="AB14" s="32"/>
       <c r="AC14" s="27"/>
       <c r="AD14" s="27"/>
       <c r="AE14" s="33"/>
       <c r="AF14" s="32"/>
       <c r="AG14" s="27"/>
       <c r="AH14" s="32"/>
       <c r="AI14" s="26"/>
       <c r="AK14" s="42"/>
       <c r="AL14" s="36"/>
       <c r="AN14" s="28"/>
       <c r="AO14" s="31"/>
       <c r="AP14" s="28"/>
       <c r="AQ14" s="27"/>
       <c r="AR14" s="32"/>
       <c r="AS14" s="27"/>
       <c r="AT14" s="32"/>
       <c r="AU14" s="27"/>
       <c r="AV14" s="27"/>
       <c r="AW14" s="33"/>
       <c r="AX14" s="32"/>
       <c r="AY14" s="27"/>
       <c r="AZ14" s="32"/>
       <c r="BA14" s="26"/>
       <c r="BB14" s="49"/>
-      <c r="BC14" s="168"/>
-      <c r="BD14" s="169"/>
+      <c r="BC14" s="122"/>
+      <c r="BD14" s="123"/>
     </row>
     <row r="15" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="43"/>
       <c r="B15" s="36"/>
       <c r="D15" s="28"/>
       <c r="E15" s="29"/>
       <c r="F15" s="30"/>
       <c r="G15" s="34"/>
       <c r="H15" s="30"/>
       <c r="I15" s="34"/>
       <c r="J15" s="30"/>
       <c r="K15" s="34"/>
       <c r="L15" s="34"/>
       <c r="M15" s="29"/>
       <c r="N15" s="30"/>
       <c r="O15" s="34"/>
       <c r="P15" s="30"/>
       <c r="Q15" s="26"/>
       <c r="R15" s="26"/>
       <c r="S15" s="43"/>
       <c r="T15" s="36"/>
       <c r="V15" s="28"/>
       <c r="W15" s="29"/>
       <c r="X15" s="30"/>
       <c r="Y15" s="34"/>
@@ -11958,52 +12006,52 @@
       <c r="AA15" s="34"/>
       <c r="AB15" s="30"/>
       <c r="AC15" s="34"/>
       <c r="AD15" s="34"/>
       <c r="AE15" s="29"/>
       <c r="AF15" s="30"/>
       <c r="AG15" s="34"/>
       <c r="AH15" s="30"/>
       <c r="AI15" s="26"/>
       <c r="AK15" s="43"/>
       <c r="AL15" s="36"/>
       <c r="AN15" s="28"/>
       <c r="AO15" s="29"/>
       <c r="AP15" s="30"/>
       <c r="AQ15" s="34"/>
       <c r="AR15" s="30"/>
       <c r="AS15" s="34"/>
       <c r="AT15" s="30"/>
       <c r="AU15" s="34"/>
       <c r="AV15" s="34"/>
       <c r="AW15" s="29"/>
       <c r="AX15" s="30"/>
       <c r="AY15" s="34"/>
       <c r="AZ15" s="30"/>
       <c r="BA15" s="26"/>
-      <c r="BC15" s="168"/>
-      <c r="BD15" s="169"/>
+      <c r="BC15" s="122"/>
+      <c r="BD15" s="123"/>
     </row>
     <row r="16" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="43"/>
       <c r="B16" s="36"/>
       <c r="D16" s="28"/>
       <c r="E16" s="31"/>
       <c r="F16" s="28"/>
       <c r="G16" s="26"/>
       <c r="H16" s="28"/>
       <c r="I16" s="26"/>
       <c r="J16" s="28"/>
       <c r="K16" s="26"/>
       <c r="L16" s="26"/>
       <c r="M16" s="31"/>
       <c r="N16" s="28"/>
       <c r="O16" s="26"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="26"/>
       <c r="R16" s="26"/>
       <c r="S16" s="43"/>
       <c r="T16" s="36"/>
       <c r="V16" s="28"/>
       <c r="W16" s="31"/>
       <c r="X16" s="28"/>
       <c r="Y16" s="26"/>
@@ -12011,52 +12059,52 @@
       <c r="AA16" s="26"/>
       <c r="AB16" s="28"/>
       <c r="AC16" s="26"/>
       <c r="AD16" s="26"/>
       <c r="AE16" s="31"/>
       <c r="AF16" s="28"/>
       <c r="AG16" s="26"/>
       <c r="AH16" s="28"/>
       <c r="AI16" s="26"/>
       <c r="AK16" s="43"/>
       <c r="AL16" s="36"/>
       <c r="AN16" s="28"/>
       <c r="AO16" s="31"/>
       <c r="AP16" s="28"/>
       <c r="AQ16" s="26"/>
       <c r="AR16" s="28"/>
       <c r="AS16" s="26"/>
       <c r="AT16" s="28"/>
       <c r="AU16" s="26"/>
       <c r="AV16" s="26"/>
       <c r="AW16" s="31"/>
       <c r="AX16" s="28"/>
       <c r="AY16" s="26"/>
       <c r="AZ16" s="28"/>
       <c r="BA16" s="26"/>
-      <c r="BC16" s="168"/>
-      <c r="BD16" s="169"/>
+      <c r="BC16" s="122"/>
+      <c r="BD16" s="123"/>
     </row>
     <row r="17" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="43"/>
       <c r="B17" s="36"/>
       <c r="D17" s="28"/>
       <c r="E17" s="29"/>
       <c r="F17" s="30"/>
       <c r="G17" s="34"/>
       <c r="H17" s="30"/>
       <c r="I17" s="34"/>
       <c r="J17" s="30"/>
       <c r="K17" s="34"/>
       <c r="L17" s="34"/>
       <c r="M17" s="29"/>
       <c r="N17" s="30"/>
       <c r="O17" s="34"/>
       <c r="P17" s="30"/>
       <c r="Q17" s="26"/>
       <c r="R17" s="26"/>
       <c r="S17" s="43"/>
       <c r="T17" s="36"/>
       <c r="V17" s="28"/>
       <c r="W17" s="29"/>
       <c r="X17" s="30"/>
       <c r="Y17" s="34"/>
@@ -12064,52 +12112,52 @@
       <c r="AA17" s="34"/>
       <c r="AB17" s="30"/>
       <c r="AC17" s="34"/>
       <c r="AD17" s="34"/>
       <c r="AE17" s="29"/>
       <c r="AF17" s="30"/>
       <c r="AG17" s="34"/>
       <c r="AH17" s="30"/>
       <c r="AI17" s="26"/>
       <c r="AK17" s="43"/>
       <c r="AL17" s="36"/>
       <c r="AN17" s="28"/>
       <c r="AO17" s="29"/>
       <c r="AP17" s="30"/>
       <c r="AQ17" s="34"/>
       <c r="AR17" s="30"/>
       <c r="AS17" s="34"/>
       <c r="AT17" s="30"/>
       <c r="AU17" s="34"/>
       <c r="AV17" s="34"/>
       <c r="AW17" s="29"/>
       <c r="AX17" s="30"/>
       <c r="AY17" s="34"/>
       <c r="AZ17" s="30"/>
       <c r="BA17" s="26"/>
-      <c r="BC17" s="168"/>
-      <c r="BD17" s="169"/>
+      <c r="BC17" s="122"/>
+      <c r="BD17" s="123"/>
     </row>
     <row r="18" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="43"/>
       <c r="B18" s="36"/>
       <c r="D18" s="28"/>
       <c r="E18" s="31"/>
       <c r="F18" s="28"/>
       <c r="G18" s="26"/>
       <c r="H18" s="28"/>
       <c r="I18" s="26"/>
       <c r="J18" s="28"/>
       <c r="K18" s="26"/>
       <c r="L18" s="26"/>
       <c r="M18" s="31"/>
       <c r="N18" s="28"/>
       <c r="O18" s="26"/>
       <c r="P18" s="28"/>
       <c r="Q18" s="26"/>
       <c r="R18" s="26"/>
       <c r="S18" s="43"/>
       <c r="T18" s="36"/>
       <c r="V18" s="28"/>
       <c r="W18" s="31"/>
       <c r="X18" s="28"/>
       <c r="Y18" s="26"/>
@@ -12117,52 +12165,52 @@
       <c r="AA18" s="26"/>
       <c r="AB18" s="28"/>
       <c r="AC18" s="26"/>
       <c r="AD18" s="26"/>
       <c r="AE18" s="31"/>
       <c r="AF18" s="28"/>
       <c r="AG18" s="26"/>
       <c r="AH18" s="28"/>
       <c r="AI18" s="26"/>
       <c r="AK18" s="43"/>
       <c r="AL18" s="36"/>
       <c r="AN18" s="28"/>
       <c r="AO18" s="31"/>
       <c r="AP18" s="28"/>
       <c r="AQ18" s="26"/>
       <c r="AR18" s="28"/>
       <c r="AS18" s="26"/>
       <c r="AT18" s="28"/>
       <c r="AU18" s="26"/>
       <c r="AV18" s="26"/>
       <c r="AW18" s="31"/>
       <c r="AX18" s="28"/>
       <c r="AY18" s="26"/>
       <c r="AZ18" s="28"/>
       <c r="BA18" s="26"/>
-      <c r="BC18" s="168"/>
-      <c r="BD18" s="169"/>
+      <c r="BC18" s="122"/>
+      <c r="BD18" s="123"/>
     </row>
     <row r="19" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="43"/>
       <c r="B19" s="36"/>
       <c r="D19" s="28"/>
       <c r="E19" s="29"/>
       <c r="F19" s="30"/>
       <c r="G19" s="34"/>
       <c r="H19" s="30"/>
       <c r="I19" s="34"/>
       <c r="J19" s="30"/>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
       <c r="M19" s="29"/>
       <c r="N19" s="30"/>
       <c r="O19" s="34"/>
       <c r="P19" s="30"/>
       <c r="Q19" s="26"/>
       <c r="R19" s="26"/>
       <c r="S19" s="43"/>
       <c r="T19" s="36"/>
       <c r="V19" s="28"/>
       <c r="W19" s="29"/>
       <c r="X19" s="30"/>
       <c r="Y19" s="34"/>
@@ -12170,52 +12218,52 @@
       <c r="AA19" s="34"/>
       <c r="AB19" s="30"/>
       <c r="AC19" s="34"/>
       <c r="AD19" s="34"/>
       <c r="AE19" s="29"/>
       <c r="AF19" s="30"/>
       <c r="AG19" s="34"/>
       <c r="AH19" s="30"/>
       <c r="AI19" s="26"/>
       <c r="AK19" s="43"/>
       <c r="AL19" s="36"/>
       <c r="AN19" s="28"/>
       <c r="AO19" s="29"/>
       <c r="AP19" s="30"/>
       <c r="AQ19" s="34"/>
       <c r="AR19" s="30"/>
       <c r="AS19" s="34"/>
       <c r="AT19" s="30"/>
       <c r="AU19" s="34"/>
       <c r="AV19" s="34"/>
       <c r="AW19" s="29"/>
       <c r="AX19" s="30"/>
       <c r="AY19" s="34"/>
       <c r="AZ19" s="30"/>
       <c r="BA19" s="26"/>
-      <c r="BC19" s="168"/>
-      <c r="BD19" s="169"/>
+      <c r="BC19" s="122"/>
+      <c r="BD19" s="123"/>
     </row>
     <row r="20" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="43"/>
       <c r="B20" s="36"/>
       <c r="D20" s="28"/>
       <c r="E20" s="31"/>
       <c r="F20" s="28"/>
       <c r="G20" s="26"/>
       <c r="H20" s="28"/>
       <c r="I20" s="26"/>
       <c r="J20" s="28"/>
       <c r="K20" s="26"/>
       <c r="L20" s="26"/>
       <c r="M20" s="31"/>
       <c r="N20" s="28"/>
       <c r="O20" s="26"/>
       <c r="P20" s="28"/>
       <c r="Q20" s="26"/>
       <c r="R20" s="26"/>
       <c r="S20" s="43"/>
       <c r="T20" s="36"/>
       <c r="V20" s="28"/>
       <c r="W20" s="31"/>
       <c r="X20" s="28"/>
       <c r="Y20" s="26"/>
@@ -12223,52 +12271,52 @@
       <c r="AA20" s="26"/>
       <c r="AB20" s="28"/>
       <c r="AC20" s="26"/>
       <c r="AD20" s="26"/>
       <c r="AE20" s="31"/>
       <c r="AF20" s="28"/>
       <c r="AG20" s="26"/>
       <c r="AH20" s="28"/>
       <c r="AI20" s="26"/>
       <c r="AK20" s="43"/>
       <c r="AL20" s="36"/>
       <c r="AN20" s="28"/>
       <c r="AO20" s="31"/>
       <c r="AP20" s="28"/>
       <c r="AQ20" s="26"/>
       <c r="AR20" s="28"/>
       <c r="AS20" s="26"/>
       <c r="AT20" s="28"/>
       <c r="AU20" s="26"/>
       <c r="AV20" s="26"/>
       <c r="AW20" s="31"/>
       <c r="AX20" s="28"/>
       <c r="AY20" s="26"/>
       <c r="AZ20" s="28"/>
       <c r="BA20" s="26"/>
-      <c r="BC20" s="168"/>
-      <c r="BD20" s="169"/>
+      <c r="BC20" s="122"/>
+      <c r="BD20" s="123"/>
     </row>
     <row r="21" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="43"/>
       <c r="B21" s="36"/>
       <c r="D21" s="28"/>
       <c r="E21" s="29"/>
       <c r="F21" s="30"/>
       <c r="G21" s="34"/>
       <c r="H21" s="30"/>
       <c r="I21" s="34"/>
       <c r="J21" s="30"/>
       <c r="K21" s="34"/>
       <c r="L21" s="34"/>
       <c r="M21" s="29"/>
       <c r="N21" s="30"/>
       <c r="O21" s="34"/>
       <c r="P21" s="30"/>
       <c r="Q21" s="26"/>
       <c r="R21" s="26"/>
       <c r="S21" s="43"/>
       <c r="T21" s="36"/>
       <c r="V21" s="28"/>
       <c r="W21" s="29"/>
       <c r="X21" s="30"/>
       <c r="Y21" s="34"/>
@@ -12276,52 +12324,52 @@
       <c r="AA21" s="34"/>
       <c r="AB21" s="30"/>
       <c r="AC21" s="34"/>
       <c r="AD21" s="34"/>
       <c r="AE21" s="29"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="34"/>
       <c r="AH21" s="30"/>
       <c r="AI21" s="26"/>
       <c r="AK21" s="43"/>
       <c r="AL21" s="36"/>
       <c r="AN21" s="28"/>
       <c r="AO21" s="29"/>
       <c r="AP21" s="30"/>
       <c r="AQ21" s="34"/>
       <c r="AR21" s="30"/>
       <c r="AS21" s="34"/>
       <c r="AT21" s="30"/>
       <c r="AU21" s="34"/>
       <c r="AV21" s="34"/>
       <c r="AW21" s="29"/>
       <c r="AX21" s="30"/>
       <c r="AY21" s="34"/>
       <c r="AZ21" s="30"/>
       <c r="BA21" s="26"/>
-      <c r="BC21" s="168"/>
-      <c r="BD21" s="169"/>
+      <c r="BC21" s="122"/>
+      <c r="BD21" s="123"/>
     </row>
     <row r="22" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="43"/>
       <c r="B22" s="36"/>
       <c r="D22" s="28"/>
       <c r="E22" s="31"/>
       <c r="F22" s="28"/>
       <c r="G22" s="26"/>
       <c r="H22" s="28"/>
       <c r="I22" s="26"/>
       <c r="J22" s="28"/>
       <c r="K22" s="26"/>
       <c r="L22" s="26"/>
       <c r="M22" s="31"/>
       <c r="N22" s="28"/>
       <c r="O22" s="26"/>
       <c r="P22" s="28"/>
       <c r="Q22" s="26"/>
       <c r="R22" s="26"/>
       <c r="S22" s="43"/>
       <c r="T22" s="36"/>
       <c r="V22" s="28"/>
       <c r="W22" s="31"/>
       <c r="X22" s="28"/>
       <c r="Y22" s="26"/>
@@ -12329,52 +12377,52 @@
       <c r="AA22" s="26"/>
       <c r="AB22" s="28"/>
       <c r="AC22" s="26"/>
       <c r="AD22" s="26"/>
       <c r="AE22" s="31"/>
       <c r="AF22" s="28"/>
       <c r="AG22" s="26"/>
       <c r="AH22" s="28"/>
       <c r="AI22" s="26"/>
       <c r="AK22" s="43"/>
       <c r="AL22" s="36"/>
       <c r="AN22" s="28"/>
       <c r="AO22" s="31"/>
       <c r="AP22" s="28"/>
       <c r="AQ22" s="26"/>
       <c r="AR22" s="28"/>
       <c r="AS22" s="26"/>
       <c r="AT22" s="28"/>
       <c r="AU22" s="26"/>
       <c r="AV22" s="26"/>
       <c r="AW22" s="31"/>
       <c r="AX22" s="28"/>
       <c r="AY22" s="26"/>
       <c r="AZ22" s="28"/>
       <c r="BA22" s="26"/>
-      <c r="BC22" s="168"/>
-      <c r="BD22" s="169"/>
+      <c r="BC22" s="122"/>
+      <c r="BD22" s="123"/>
     </row>
     <row r="23" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="43"/>
       <c r="B23" s="36"/>
       <c r="D23" s="28"/>
       <c r="E23" s="29"/>
       <c r="F23" s="30"/>
       <c r="G23" s="34"/>
       <c r="H23" s="30"/>
       <c r="I23" s="34"/>
       <c r="J23" s="30"/>
       <c r="K23" s="34"/>
       <c r="L23" s="34"/>
       <c r="M23" s="29"/>
       <c r="N23" s="30"/>
       <c r="O23" s="34"/>
       <c r="P23" s="30"/>
       <c r="Q23" s="26"/>
       <c r="R23" s="26"/>
       <c r="S23" s="43"/>
       <c r="T23" s="36"/>
       <c r="V23" s="28"/>
       <c r="W23" s="29"/>
       <c r="X23" s="30"/>
       <c r="Y23" s="34"/>
@@ -12382,52 +12430,52 @@
       <c r="AA23" s="34"/>
       <c r="AB23" s="30"/>
       <c r="AC23" s="34"/>
       <c r="AD23" s="34"/>
       <c r="AE23" s="29"/>
       <c r="AF23" s="30"/>
       <c r="AG23" s="34"/>
       <c r="AH23" s="30"/>
       <c r="AI23" s="26"/>
       <c r="AK23" s="43"/>
       <c r="AL23" s="36"/>
       <c r="AN23" s="28"/>
       <c r="AO23" s="29"/>
       <c r="AP23" s="30"/>
       <c r="AQ23" s="34"/>
       <c r="AR23" s="30"/>
       <c r="AS23" s="34"/>
       <c r="AT23" s="30"/>
       <c r="AU23" s="34"/>
       <c r="AV23" s="34"/>
       <c r="AW23" s="29"/>
       <c r="AX23" s="30"/>
       <c r="AY23" s="34"/>
       <c r="AZ23" s="30"/>
       <c r="BA23" s="26"/>
-      <c r="BC23" s="168"/>
-      <c r="BD23" s="169"/>
+      <c r="BC23" s="122"/>
+      <c r="BD23" s="123"/>
     </row>
     <row r="24" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="43"/>
       <c r="B24" s="36"/>
       <c r="D24" s="28"/>
       <c r="E24" s="31"/>
       <c r="F24" s="28"/>
       <c r="G24" s="26"/>
       <c r="H24" s="28"/>
       <c r="I24" s="26"/>
       <c r="J24" s="28"/>
       <c r="K24" s="26"/>
       <c r="L24" s="26"/>
       <c r="M24" s="31"/>
       <c r="N24" s="28"/>
       <c r="O24" s="26"/>
       <c r="P24" s="28"/>
       <c r="Q24" s="26"/>
       <c r="R24" s="26"/>
       <c r="S24" s="43"/>
       <c r="T24" s="36"/>
       <c r="V24" s="28"/>
       <c r="W24" s="31"/>
       <c r="X24" s="28"/>
       <c r="Y24" s="26"/>
@@ -12435,52 +12483,52 @@
       <c r="AA24" s="26"/>
       <c r="AB24" s="28"/>
       <c r="AC24" s="26"/>
       <c r="AD24" s="26"/>
       <c r="AE24" s="31"/>
       <c r="AF24" s="28"/>
       <c r="AG24" s="26"/>
       <c r="AH24" s="28"/>
       <c r="AI24" s="26"/>
       <c r="AK24" s="43"/>
       <c r="AL24" s="36"/>
       <c r="AN24" s="28"/>
       <c r="AO24" s="31"/>
       <c r="AP24" s="28"/>
       <c r="AQ24" s="26"/>
       <c r="AR24" s="28"/>
       <c r="AS24" s="26"/>
       <c r="AT24" s="28"/>
       <c r="AU24" s="26"/>
       <c r="AV24" s="26"/>
       <c r="AW24" s="31"/>
       <c r="AX24" s="28"/>
       <c r="AY24" s="26"/>
       <c r="AZ24" s="28"/>
       <c r="BA24" s="26"/>
-      <c r="BC24" s="168"/>
-      <c r="BD24" s="169"/>
+      <c r="BC24" s="122"/>
+      <c r="BD24" s="123"/>
     </row>
     <row r="25" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="43"/>
       <c r="B25" s="36"/>
       <c r="D25" s="28"/>
       <c r="E25" s="29"/>
       <c r="F25" s="30"/>
       <c r="G25" s="34"/>
       <c r="H25" s="30"/>
       <c r="I25" s="34"/>
       <c r="J25" s="30"/>
       <c r="K25" s="34"/>
       <c r="L25" s="34"/>
       <c r="M25" s="29"/>
       <c r="N25" s="30"/>
       <c r="O25" s="34"/>
       <c r="P25" s="30"/>
       <c r="Q25" s="26"/>
       <c r="R25" s="26"/>
       <c r="S25" s="43"/>
       <c r="T25" s="36"/>
       <c r="V25" s="28"/>
       <c r="W25" s="29"/>
       <c r="X25" s="30"/>
       <c r="Y25" s="34"/>
@@ -12488,52 +12536,52 @@
       <c r="AA25" s="34"/>
       <c r="AB25" s="30"/>
       <c r="AC25" s="34"/>
       <c r="AD25" s="34"/>
       <c r="AE25" s="29"/>
       <c r="AF25" s="30"/>
       <c r="AG25" s="34"/>
       <c r="AH25" s="30"/>
       <c r="AI25" s="26"/>
       <c r="AK25" s="43"/>
       <c r="AL25" s="36"/>
       <c r="AN25" s="28"/>
       <c r="AO25" s="29"/>
       <c r="AP25" s="30"/>
       <c r="AQ25" s="34"/>
       <c r="AR25" s="30"/>
       <c r="AS25" s="34"/>
       <c r="AT25" s="30"/>
       <c r="AU25" s="34"/>
       <c r="AV25" s="34"/>
       <c r="AW25" s="29"/>
       <c r="AX25" s="30"/>
       <c r="AY25" s="34"/>
       <c r="AZ25" s="30"/>
       <c r="BA25" s="26"/>
-      <c r="BC25" s="168"/>
-      <c r="BD25" s="169"/>
+      <c r="BC25" s="122"/>
+      <c r="BD25" s="123"/>
     </row>
     <row r="26" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="43"/>
       <c r="B26" s="36"/>
       <c r="D26" s="28"/>
       <c r="E26" s="29"/>
       <c r="F26" s="30"/>
       <c r="G26" s="34"/>
       <c r="H26" s="30"/>
       <c r="I26" s="34"/>
       <c r="J26" s="30"/>
       <c r="K26" s="34"/>
       <c r="L26" s="34"/>
       <c r="M26" s="29"/>
       <c r="N26" s="30"/>
       <c r="O26" s="34"/>
       <c r="P26" s="30"/>
       <c r="Q26" s="26"/>
       <c r="R26" s="26"/>
       <c r="S26" s="43"/>
       <c r="T26" s="36"/>
       <c r="V26" s="28"/>
       <c r="W26" s="29"/>
       <c r="X26" s="30"/>
       <c r="Y26" s="34"/>
@@ -12541,52 +12589,52 @@
       <c r="AA26" s="34"/>
       <c r="AB26" s="30"/>
       <c r="AC26" s="34"/>
       <c r="AD26" s="34"/>
       <c r="AE26" s="29"/>
       <c r="AF26" s="30"/>
       <c r="AG26" s="34"/>
       <c r="AH26" s="30"/>
       <c r="AI26" s="26"/>
       <c r="AK26" s="43"/>
       <c r="AL26" s="36"/>
       <c r="AN26" s="28"/>
       <c r="AO26" s="29"/>
       <c r="AP26" s="30"/>
       <c r="AQ26" s="34"/>
       <c r="AR26" s="30"/>
       <c r="AS26" s="34"/>
       <c r="AT26" s="30"/>
       <c r="AU26" s="34"/>
       <c r="AV26" s="34"/>
       <c r="AW26" s="29"/>
       <c r="AX26" s="30"/>
       <c r="AY26" s="34"/>
       <c r="AZ26" s="30"/>
       <c r="BA26" s="26"/>
-      <c r="BC26" s="168"/>
-      <c r="BD26" s="169"/>
+      <c r="BC26" s="122"/>
+      <c r="BD26" s="123"/>
     </row>
     <row r="27" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="43"/>
       <c r="B27" s="36"/>
       <c r="D27" s="28"/>
       <c r="E27" s="31"/>
       <c r="F27" s="28"/>
       <c r="G27" s="26"/>
       <c r="H27" s="28"/>
       <c r="I27" s="26"/>
       <c r="J27" s="28"/>
       <c r="K27" s="26"/>
       <c r="L27" s="26"/>
       <c r="M27" s="31"/>
       <c r="N27" s="28"/>
       <c r="O27" s="26"/>
       <c r="P27" s="28"/>
       <c r="Q27" s="26"/>
       <c r="R27" s="26"/>
       <c r="S27" s="43"/>
       <c r="T27" s="36"/>
       <c r="V27" s="28"/>
       <c r="W27" s="31"/>
       <c r="X27" s="28"/>
       <c r="Y27" s="26"/>
@@ -12594,52 +12642,52 @@
       <c r="AA27" s="26"/>
       <c r="AB27" s="28"/>
       <c r="AC27" s="26"/>
       <c r="AD27" s="26"/>
       <c r="AE27" s="31"/>
       <c r="AF27" s="28"/>
       <c r="AG27" s="26"/>
       <c r="AH27" s="28"/>
       <c r="AI27" s="26"/>
       <c r="AK27" s="43"/>
       <c r="AL27" s="36"/>
       <c r="AN27" s="28"/>
       <c r="AO27" s="31"/>
       <c r="AP27" s="28"/>
       <c r="AQ27" s="26"/>
       <c r="AR27" s="28"/>
       <c r="AS27" s="26"/>
       <c r="AT27" s="28"/>
       <c r="AU27" s="26"/>
       <c r="AV27" s="26"/>
       <c r="AW27" s="31"/>
       <c r="AX27" s="28"/>
       <c r="AY27" s="26"/>
       <c r="AZ27" s="28"/>
       <c r="BA27" s="26"/>
-      <c r="BC27" s="168"/>
-      <c r="BD27" s="169"/>
+      <c r="BC27" s="122"/>
+      <c r="BD27" s="123"/>
     </row>
     <row r="28" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="43"/>
       <c r="B28" s="36"/>
       <c r="D28" s="28"/>
       <c r="E28" s="29"/>
       <c r="F28" s="30"/>
       <c r="G28" s="34"/>
       <c r="H28" s="30"/>
       <c r="I28" s="34"/>
       <c r="J28" s="30"/>
       <c r="K28" s="34"/>
       <c r="L28" s="34"/>
       <c r="M28" s="29"/>
       <c r="N28" s="30"/>
       <c r="O28" s="34"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="26"/>
       <c r="R28" s="26"/>
       <c r="S28" s="43"/>
       <c r="T28" s="36"/>
       <c r="V28" s="28"/>
       <c r="W28" s="29"/>
       <c r="X28" s="30"/>
       <c r="Y28" s="34"/>
@@ -12647,52 +12695,52 @@
       <c r="AA28" s="34"/>
       <c r="AB28" s="30"/>
       <c r="AC28" s="34"/>
       <c r="AD28" s="34"/>
       <c r="AE28" s="29"/>
       <c r="AF28" s="30"/>
       <c r="AG28" s="34"/>
       <c r="AH28" s="30"/>
       <c r="AI28" s="26"/>
       <c r="AK28" s="43"/>
       <c r="AL28" s="36"/>
       <c r="AN28" s="28"/>
       <c r="AO28" s="29"/>
       <c r="AP28" s="30"/>
       <c r="AQ28" s="34"/>
       <c r="AR28" s="30"/>
       <c r="AS28" s="34"/>
       <c r="AT28" s="30"/>
       <c r="AU28" s="34"/>
       <c r="AV28" s="34"/>
       <c r="AW28" s="29"/>
       <c r="AX28" s="30"/>
       <c r="AY28" s="34"/>
       <c r="AZ28" s="30"/>
       <c r="BA28" s="26"/>
-      <c r="BC28" s="168"/>
-      <c r="BD28" s="169"/>
+      <c r="BC28" s="122"/>
+      <c r="BD28" s="123"/>
     </row>
     <row r="29" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="43"/>
       <c r="B29" s="36"/>
       <c r="D29" s="28"/>
       <c r="E29" s="29"/>
       <c r="F29" s="30"/>
       <c r="G29" s="34"/>
       <c r="H29" s="30"/>
       <c r="I29" s="34"/>
       <c r="J29" s="30"/>
       <c r="K29" s="34"/>
       <c r="L29" s="34"/>
       <c r="M29" s="29"/>
       <c r="N29" s="30"/>
       <c r="O29" s="34"/>
       <c r="P29" s="30"/>
       <c r="Q29" s="26"/>
       <c r="R29" s="26"/>
       <c r="S29" s="43"/>
       <c r="T29" s="36"/>
       <c r="V29" s="28"/>
       <c r="W29" s="29"/>
       <c r="X29" s="30"/>
       <c r="Y29" s="34"/>
@@ -12700,52 +12748,52 @@
       <c r="AA29" s="34"/>
       <c r="AB29" s="30"/>
       <c r="AC29" s="34"/>
       <c r="AD29" s="34"/>
       <c r="AE29" s="29"/>
       <c r="AF29" s="30"/>
       <c r="AG29" s="34"/>
       <c r="AH29" s="30"/>
       <c r="AI29" s="26"/>
       <c r="AK29" s="43"/>
       <c r="AL29" s="36"/>
       <c r="AN29" s="28"/>
       <c r="AO29" s="29"/>
       <c r="AP29" s="30"/>
       <c r="AQ29" s="34"/>
       <c r="AR29" s="30"/>
       <c r="AS29" s="34"/>
       <c r="AT29" s="30"/>
       <c r="AU29" s="34"/>
       <c r="AV29" s="34"/>
       <c r="AW29" s="29"/>
       <c r="AX29" s="30"/>
       <c r="AY29" s="34"/>
       <c r="AZ29" s="30"/>
       <c r="BA29" s="26"/>
-      <c r="BC29" s="168"/>
-      <c r="BD29" s="169"/>
+      <c r="BC29" s="122"/>
+      <c r="BD29" s="123"/>
     </row>
     <row r="30" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="43"/>
       <c r="B30" s="36"/>
       <c r="D30" s="28"/>
       <c r="E30" s="31"/>
       <c r="F30" s="28"/>
       <c r="G30" s="26"/>
       <c r="H30" s="28"/>
       <c r="I30" s="26"/>
       <c r="J30" s="28"/>
       <c r="K30" s="26"/>
       <c r="L30" s="26"/>
       <c r="M30" s="31"/>
       <c r="N30" s="28"/>
       <c r="O30" s="26"/>
       <c r="P30" s="28"/>
       <c r="Q30" s="26"/>
       <c r="R30" s="26"/>
       <c r="S30" s="43"/>
       <c r="T30" s="36"/>
       <c r="V30" s="28"/>
       <c r="W30" s="31"/>
       <c r="X30" s="28"/>
       <c r="Y30" s="26"/>
@@ -12753,52 +12801,52 @@
       <c r="AA30" s="26"/>
       <c r="AB30" s="28"/>
       <c r="AC30" s="26"/>
       <c r="AD30" s="26"/>
       <c r="AE30" s="31"/>
       <c r="AF30" s="28"/>
       <c r="AG30" s="26"/>
       <c r="AH30" s="28"/>
       <c r="AI30" s="26"/>
       <c r="AK30" s="43"/>
       <c r="AL30" s="36"/>
       <c r="AN30" s="28"/>
       <c r="AO30" s="31"/>
       <c r="AP30" s="28"/>
       <c r="AQ30" s="26"/>
       <c r="AR30" s="28"/>
       <c r="AS30" s="26"/>
       <c r="AT30" s="28"/>
       <c r="AU30" s="26"/>
       <c r="AV30" s="26"/>
       <c r="AW30" s="31"/>
       <c r="AX30" s="28"/>
       <c r="AY30" s="26"/>
       <c r="AZ30" s="28"/>
       <c r="BA30" s="26"/>
-      <c r="BC30" s="168"/>
-      <c r="BD30" s="169"/>
+      <c r="BC30" s="122"/>
+      <c r="BD30" s="123"/>
     </row>
     <row r="31" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="43"/>
       <c r="B31" s="36"/>
       <c r="D31" s="28"/>
       <c r="E31" s="29"/>
       <c r="F31" s="30"/>
       <c r="G31" s="34"/>
       <c r="H31" s="30"/>
       <c r="I31" s="34"/>
       <c r="J31" s="30"/>
       <c r="K31" s="34"/>
       <c r="L31" s="34"/>
       <c r="M31" s="29"/>
       <c r="N31" s="30"/>
       <c r="O31" s="34"/>
       <c r="P31" s="30"/>
       <c r="Q31" s="26"/>
       <c r="R31" s="26"/>
       <c r="S31" s="43"/>
       <c r="T31" s="36"/>
       <c r="V31" s="28"/>
       <c r="W31" s="29"/>
       <c r="X31" s="30"/>
       <c r="Y31" s="34"/>
@@ -12806,52 +12854,52 @@
       <c r="AA31" s="34"/>
       <c r="AB31" s="30"/>
       <c r="AC31" s="34"/>
       <c r="AD31" s="34"/>
       <c r="AE31" s="29"/>
       <c r="AF31" s="30"/>
       <c r="AG31" s="34"/>
       <c r="AH31" s="30"/>
       <c r="AI31" s="26"/>
       <c r="AK31" s="43"/>
       <c r="AL31" s="36"/>
       <c r="AN31" s="28"/>
       <c r="AO31" s="29"/>
       <c r="AP31" s="30"/>
       <c r="AQ31" s="34"/>
       <c r="AR31" s="30"/>
       <c r="AS31" s="34"/>
       <c r="AT31" s="30"/>
       <c r="AU31" s="34"/>
       <c r="AV31" s="34"/>
       <c r="AW31" s="29"/>
       <c r="AX31" s="30"/>
       <c r="AY31" s="34"/>
       <c r="AZ31" s="30"/>
       <c r="BA31" s="26"/>
-      <c r="BC31" s="168"/>
-      <c r="BD31" s="169"/>
+      <c r="BC31" s="122"/>
+      <c r="BD31" s="123"/>
     </row>
     <row r="32" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="43"/>
       <c r="B32" s="36"/>
       <c r="D32" s="28"/>
       <c r="E32" s="31"/>
       <c r="F32" s="28"/>
       <c r="G32" s="26"/>
       <c r="H32" s="28"/>
       <c r="I32" s="26"/>
       <c r="J32" s="28"/>
       <c r="K32" s="26"/>
       <c r="L32" s="26"/>
       <c r="M32" s="31"/>
       <c r="N32" s="28"/>
       <c r="O32" s="26"/>
       <c r="P32" s="28"/>
       <c r="Q32" s="26"/>
       <c r="R32" s="26"/>
       <c r="S32" s="43"/>
       <c r="T32" s="36"/>
       <c r="V32" s="28"/>
       <c r="W32" s="31"/>
       <c r="X32" s="28"/>
       <c r="Y32" s="26"/>
@@ -12859,52 +12907,52 @@
       <c r="AA32" s="26"/>
       <c r="AB32" s="28"/>
       <c r="AC32" s="26"/>
       <c r="AD32" s="26"/>
       <c r="AE32" s="31"/>
       <c r="AF32" s="28"/>
       <c r="AG32" s="26"/>
       <c r="AH32" s="28"/>
       <c r="AI32" s="26"/>
       <c r="AK32" s="43"/>
       <c r="AL32" s="36"/>
       <c r="AN32" s="28"/>
       <c r="AO32" s="31"/>
       <c r="AP32" s="28"/>
       <c r="AQ32" s="26"/>
       <c r="AR32" s="28"/>
       <c r="AS32" s="26"/>
       <c r="AT32" s="28"/>
       <c r="AU32" s="26"/>
       <c r="AV32" s="26"/>
       <c r="AW32" s="31"/>
       <c r="AX32" s="28"/>
       <c r="AY32" s="26"/>
       <c r="AZ32" s="28"/>
       <c r="BA32" s="26"/>
-      <c r="BC32" s="168"/>
-      <c r="BD32" s="169"/>
+      <c r="BC32" s="122"/>
+      <c r="BD32" s="123"/>
     </row>
     <row r="33" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="43"/>
       <c r="B33" s="36"/>
       <c r="D33" s="28"/>
       <c r="E33" s="29"/>
       <c r="F33" s="30"/>
       <c r="G33" s="34"/>
       <c r="H33" s="30"/>
       <c r="I33" s="34"/>
       <c r="J33" s="30"/>
       <c r="K33" s="34"/>
       <c r="L33" s="34"/>
       <c r="M33" s="29"/>
       <c r="N33" s="30"/>
       <c r="O33" s="34"/>
       <c r="P33" s="30"/>
       <c r="Q33" s="26"/>
       <c r="R33" s="26"/>
       <c r="S33" s="43"/>
       <c r="T33" s="36"/>
       <c r="V33" s="28"/>
       <c r="W33" s="29"/>
       <c r="X33" s="30"/>
       <c r="Y33" s="34"/>
@@ -12912,52 +12960,52 @@
       <c r="AA33" s="34"/>
       <c r="AB33" s="30"/>
       <c r="AC33" s="34"/>
       <c r="AD33" s="34"/>
       <c r="AE33" s="29"/>
       <c r="AF33" s="30"/>
       <c r="AG33" s="34"/>
       <c r="AH33" s="30"/>
       <c r="AI33" s="26"/>
       <c r="AK33" s="43"/>
       <c r="AL33" s="36"/>
       <c r="AN33" s="28"/>
       <c r="AO33" s="29"/>
       <c r="AP33" s="30"/>
       <c r="AQ33" s="34"/>
       <c r="AR33" s="30"/>
       <c r="AS33" s="34"/>
       <c r="AT33" s="30"/>
       <c r="AU33" s="34"/>
       <c r="AV33" s="34"/>
       <c r="AW33" s="29"/>
       <c r="AX33" s="30"/>
       <c r="AY33" s="34"/>
       <c r="AZ33" s="30"/>
       <c r="BA33" s="26"/>
-      <c r="BC33" s="168"/>
-      <c r="BD33" s="169"/>
+      <c r="BC33" s="122"/>
+      <c r="BD33" s="123"/>
     </row>
     <row r="34" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="43"/>
       <c r="B34" s="36"/>
       <c r="D34" s="28"/>
       <c r="E34" s="35"/>
       <c r="F34" s="28"/>
       <c r="G34" s="26"/>
       <c r="H34" s="28"/>
       <c r="I34" s="26"/>
       <c r="J34" s="28"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="31"/>
       <c r="N34" s="28"/>
       <c r="O34" s="26"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="43"/>
       <c r="T34" s="36"/>
       <c r="V34" s="28"/>
       <c r="W34" s="35"/>
       <c r="X34" s="28"/>
       <c r="Y34" s="26"/>
@@ -12965,52 +13013,52 @@
       <c r="AA34" s="26"/>
       <c r="AB34" s="28"/>
       <c r="AC34" s="26"/>
       <c r="AD34" s="26"/>
       <c r="AE34" s="31"/>
       <c r="AF34" s="28"/>
       <c r="AG34" s="26"/>
       <c r="AH34" s="28"/>
       <c r="AI34" s="26"/>
       <c r="AK34" s="43"/>
       <c r="AL34" s="36"/>
       <c r="AN34" s="28"/>
       <c r="AO34" s="35"/>
       <c r="AP34" s="28"/>
       <c r="AQ34" s="26"/>
       <c r="AR34" s="28"/>
       <c r="AS34" s="26"/>
       <c r="AT34" s="28"/>
       <c r="AU34" s="26"/>
       <c r="AV34" s="26"/>
       <c r="AW34" s="31"/>
       <c r="AX34" s="28"/>
       <c r="AY34" s="26"/>
       <c r="AZ34" s="28"/>
       <c r="BA34" s="26"/>
-      <c r="BC34" s="168"/>
-      <c r="BD34" s="169"/>
+      <c r="BC34" s="122"/>
+      <c r="BD34" s="123"/>
     </row>
     <row r="35" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="43"/>
       <c r="B35" s="36"/>
       <c r="D35" s="28"/>
       <c r="E35" s="31"/>
       <c r="F35" s="30"/>
       <c r="G35" s="34"/>
       <c r="H35" s="30"/>
       <c r="I35" s="34"/>
       <c r="J35" s="30"/>
       <c r="K35" s="34"/>
       <c r="L35" s="34"/>
       <c r="M35" s="29"/>
       <c r="N35" s="30"/>
       <c r="O35" s="34"/>
       <c r="P35" s="30"/>
       <c r="Q35" s="26"/>
       <c r="R35" s="26"/>
       <c r="S35" s="43"/>
       <c r="T35" s="36"/>
       <c r="V35" s="28"/>
       <c r="W35" s="31"/>
       <c r="X35" s="30"/>
       <c r="Y35" s="34"/>
@@ -13018,52 +13066,52 @@
       <c r="AA35" s="34"/>
       <c r="AB35" s="30"/>
       <c r="AC35" s="34"/>
       <c r="AD35" s="34"/>
       <c r="AE35" s="29"/>
       <c r="AF35" s="30"/>
       <c r="AG35" s="34"/>
       <c r="AH35" s="30"/>
       <c r="AI35" s="26"/>
       <c r="AK35" s="43"/>
       <c r="AL35" s="36"/>
       <c r="AN35" s="28"/>
       <c r="AO35" s="31"/>
       <c r="AP35" s="30"/>
       <c r="AQ35" s="34"/>
       <c r="AR35" s="30"/>
       <c r="AS35" s="34"/>
       <c r="AT35" s="30"/>
       <c r="AU35" s="34"/>
       <c r="AV35" s="34"/>
       <c r="AW35" s="29"/>
       <c r="AX35" s="30"/>
       <c r="AY35" s="34"/>
       <c r="AZ35" s="30"/>
       <c r="BA35" s="26"/>
-      <c r="BC35" s="168"/>
-      <c r="BD35" s="169"/>
+      <c r="BC35" s="122"/>
+      <c r="BD35" s="123"/>
     </row>
     <row r="36" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="43"/>
       <c r="B36" s="36"/>
       <c r="D36" s="28"/>
       <c r="E36" s="33"/>
       <c r="F36" s="28"/>
       <c r="G36" s="26"/>
       <c r="H36" s="28"/>
       <c r="I36" s="26"/>
       <c r="J36" s="28"/>
       <c r="K36" s="26"/>
       <c r="L36" s="26"/>
       <c r="M36" s="31"/>
       <c r="N36" s="28"/>
       <c r="O36" s="26"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="26"/>
       <c r="R36" s="26"/>
       <c r="S36" s="43"/>
       <c r="T36" s="36"/>
       <c r="V36" s="28"/>
       <c r="W36" s="33"/>
       <c r="X36" s="28"/>
       <c r="Y36" s="26"/>
@@ -13071,52 +13119,52 @@
       <c r="AA36" s="26"/>
       <c r="AB36" s="28"/>
       <c r="AC36" s="26"/>
       <c r="AD36" s="26"/>
       <c r="AE36" s="31"/>
       <c r="AF36" s="28"/>
       <c r="AG36" s="26"/>
       <c r="AH36" s="28"/>
       <c r="AI36" s="26"/>
       <c r="AK36" s="43"/>
       <c r="AL36" s="36"/>
       <c r="AN36" s="28"/>
       <c r="AO36" s="33"/>
       <c r="AP36" s="28"/>
       <c r="AQ36" s="26"/>
       <c r="AR36" s="28"/>
       <c r="AS36" s="26"/>
       <c r="AT36" s="28"/>
       <c r="AU36" s="26"/>
       <c r="AV36" s="26"/>
       <c r="AW36" s="31"/>
       <c r="AX36" s="28"/>
       <c r="AY36" s="26"/>
       <c r="AZ36" s="28"/>
       <c r="BA36" s="26"/>
-      <c r="BC36" s="168"/>
-      <c r="BD36" s="169"/>
+      <c r="BC36" s="122"/>
+      <c r="BD36" s="123"/>
     </row>
     <row r="37" spans="1:56" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="43"/>
       <c r="B37" s="36"/>
       <c r="D37" s="28"/>
       <c r="E37" s="29"/>
       <c r="F37" s="30"/>
       <c r="G37" s="34"/>
       <c r="H37" s="30"/>
       <c r="I37" s="34"/>
       <c r="J37" s="30"/>
       <c r="K37" s="34"/>
       <c r="L37" s="34"/>
       <c r="M37" s="29"/>
       <c r="N37" s="30"/>
       <c r="O37" s="34"/>
       <c r="P37" s="30"/>
       <c r="Q37" s="26"/>
       <c r="R37" s="26"/>
       <c r="S37" s="43"/>
       <c r="T37" s="36"/>
       <c r="V37" s="28"/>
       <c r="W37" s="29"/>
       <c r="X37" s="30"/>
       <c r="Y37" s="34"/>
@@ -13124,225 +13172,225 @@
       <c r="AA37" s="34"/>
       <c r="AB37" s="30"/>
       <c r="AC37" s="34"/>
       <c r="AD37" s="34"/>
       <c r="AE37" s="29"/>
       <c r="AF37" s="30"/>
       <c r="AG37" s="34"/>
       <c r="AH37" s="30"/>
       <c r="AI37" s="26"/>
       <c r="AK37" s="43"/>
       <c r="AL37" s="36"/>
       <c r="AN37" s="28"/>
       <c r="AO37" s="29"/>
       <c r="AP37" s="30"/>
       <c r="AQ37" s="34"/>
       <c r="AR37" s="30"/>
       <c r="AS37" s="34"/>
       <c r="AT37" s="30"/>
       <c r="AU37" s="34"/>
       <c r="AV37" s="34"/>
       <c r="AW37" s="29"/>
       <c r="AX37" s="30"/>
       <c r="AY37" s="34"/>
       <c r="AZ37" s="30"/>
       <c r="BA37" s="26"/>
-      <c r="BC37" s="168"/>
-      <c r="BD37" s="169"/>
+      <c r="BC37" s="122"/>
+      <c r="BD37" s="123"/>
     </row>
     <row r="38" spans="1:56" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D38" s="26"/>
       <c r="E38" s="26"/>
       <c r="F38" s="26"/>
       <c r="G38" s="26"/>
       <c r="H38" s="26"/>
       <c r="I38" s="26"/>
       <c r="J38" s="26"/>
       <c r="K38" s="26"/>
       <c r="L38" s="26"/>
       <c r="M38" s="26"/>
       <c r="N38" s="26"/>
       <c r="O38" s="26"/>
       <c r="P38" s="26"/>
       <c r="Q38" s="26"/>
       <c r="R38" s="26"/>
       <c r="V38" s="26"/>
       <c r="W38" s="26"/>
       <c r="X38" s="26"/>
       <c r="Y38" s="26"/>
       <c r="Z38" s="26"/>
       <c r="AA38" s="26"/>
       <c r="AB38" s="26"/>
       <c r="AC38" s="26"/>
       <c r="AD38" s="26"/>
       <c r="AE38" s="26"/>
       <c r="AF38" s="26"/>
       <c r="AG38" s="26"/>
       <c r="AH38" s="26"/>
       <c r="AI38" s="26"/>
       <c r="AN38" s="26"/>
       <c r="AO38" s="26"/>
       <c r="AP38" s="26"/>
       <c r="AQ38" s="26"/>
       <c r="AR38" s="26"/>
       <c r="AS38" s="26"/>
       <c r="AT38" s="26"/>
       <c r="AU38" s="26"/>
       <c r="AV38" s="26"/>
       <c r="AW38" s="26"/>
       <c r="AX38" s="26"/>
       <c r="AY38" s="26"/>
       <c r="AZ38" s="26"/>
       <c r="BA38" s="26"/>
       <c r="BB38" s="20"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1huMnchsmI+hlh4GzuWOHOod8OBoVCSqF2+/ETRelk6fxwRWucTGy7N2XN+1MCS9aQHyDK0ZajVryPr6JQf06A==" saltValue="cLpGGlYJaLtsrn6KpZG2MA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Gq1LCqqyFUEdXhyW05NAXBdC4hXbaCvxFusX6nnfs2sq6GhnOBmiN2gvxWrZLiKv2JnXV7cAPqYWGvW8HJ13pw==" saltValue="yok+J5nnzrg8DfJBckpNCg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="123">
+    <mergeCell ref="AM4:BC4"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="AL9:AM9"/>
+    <mergeCell ref="AN9:AX9"/>
+    <mergeCell ref="AY9:BA9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:AF9"/>
+    <mergeCell ref="AG9:AI9"/>
+    <mergeCell ref="O9:Q9"/>
+    <mergeCell ref="D9:N9"/>
+    <mergeCell ref="AK7:AL8"/>
+    <mergeCell ref="AV7:AX7"/>
+    <mergeCell ref="L7:N7"/>
+    <mergeCell ref="A7:B8"/>
+    <mergeCell ref="O8:Q8"/>
+    <mergeCell ref="S7:T8"/>
+    <mergeCell ref="AN5:AW5"/>
+    <mergeCell ref="AN6:AW6"/>
+    <mergeCell ref="AN7:AU7"/>
+    <mergeCell ref="AN8:AU8"/>
+    <mergeCell ref="AV8:AX8"/>
+    <mergeCell ref="AX5:BA5"/>
+    <mergeCell ref="AX6:BA6"/>
+    <mergeCell ref="AY7:BA7"/>
+    <mergeCell ref="AY8:BA8"/>
+    <mergeCell ref="AG7:AI7"/>
+    <mergeCell ref="D7:K7"/>
+    <mergeCell ref="D8:K8"/>
+    <mergeCell ref="L8:N8"/>
+    <mergeCell ref="V7:AC7"/>
+    <mergeCell ref="V8:AC8"/>
+    <mergeCell ref="AD8:AF8"/>
+    <mergeCell ref="AD11:AE11"/>
+    <mergeCell ref="AV10:AW10"/>
+    <mergeCell ref="AN11:AO11"/>
+    <mergeCell ref="AD7:AF7"/>
+    <mergeCell ref="AG8:AI8"/>
+    <mergeCell ref="AD10:AE10"/>
+    <mergeCell ref="AR11:AS11"/>
+    <mergeCell ref="AV11:AW11"/>
+    <mergeCell ref="AB11:AC11"/>
+    <mergeCell ref="V10:W10"/>
+    <mergeCell ref="X10:Y10"/>
+    <mergeCell ref="Z10:AA10"/>
+    <mergeCell ref="AB10:AC10"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="AF3:AJ3"/>
+    <mergeCell ref="A5:B6"/>
+    <mergeCell ref="S5:T6"/>
+    <mergeCell ref="V5:AE5"/>
+    <mergeCell ref="V6:AE6"/>
+    <mergeCell ref="V4:AK4"/>
+    <mergeCell ref="A4:U4"/>
+    <mergeCell ref="N5:Q5"/>
+    <mergeCell ref="N6:Q6"/>
+    <mergeCell ref="D5:M5"/>
+    <mergeCell ref="D6:M6"/>
+    <mergeCell ref="AF5:AI5"/>
+    <mergeCell ref="AF6:AI6"/>
+    <mergeCell ref="AK5:AL6"/>
+    <mergeCell ref="A1:B2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C3:Q3"/>
+    <mergeCell ref="T3:AE3"/>
+    <mergeCell ref="O7:Q7"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="BC13:BD13"/>
+    <mergeCell ref="BC14:BD14"/>
+    <mergeCell ref="BC15:BD15"/>
+    <mergeCell ref="BC16:BD16"/>
+    <mergeCell ref="AF10:AG10"/>
+    <mergeCell ref="AH10:AI10"/>
+    <mergeCell ref="AF11:AG11"/>
+    <mergeCell ref="AH11:AI11"/>
+    <mergeCell ref="AT10:AU10"/>
+    <mergeCell ref="AT11:AU11"/>
+    <mergeCell ref="AP11:AQ11"/>
+    <mergeCell ref="AN10:AO10"/>
+    <mergeCell ref="AP10:AQ10"/>
+    <mergeCell ref="AR10:AS10"/>
+    <mergeCell ref="AX10:AY10"/>
+    <mergeCell ref="AZ10:BA10"/>
+    <mergeCell ref="AX11:AY11"/>
+    <mergeCell ref="AZ11:BA11"/>
     <mergeCell ref="BC37:BD37"/>
     <mergeCell ref="C1:AS2"/>
     <mergeCell ref="AK3:AS3"/>
     <mergeCell ref="BC32:BD32"/>
     <mergeCell ref="BC33:BD33"/>
     <mergeCell ref="BC34:BD34"/>
     <mergeCell ref="BC35:BD35"/>
     <mergeCell ref="BC36:BD36"/>
     <mergeCell ref="BC27:BD27"/>
     <mergeCell ref="BC28:BD28"/>
     <mergeCell ref="BC29:BD29"/>
     <mergeCell ref="BC30:BD30"/>
     <mergeCell ref="BC31:BD31"/>
     <mergeCell ref="BC22:BD22"/>
     <mergeCell ref="BC23:BD23"/>
     <mergeCell ref="BC24:BD24"/>
     <mergeCell ref="BC25:BD25"/>
     <mergeCell ref="BC26:BD26"/>
     <mergeCell ref="BC17:BD17"/>
     <mergeCell ref="BC18:BD18"/>
     <mergeCell ref="BC19:BD19"/>
     <mergeCell ref="BC20:BD20"/>
     <mergeCell ref="BC21:BD21"/>
     <mergeCell ref="BC10:BD11"/>
-    <mergeCell ref="BC13:BD13"/>
-[...97 lines deleted...]
-    <mergeCell ref="AY7:BA7"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <conditionalFormatting sqref="A4 AM4">
     <cfRule type="expression" dxfId="115" priority="1790">
       <formula>NOT($V$4="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A9">
     <cfRule type="expression" dxfId="114" priority="1159">
       <formula>AND(B9="eingetragener Zw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
     <cfRule type="expression" dxfId="113" priority="1161">
       <formula>AND(B9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A5:B6">
     <cfRule type="expression" dxfId="112" priority="1164">
       <formula>AND(OR(NOT($C$1=""),NOT($C$3=""),NOT($T$3=""),NOT($AK$3="")),OR(A5="",A5="Test"))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BC5:BC10 BC12:BC224">
     <cfRule type="expression" dxfId="111" priority="959">
       <formula>$V$4=""</formula>
     </cfRule>
   </conditionalFormatting>
@@ -13722,51 +13770,51 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="AY7:BA7">
     <cfRule type="expression" dxfId="20" priority="1010">
       <formula>AND(NOT(AK5=""),NOT(AK5="Test"),OR(AY7="Einheit",AY7=""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AY8:BA8">
     <cfRule type="expression" dxfId="19" priority="993">
       <formula>NOT(AY8="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AY9:BA9">
     <cfRule type="expression" dxfId="18" priority="991">
       <formula>NOT(AY9="")</formula>
     </cfRule>
     <cfRule type="expression" dxfId="17" priority="1021">
       <formula>AND(AL9="errechneter Mw",$V$4="Eine Vorlage zur Zielwertüberwachung",NOT(AY9=""))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation showInputMessage="1" showErrorMessage="1" sqref="L7:N7" xr:uid="{98B5B831-91F6-4C2B-B499-D689B2B555B4}"/>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter xml:space="preserve">&amp;L© PMC, 30.06.2025   &amp;CSeite &amp;P/&amp;N&amp;RPolymed.ch/Downloads/Labor/XXXXX          </oddFooter>
+    <oddFooter xml:space="preserve">&amp;L© PMC, 19.11.2025   &amp;CSeite &amp;P/&amp;N&amp;RPolymed.ch/Downloads/Labor/XXXXX          </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="54" max="1048575" man="1"/>
     <brk id="55" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F8033ACB-7412-4910-BCC4-D5CF70449A3E}">
           <x14:formula1>
             <xm:f>Hilfstabelle!$Q$7:$Q$9</xm:f>
           </x14:formula1>
           <xm:sqref>V4</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{76BC7331-F9BC-463F-9033-566041839F3A}">
           <x14:formula1>
             <xm:f>Hilfstabelle!$Q$13:$Q$17</xm:f>
           </x14:formula1>
           <xm:sqref>B12 AL12 T12</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{0FB66A0D-91D7-4747-80E9-82DF2FC4C9C0}">
@@ -13780,235 +13828,235 @@
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4BB96FC-8D55-4046-887A-569E110F4C5A}">
   <dimension ref="B1:G16"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G31" sqref="G31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="8.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B2" s="181" t="str">
+      <c r="B2" s="179" t="str">
         <f>Dokumentationshilfe!C1</f>
         <v>AFIAS</v>
       </c>
-      <c r="C2" s="182"/>
-[...3 lines deleted...]
-      <c r="G2" s="183"/>
+      <c r="C2" s="180"/>
+      <c r="D2" s="180"/>
+      <c r="E2" s="180"/>
+      <c r="F2" s="180"/>
+      <c r="G2" s="181"/>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B3" s="184"/>
-[...4 lines deleted...]
-      <c r="G3" s="186"/>
+      <c r="B3" s="182"/>
+      <c r="C3" s="183"/>
+      <c r="D3" s="183"/>
+      <c r="E3" s="183"/>
+      <c r="F3" s="183"/>
+      <c r="G3" s="184"/>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B4" s="184"/>
-[...4 lines deleted...]
-      <c r="G4" s="186"/>
+      <c r="B4" s="182"/>
+      <c r="C4" s="183"/>
+      <c r="D4" s="183"/>
+      <c r="E4" s="183"/>
+      <c r="F4" s="183"/>
+      <c r="G4" s="184"/>
     </row>
     <row r="5" spans="2:7" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="187" t="str">
+      <c r="B5" s="185" t="str">
         <f>Dokumentationshilfe!C3</f>
         <v>Vitamin D Kontrolle</v>
       </c>
-      <c r="C5" s="188"/>
-      <c r="D5" s="189" t="str">
+      <c r="C5" s="186"/>
+      <c r="D5" s="187" t="str">
         <f>CONCATENATE(Dokumentationshilfe!S3,Dokumentationshilfe!T3)</f>
         <v>Lot: VDCOVE19</v>
       </c>
-      <c r="E5" s="189"/>
-      <c r="F5" s="190" t="str">
+      <c r="E5" s="187"/>
+      <c r="F5" s="188" t="str">
         <f>CONCATENATE(Dokumentationshilfe!AF3,TEXT(Dokumentationshilfe!AK3,"TT.MM.JJJJ"))</f>
         <v>Verfall: 01.05.2026</v>
       </c>
-      <c r="G5" s="191"/>
+      <c r="G5" s="189"/>
     </row>
     <row r="6" spans="2:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="2:7" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="63" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="64" t="s">
         <v>212</v>
       </c>
-      <c r="D7" s="192" t="s">
+      <c r="D7" s="190" t="s">
         <v>213</v>
       </c>
-      <c r="E7" s="192"/>
-      <c r="F7" s="192"/>
+      <c r="E7" s="190"/>
+      <c r="F7" s="190"/>
       <c r="G7" s="63" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B8" s="65" t="str">
         <f>Dokumentationshilfe!A5</f>
         <v>Vitamin D</v>
       </c>
       <c r="C8" s="66">
         <f>Dokumentationshilfe!J11</f>
-        <v>23.5</v>
-[...1 lines deleted...]
-      <c r="D8" s="179" t="str">
+        <v>19</v>
+      </c>
+      <c r="D8" s="178" t="str">
         <f>CONCATENATE(Dokumentationshilfe!D11," - ",Dokumentationshilfe!P11)</f>
-        <v>17.16 - 29.84</v>
-[...2 lines deleted...]
-      <c r="F8" s="179"/>
+        <v>13.87 - 24.13</v>
+      </c>
+      <c r="E8" s="178"/>
+      <c r="F8" s="178"/>
       <c r="G8" s="65" t="str">
         <f>Dokumentationshilfe!O7</f>
         <v>ng/ml</v>
       </c>
     </row>
     <row r="9" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B9" s="65" t="str">
         <f>Dokumentationshilfe!S5</f>
         <v>Vitamin D</v>
       </c>
       <c r="C9" s="66">
         <f>Dokumentationshilfe!AB11</f>
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D9" s="179" t="str">
+        <v>49.3</v>
+      </c>
+      <c r="D9" s="178" t="str">
         <f>CONCATENATE(Dokumentationshilfe!V11," - ",Dokumentationshilfe!AH11)</f>
-        <v>40.88 - 71.12</v>
-[...2 lines deleted...]
-      <c r="F9" s="179"/>
+        <v>35.99 - 62.61</v>
+      </c>
+      <c r="E9" s="178"/>
+      <c r="F9" s="178"/>
       <c r="G9" s="65" t="str">
         <f>Dokumentationshilfe!AG7</f>
         <v>ng/ml</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B10" s="65" t="str">
         <f>Dokumentationshilfe!AK5</f>
         <v>Test</v>
       </c>
       <c r="C10" s="66" t="str">
         <f>Dokumentationshilfe!AT11</f>
         <v/>
       </c>
-      <c r="D10" s="179" t="str">
+      <c r="D10" s="178" t="str">
         <f>CONCATENATE(Dokumentationshilfe!AN11," - ",Dokumentationshilfe!AZ11)</f>
         <v xml:space="preserve"> - </v>
       </c>
-      <c r="E10" s="179"/>
-      <c r="F10" s="179"/>
+      <c r="E10" s="178"/>
+      <c r="F10" s="178"/>
       <c r="G10" s="65" t="str">
         <f>Dokumentationshilfe!AY7</f>
         <v>Einheit</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="15" x14ac:dyDescent="0.2">
       <c r="B11" s="67"/>
       <c r="C11" s="68"/>
-      <c r="D11" s="180"/>
-[...1 lines deleted...]
-      <c r="F11" s="180"/>
+      <c r="D11" s="192"/>
+      <c r="E11" s="192"/>
+      <c r="F11" s="192"/>
       <c r="G11" s="67"/>
     </row>
     <row r="12" spans="2:7" ht="15" x14ac:dyDescent="0.2">
       <c r="B12" s="69"/>
       <c r="C12" s="70"/>
-      <c r="D12" s="178"/>
-[...1 lines deleted...]
-      <c r="F12" s="178"/>
+      <c r="D12" s="191"/>
+      <c r="E12" s="191"/>
+      <c r="F12" s="191"/>
       <c r="G12" s="69"/>
     </row>
     <row r="13" spans="2:7" ht="15" x14ac:dyDescent="0.2">
       <c r="B13" s="69"/>
       <c r="C13" s="70"/>
-      <c r="D13" s="178"/>
-[...1 lines deleted...]
-      <c r="F13" s="178"/>
+      <c r="D13" s="191"/>
+      <c r="E13" s="191"/>
+      <c r="F13" s="191"/>
       <c r="G13" s="69"/>
     </row>
     <row r="14" spans="2:7" ht="15" x14ac:dyDescent="0.2">
       <c r="B14" s="69"/>
       <c r="C14" s="70"/>
-      <c r="D14" s="178"/>
-[...1 lines deleted...]
-      <c r="F14" s="178"/>
+      <c r="D14" s="191"/>
+      <c r="E14" s="191"/>
+      <c r="F14" s="191"/>
       <c r="G14" s="69"/>
     </row>
     <row r="15" spans="2:7" ht="15" x14ac:dyDescent="0.2">
       <c r="B15" s="69"/>
       <c r="C15" s="70"/>
-      <c r="D15" s="178"/>
-[...1 lines deleted...]
-      <c r="F15" s="178"/>
+      <c r="D15" s="191"/>
+      <c r="E15" s="191"/>
+      <c r="F15" s="191"/>
       <c r="G15" s="69"/>
     </row>
     <row r="16" spans="2:7" ht="15" x14ac:dyDescent="0.2">
       <c r="B16" s="69"/>
       <c r="C16" s="70"/>
-      <c r="D16" s="178"/>
-[...1 lines deleted...]
-      <c r="F16" s="178"/>
+      <c r="D16" s="191"/>
+      <c r="E16" s="191"/>
+      <c r="F16" s="191"/>
       <c r="G16" s="69"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="LY9Cm1GZPvMGIbC9NJSwLI39fn7jboAT7w1gKet90VzWptdNcCZQBZzqrNMsVc0czcauD1ZRvb6MWcehHqlT0g==" saltValue="HFvggOr/OXTEMrCdgYNa3w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="14">
-    <mergeCell ref="D8:F8"/>
-[...4 lines deleted...]
-    <mergeCell ref="D7:F7"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="D16:F16"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="D14:F14"/>
+    <mergeCell ref="D8:F8"/>
+    <mergeCell ref="B2:G4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="D7:F7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD5CFFEE-87D9-41F6-B91A-47336EAC5964}">
   <dimension ref="B1:M357"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E30" sqref="E30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2" style="83" customWidth="1"/>
     <col min="2" max="2" width="14.42578125" style="83" customWidth="1"/>
     <col min="3" max="3" width="12" style="83" customWidth="1"/>
     <col min="4" max="4" width="13.140625" style="83" customWidth="1"/>
     <col min="5" max="5" width="25.42578125" style="83" customWidth="1"/>
     <col min="6" max="6" width="27.140625" style="83" customWidth="1"/>
     <col min="7" max="7" width="23.7109375" style="83" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="4.140625" style="83" customWidth="1"/>
@@ -14103,93 +14151,93 @@
       <c r="K5" s="92" t="s">
         <v>242</v>
       </c>
       <c r="L5" s="92" t="s">
         <v>243</v>
       </c>
       <c r="M5" s="93" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="6" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="94"/>
       <c r="C6" s="95"/>
       <c r="D6" s="95"/>
       <c r="E6" s="95"/>
       <c r="F6" s="95"/>
       <c r="G6" s="96"/>
       <c r="I6" s="116" t="str">
         <f>Dokumentationshilfe!A5</f>
         <v>Vitamin D</v>
       </c>
       <c r="J6" s="80"/>
       <c r="K6" s="80"/>
       <c r="L6" s="103">
         <f>Dokumentationshilfe!J11</f>
-        <v>23.5</v>
+        <v>19</v>
       </c>
       <c r="M6" s="104" t="str">
         <f>IF(OR(I$4="",I$4="Bitte Wählen (Hämatologie oder Klinische Chemie):"),
     "Analysesystem wählen",
     IF(AND(J6="",K6="",L6=""),
         "",
         IFERROR(
             IF(J6*L6/K6=0,
                 "fehlende Angaben",
                 IF(I$4="     Hämatologie (Proportionales Verhältnis)",
                     ROUND(J6*L6/K6,2),
                     ROUND(J6*K6/L6,2)
                 )
             ),
             "fehlende Angaben"
         )
     )
 )</f>
         <v>Analysesystem wählen</v>
       </c>
     </row>
     <row r="7" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="97" t="s">
         <v>221</v>
       </c>
       <c r="C7" s="203" t="str">
         <f>IF(OR(F5="VK manuell eingeben",F5="Parameter eingeben"),"",IF(OR(F5=0,F5=""),"",IF(AND(E5="",F5&lt;&gt;"",F5&lt;&gt;0),_xlfn.CONCAT(Hilfstabelle!Q39,MAX(C5,D5)-F5,Hilfstabelle!Q40,MAX(C5,D5)+F5,Hilfstabelle!Q41),IF(E5&lt;F5,Hilfstabelle!Q43,IF(E5&gt;F5,Hilfstabelle!Q44,"")))))</f>
         <v/>
       </c>
       <c r="D7" s="203"/>
       <c r="E7" s="203"/>
       <c r="F7" s="203"/>
       <c r="G7" s="204"/>
       <c r="I7" s="116" t="str">
         <f>Dokumentationshilfe!S5</f>
         <v>Vitamin D</v>
       </c>
       <c r="J7" s="80"/>
       <c r="K7" s="80"/>
       <c r="L7" s="103">
         <f>Dokumentationshilfe!AB11</f>
-        <v>56</v>
+        <v>49.3</v>
       </c>
       <c r="M7" s="104" t="str">
         <f t="shared" ref="M7:M8" si="0">IF(OR(I$4="",I$4="Bitte Wählen (Hämatologie oder Klinische Chemie):"),
     "Analysesystem wählen",
     IF(AND(J7="",K7="",L7=""),
         "",
         IFERROR(
             IF(J7*L7/K7=0,
                 "fehlende Angaben",
                 IF(I$4="     Hämatologie (Proportionales Verhältnis)",
                     ROUND(J7*L7/K7,2),
                     ROUND(J7*K7/L7,2)
                 )
             ),
             "fehlende Angaben"
         )
     )
 )</f>
         <v>Analysesystem wählen</v>
       </c>
     </row>
     <row r="8" spans="2:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B8" s="94"/>
       <c r="C8" s="205"/>
       <c r="D8" s="205"/>